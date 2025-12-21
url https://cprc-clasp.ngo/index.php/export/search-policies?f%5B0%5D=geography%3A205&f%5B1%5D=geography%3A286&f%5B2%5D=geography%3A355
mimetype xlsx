--- v0 (2025-12-10)
+++ v1 (2025-12-21)
@@ -6590,51 +6590,51 @@
       </c>
       <c r="P76" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>492</v>
       </c>
       <c r="B77" t="s">
         <v>493</v>
       </c>
       <c r="C77" t="s">
         <v>69</v>
       </c>
       <c r="D77" t="s">
         <v>144</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>91</v>
       </c>
       <c r="G77" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H77">
         <v>2021</v>
       </c>
       <c r="I77">
         <v>2024</v>
       </c>
       <c r="J77" t="s">
         <v>494</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
         <v>495</v>
       </c>
       <c r="M77" t="s">
         <v>72</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
         <v>496</v>
       </c>