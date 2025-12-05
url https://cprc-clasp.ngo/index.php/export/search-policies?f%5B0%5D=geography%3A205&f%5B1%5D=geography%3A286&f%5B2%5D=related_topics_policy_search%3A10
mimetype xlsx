--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -12,284 +12,345 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -553,489 +614,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="148" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="626.276" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1997</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2007</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...18 lines deleted...]
-      <c r="G3">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>46</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>46</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6">
         <v>2007</v>
       </c>
-      <c r="H3">
-[...18 lines deleted...]
-        <v>31</v>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...30 lines deleted...]
-        <v>40</v>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>44</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>46</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...125 lines deleted...]
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>58</v>
       </c>
-      <c r="D8" t="s">
-[...9 lines deleted...]
-        <v>2018</v>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2018</v>
       </c>
-      <c r="I8" t="s">
-        <v>49</v>
+      <c r="I8">
+        <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="K8" t="s">
+        <v>44</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>46</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>58</v>
+      </c>
+      <c r="G9" t="s">
         <v>59</v>
       </c>
-      <c r="L8" t="s">
-[...5 lines deleted...]
-      <c r="N8" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>60</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C9" t="s">
+      <c r="K9" t="s">
+        <v>44</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
         <v>62</v>
       </c>
-      <c r="D9" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>64</v>
+        <v>46</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>