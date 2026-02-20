--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -5039,51 +5039,51 @@
       <c r="O60" t="s">
         <v>392</v>
       </c>
       <c r="P60"/>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>393</v>
       </c>
       <c r="B61" t="s">
         <v>394</v>
       </c>
       <c r="C61" t="s">
         <v>69</v>
       </c>
       <c r="D61" t="s">
         <v>395</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>396</v>
       </c>
       <c r="G61" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H61">
         <v>2021</v>
       </c>
       <c r="I61">
         <v>2024</v>
       </c>
       <c r="J61" t="s">
         <v>397</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
         <v>398</v>
       </c>
       <c r="M61" t="s">
         <v>72</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>399</v>
       </c>