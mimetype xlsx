--- v0 (2025-12-13)
+++ v1 (2026-02-22)
@@ -6297,51 +6297,51 @@
       </c>
       <c r="P78" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>492</v>
       </c>
       <c r="B79" t="s">
         <v>493</v>
       </c>
       <c r="C79" t="s">
         <v>69</v>
       </c>
       <c r="D79" t="s">
         <v>380</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>381</v>
       </c>
       <c r="G79" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H79">
         <v>2021</v>
       </c>
       <c r="I79">
         <v>2024</v>
       </c>
       <c r="J79" t="s">
         <v>494</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
         <v>495</v>
       </c>
       <c r="M79" t="s">
         <v>72</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
         <v>496</v>
       </c>