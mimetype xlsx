--- v0 (2025-12-11)
+++ v1 (2026-02-23)
@@ -5655,51 +5655,51 @@
       </c>
       <c r="P66" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>429</v>
       </c>
       <c r="B67" t="s">
         <v>430</v>
       </c>
       <c r="C67" t="s">
         <v>113</v>
       </c>
       <c r="D67" t="s">
         <v>431</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>79</v>
       </c>
       <c r="G67" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H67">
         <v>2021</v>
       </c>
       <c r="I67">
         <v>2024</v>
       </c>
       <c r="J67" t="s">
         <v>432</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
         <v>433</v>
       </c>
       <c r="M67" t="s">
         <v>116</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>434</v>
       </c>