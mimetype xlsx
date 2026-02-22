--- v0 (2025-12-12)
+++ v1 (2026-02-22)
@@ -11823,51 +11823,51 @@
       </c>
       <c r="P161" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
         <v>864</v>
       </c>
       <c r="B162" t="s">
         <v>865</v>
       </c>
       <c r="C162" t="s">
         <v>83</v>
       </c>
       <c r="D162" t="s">
         <v>866</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>867</v>
       </c>
       <c r="G162" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H162">
         <v>2021</v>
       </c>
       <c r="I162">
         <v>2024</v>
       </c>
       <c r="J162" t="s">
         <v>868</v>
       </c>
       <c r="K162" t="s">
         <v>34</v>
       </c>
       <c r="L162" t="s">
         <v>869</v>
       </c>
       <c r="M162" t="s">
         <v>86</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
         <v>870</v>
       </c>