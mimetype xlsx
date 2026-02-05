--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,2147 +12,1322 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="684">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>2021 Aspen Energy Code</t>
+  </si>
+  <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>City of Aspen</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
+  </si>
+  <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
+    <t>CFL standard</t>
+  </si>
+  <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...11 lines deleted...]
-    <t>U.S. Department of Energy</t>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>CNS 10839 CNS 14567</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
-[...14 lines deleted...]
-    <t>10 CFR 431 and product-specific Subparts</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
+  </si>
+  <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Refrigerators</t>
+  </si>
+  <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>CNS 2062-95 CNS 9577-89</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
+  </si>
+  <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
+  </si>
+  <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
+  </si>
+  <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>IEC 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
+  </si>
+  <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
+    <t>Duct Fans</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
+  </si>
+  <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
-[...286 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
-[...2 lines deleted...]
-    <t>Ovens</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
+  </si>
+  <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
+  </si>
+  <si>
+    <t>CNS 12492</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
+  </si>
+  <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
+  </si>
+  <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>CNS 13605</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
+  </si>
+  <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
+    <t>ISO 5801 and AMCA 210</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...229 lines deleted...]
-    <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
   </si>
   <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
-[...5 lines deleted...]
-    <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
-[...23 lines deleted...]
-    <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
+    <t>United States of America*</t>
+  </si>
+  <si>
+    <t>Windows</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
+  </si>
+  <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
+  </si>
+  <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
+    <t>10 CFR part 431, Subpart F 431.96</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
+    <t>Networking Equipment</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
+    <t>Fluorescent lamp Ballast Efficiency Factor</t>
+  </si>
+  <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>CNS 1375 CNS 691</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
+  </si>
+  <si>
+    <t>Gas Boilers - Taiwan</t>
+  </si>
+  <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
+    <t>CNS 2141</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
+  </si>
+  <si>
+    <t>Green Building Reach Codes for Home Renovation</t>
+  </si>
+  <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
+    <t>California</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning, Water Heating</t>
+  </si>
+  <si>
+    <t>City of San Mateo</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
+  </si>
+  <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N127 - Hand Dryers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N129 - LED Lamps</t>
+  </si>
+  <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N140 - External Hard Drive</t>
+  </si>
+  <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
+    <t>Hard-Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N146 - Electric Paper Shredders</t>
+  </si>
+  <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N147 - Electric Coffeemakers</t>
+  </si>
+  <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
-    <t>ASTM F-2990-12</t>
-[...569 lines deleted...]
-    <t>Greenmark N100 - Transformers</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N150 - Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>Greenmark N52 - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N75 - Dry Type Transformers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
-[...32 lines deleted...]
-    <t>Greenmark N126 - Electric Kettles</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
+  </si>
+  <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N81 - Fans</t>
+  </si>
+  <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
+    <t>CNS 547</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N82 - Portable Projectors</t>
+  </si>
+  <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
+    <t>Projectors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N87 - Water dispensers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N91 - Water fountains</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
+    <t>MEPS - Dehumidifier</t>
+  </si>
+  <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
+  </si>
+  <si>
+    <t>MEPS for Water Chillers</t>
+  </si>
+  <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>CNS 12575 CNS 12812</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Air Compressors</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Boilers</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
-[...281 lines deleted...]
-    <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for LED Lamps</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
+  </si>
+  <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
-[...121 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
-[...13 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
-    <t>RACs Packaged Terminal - Taiwan</t>
-[...38 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
   </si>
   <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
-    <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
-    <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
-    <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
   </si>
   <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
-    <t>WaterSense® Specification for Showerheads</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
   <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2416,9099 +1591,3764 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N211"/>
+  <dimension ref="A1:P78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="713.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1994</v>
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
       </c>
       <c r="H3">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1995</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" t="s">
+        <v>76</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E10" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...67 lines deleted...]
-      <c r="J5" t="s">
+      <c r="F10" t="s">
         <v>44</v>
       </c>
-      <c r="K5" t="s">
-[...202 lines deleted...]
-        <v>2002</v>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="N10" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="E11" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N11" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>44</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>61</v>
+        <v>93</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="N12" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
-        <v>85</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="E13" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2013</v>
       </c>
-      <c r="H13">
-[...4 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K13" t="s">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="L13" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N13" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="C14" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="E14" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>44</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K14" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>61</v>
+        <v>105</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N14" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>57</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
-        <v>93</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>110</v>
       </c>
       <c r="E15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F15" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>44</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2013</v>
       </c>
-      <c r="H15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K15" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>61</v>
+        <v>111</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N15" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>116</v>
       </c>
       <c r="E16" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
-      <c r="I16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K16" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>122</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
+      <c r="M17" t="s">
+        <v>37</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>128</v>
+      </c>
+      <c r="M18" t="s">
+        <v>37</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>133</v>
+      </c>
+      <c r="M19" t="s">
+        <v>37</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>44</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>122</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>128</v>
+      </c>
+      <c r="M20" t="s">
+        <v>37</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>138</v>
+      </c>
+      <c r="P20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" t="s">
+        <v>31</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>44</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>35</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>142</v>
+      </c>
+      <c r="M21" t="s">
+        <v>70</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>143</v>
+      </c>
+      <c r="P21" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>147</v>
+      </c>
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>149</v>
+      </c>
+      <c r="K22" t="s">
+        <v>150</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
+        <v>152</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>155</v>
+      </c>
+      <c r="B23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" t="s">
+        <v>147</v>
+      </c>
+      <c r="D23" t="s">
+        <v>157</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>44</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>149</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
+        <v>152</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C24" t="s">
+        <v>147</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>44</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2007</v>
+      </c>
+      <c r="I24">
+        <v>2008</v>
+      </c>
+      <c r="J24" t="s">
+        <v>149</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>163</v>
+      </c>
+      <c r="M24" t="s">
+        <v>152</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" t="s">
+        <v>168</v>
+      </c>
+      <c r="D25" t="s">
+        <v>169</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>44</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2018</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>149</v>
+      </c>
+      <c r="K25" t="s">
+        <v>170</v>
+      </c>
+      <c r="L25" t="s">
+        <v>171</v>
+      </c>
+      <c r="M25" t="s">
+        <v>152</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>172</v>
+      </c>
+      <c r="P25" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>174</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26" t="s">
+        <v>147</v>
+      </c>
+      <c r="D26" t="s">
+        <v>176</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>44</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2001</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>149</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>177</v>
+      </c>
+      <c r="M26" t="s">
+        <v>152</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>178</v>
+      </c>
+      <c r="P26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>147</v>
+      </c>
+      <c r="D27" t="s">
+        <v>182</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>44</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>149</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>183</v>
+      </c>
+      <c r="M27" t="s">
+        <v>152</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>184</v>
+      </c>
+      <c r="P27" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" t="s">
+        <v>187</v>
+      </c>
+      <c r="C28" t="s">
+        <v>147</v>
+      </c>
+      <c r="D28" t="s">
+        <v>176</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>44</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2001</v>
+      </c>
+      <c r="I28">
+        <v>2018</v>
+      </c>
+      <c r="J28" t="s">
+        <v>149</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>188</v>
+      </c>
+      <c r="M28" t="s">
+        <v>152</v>
+      </c>
+      <c r="N28" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" t="s">
+        <v>189</v>
+      </c>
+      <c r="P28" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>191</v>
+      </c>
+      <c r="B29" t="s">
+        <v>192</v>
+      </c>
+      <c r="C29" t="s">
+        <v>147</v>
+      </c>
+      <c r="D29" t="s">
+        <v>193</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>44</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>149</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>194</v>
+      </c>
+      <c r="M29" t="s">
+        <v>152</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>195</v>
+      </c>
+      <c r="P29" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>197</v>
+      </c>
+      <c r="B30" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" t="s">
+        <v>199</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>35</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>200</v>
+      </c>
+      <c r="M30" t="s">
+        <v>37</v>
+      </c>
+      <c r="N30" t="s">
+        <v>38</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>202</v>
+      </c>
+      <c r="B31" t="s">
+        <v>203</v>
+      </c>
+      <c r="C31" t="s">
+        <v>31</v>
+      </c>
+      <c r="D31" t="s">
+        <v>148</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2003</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>35</v>
+      </c>
+      <c r="K31" t="s">
         <v>99</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G17">
+      <c r="L31" t="s">
+        <v>204</v>
+      </c>
+      <c r="M31" t="s">
+        <v>70</v>
+      </c>
+      <c r="N31" t="s">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>205</v>
+      </c>
+      <c r="P31" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>202</v>
+      </c>
+      <c r="B32" t="s">
+        <v>203</v>
+      </c>
+      <c r="C32" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" t="s">
+        <v>148</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2003</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>35</v>
+      </c>
+      <c r="K32" t="s">
+        <v>206</v>
+      </c>
+      <c r="L32" t="s">
+        <v>204</v>
+      </c>
+      <c r="M32" t="s">
+        <v>37</v>
+      </c>
+      <c r="N32" t="s">
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>207</v>
+      </c>
+      <c r="P32" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>208</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
+        <v>210</v>
+      </c>
+      <c r="D33" t="s">
+        <v>211</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2022</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>212</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>213</v>
+      </c>
+      <c r="P33" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>215</v>
+      </c>
+      <c r="B34" t="s">
+        <v>216</v>
+      </c>
+      <c r="C34" t="s">
+        <v>31</v>
+      </c>
+      <c r="D34" t="s">
+        <v>50</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>44</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2013</v>
       </c>
-      <c r="H17">
-[...213 lines deleted...]
-      <c r="H22">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>35</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>70</v>
+      </c>
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="O34" t="s">
+        <v>217</v>
+      </c>
+      <c r="P34" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>219</v>
+      </c>
+      <c r="B35" t="s">
+        <v>220</v>
+      </c>
+      <c r="C35" t="s">
+        <v>31</v>
+      </c>
+      <c r="D35" t="s">
+        <v>221</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>44</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2014</v>
       </c>
-      <c r="I22" t="s">
-[...561 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K35" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N35" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
+        <v>222</v>
+      </c>
+      <c r="P35" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>167</v>
+        <v>224</v>
       </c>
       <c r="B36" t="s">
-        <v>57</v>
+        <v>225</v>
       </c>
       <c r="C36" t="s">
-        <v>168</v>
+        <v>31</v>
       </c>
       <c r="D36" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E36" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F36" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>169</v>
+        <v>35</v>
       </c>
       <c r="K36" t="s">
-        <v>170</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="N36" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
+        <v>226</v>
+      </c>
+      <c r="P36" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>172</v>
+        <v>228</v>
       </c>
       <c r="B37" t="s">
-        <v>57</v>
+        <v>229</v>
       </c>
       <c r="C37" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="D37" t="s">
-        <v>42</v>
+        <v>230</v>
       </c>
       <c r="E37" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>44</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
       </c>
       <c r="H37">
         <v>2015</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K37" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="N37" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O37" t="s">
+        <v>231</v>
+      </c>
+      <c r="P37" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>175</v>
+        <v>233</v>
       </c>
       <c r="B38" t="s">
-        <v>57</v>
+        <v>234</v>
       </c>
       <c r="C38" t="s">
-        <v>176</v>
+        <v>31</v>
       </c>
       <c r="D38" t="s">
-        <v>42</v>
+        <v>235</v>
       </c>
       <c r="E38" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="F38" t="s">
+        <v>44</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2016</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>35</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>70</v>
+      </c>
+      <c r="N38" t="s">
+        <v>38</v>
+      </c>
+      <c r="O38" t="s">
+        <v>236</v>
+      </c>
+      <c r="P38" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>238</v>
+      </c>
+      <c r="B39" t="s">
+        <v>239</v>
+      </c>
+      <c r="C39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D39" t="s">
+        <v>240</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>44</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2016</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>35</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>70</v>
+      </c>
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
+        <v>241</v>
+      </c>
+      <c r="P39" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>243</v>
+      </c>
+      <c r="B40" t="s">
+        <v>244</v>
+      </c>
+      <c r="C40" t="s">
+        <v>31</v>
+      </c>
+      <c r="D40" t="s">
+        <v>245</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>44</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>35</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>70</v>
+      </c>
+      <c r="N40" t="s">
+        <v>38</v>
+      </c>
+      <c r="O40" t="s">
+        <v>246</v>
+      </c>
+      <c r="P40" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>247</v>
+      </c>
+      <c r="B41" t="s">
+        <v>248</v>
+      </c>
+      <c r="C41" t="s">
+        <v>31</v>
+      </c>
+      <c r="D41" t="s">
+        <v>110</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>44</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>35</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>37</v>
+      </c>
+      <c r="N41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O41" t="s">
+        <v>249</v>
+      </c>
+      <c r="P41" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>251</v>
+      </c>
+      <c r="B42" t="s">
+        <v>252</v>
+      </c>
+      <c r="C42" t="s">
+        <v>31</v>
+      </c>
+      <c r="D42" t="s">
+        <v>253</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>44</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2014</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>35</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>37</v>
+      </c>
+      <c r="N42" t="s">
+        <v>38</v>
+      </c>
+      <c r="O42" t="s">
+        <v>254</v>
+      </c>
+      <c r="P42" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>256</v>
+      </c>
+      <c r="B43" t="s">
+        <v>257</v>
+      </c>
+      <c r="C43" t="s">
+        <v>31</v>
+      </c>
+      <c r="D43" t="s">
+        <v>258</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>44</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>35</v>
+      </c>
+      <c r="K43" t="s">
+        <v>170</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>70</v>
+      </c>
+      <c r="N43" t="s">
+        <v>38</v>
+      </c>
+      <c r="O43" t="s">
+        <v>259</v>
+      </c>
+      <c r="P43" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>261</v>
+      </c>
+      <c r="B44" t="s">
+        <v>262</v>
+      </c>
+      <c r="C44" t="s">
+        <v>31</v>
+      </c>
+      <c r="D44" t="s">
+        <v>92</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>44</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>35</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>263</v>
+      </c>
+      <c r="M44" t="s">
+        <v>37</v>
+      </c>
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="O44" t="s">
+        <v>264</v>
+      </c>
+      <c r="P44" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>266</v>
+      </c>
+      <c r="B45" t="s">
+        <v>267</v>
+      </c>
+      <c r="C45" t="s">
+        <v>31</v>
+      </c>
+      <c r="D45" t="s">
+        <v>268</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" t="s">
+        <v>44</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>35</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>266</v>
+      </c>
+      <c r="M45" t="s">
+        <v>37</v>
+      </c>
+      <c r="N45" t="s">
+        <v>38</v>
+      </c>
+      <c r="O45" t="s">
+        <v>269</v>
+      </c>
+      <c r="P45" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>271</v>
+      </c>
+      <c r="B46" t="s">
+        <v>272</v>
+      </c>
+      <c r="C46" t="s">
+        <v>31</v>
+      </c>
+      <c r="D46" t="s">
+        <v>273</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
+        <v>44</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>35</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N46" t="s">
+        <v>38</v>
+      </c>
+      <c r="O46" t="s">
+        <v>274</v>
+      </c>
+      <c r="P46" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>276</v>
+      </c>
+      <c r="B47" t="s">
+        <v>277</v>
+      </c>
+      <c r="C47" t="s">
+        <v>31</v>
+      </c>
+      <c r="D47" t="s">
+        <v>273</v>
+      </c>
+      <c r="E47" t="s">
+        <v>33</v>
+      </c>
+      <c r="F47" t="s">
+        <v>44</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>35</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>37</v>
+      </c>
+      <c r="N47" t="s">
+        <v>38</v>
+      </c>
+      <c r="O47" t="s">
+        <v>278</v>
+      </c>
+      <c r="P47" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>280</v>
+      </c>
+      <c r="B48" t="s">
+        <v>281</v>
+      </c>
+      <c r="C48" t="s">
+        <v>31</v>
+      </c>
+      <c r="D48" t="s">
+        <v>86</v>
+      </c>
+      <c r="E48" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" t="s">
+        <v>34</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2011</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>35</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>87</v>
+      </c>
+      <c r="M48" t="s">
+        <v>37</v>
+      </c>
+      <c r="N48" t="s">
+        <v>38</v>
+      </c>
+      <c r="O48" t="s">
+        <v>282</v>
+      </c>
+      <c r="P48" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>283</v>
+      </c>
+      <c r="B49" t="s">
+        <v>284</v>
+      </c>
+      <c r="C49" t="s">
+        <v>31</v>
+      </c>
+      <c r="D49" t="s">
+        <v>285</v>
+      </c>
+      <c r="E49" t="s">
+        <v>33</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2003</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>35</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>286</v>
+      </c>
+      <c r="M49" t="s">
+        <v>70</v>
+      </c>
+      <c r="N49" t="s">
+        <v>38</v>
+      </c>
+      <c r="O49" t="s">
+        <v>287</v>
+      </c>
+      <c r="P49" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>288</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50" t="s">
+        <v>31</v>
+      </c>
+      <c r="D50" t="s">
+        <v>289</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2021</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>122</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>37</v>
+      </c>
+      <c r="N50" t="s">
+        <v>38</v>
+      </c>
+      <c r="O50" t="s">
+        <v>290</v>
+      </c>
+      <c r="P50" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>292</v>
+      </c>
+      <c r="B51" t="s">
+        <v>293</v>
+      </c>
+      <c r="C51" t="s">
+        <v>31</v>
+      </c>
+      <c r="D51" t="s">
+        <v>148</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>34</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2003</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>122</v>
+      </c>
+      <c r="K51" t="s">
+        <v>294</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>37</v>
+      </c>
+      <c r="N51" t="s">
+        <v>76</v>
+      </c>
+      <c r="O51" t="s">
+        <v>295</v>
+      </c>
+      <c r="P51" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>296</v>
+      </c>
+      <c r="B52" t="s">
+        <v>297</v>
+      </c>
+      <c r="C52" t="s">
+        <v>31</v>
+      </c>
+      <c r="D52" t="s">
+        <v>298</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>34</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2018</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>122</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>37</v>
+      </c>
+      <c r="N52" t="s">
+        <v>38</v>
+      </c>
+      <c r="O52" t="s">
+        <v>299</v>
+      </c>
+      <c r="P52" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>300</v>
+      </c>
+      <c r="B53" t="s">
+        <v>301</v>
+      </c>
+      <c r="C53" t="s">
+        <v>31</v>
+      </c>
+      <c r="D53" t="s">
+        <v>298</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>34</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2016</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>122</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>37</v>
+      </c>
+      <c r="N53" t="s">
+        <v>38</v>
+      </c>
+      <c r="O53" t="s">
+        <v>302</v>
+      </c>
+      <c r="P53" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>303</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54" t="s">
+        <v>31</v>
+      </c>
+      <c r="D54" t="s">
+        <v>32</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2010</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>122</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>37</v>
+      </c>
+      <c r="N54" t="s">
+        <v>38</v>
+      </c>
+      <c r="O54" t="s">
+        <v>304</v>
+      </c>
+      <c r="P54" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>305</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55" t="s">
+        <v>31</v>
+      </c>
+      <c r="D55" t="s">
+        <v>306</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>34</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2011</v>
+      </c>
+      <c r="I55">
+        <v>2016</v>
+      </c>
+      <c r="J55" t="s">
+        <v>122</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>37</v>
+      </c>
+      <c r="N55" t="s">
+        <v>38</v>
+      </c>
+      <c r="O55" t="s">
+        <v>307</v>
+      </c>
+      <c r="P55" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>308</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56" t="s">
+        <v>31</v>
+      </c>
+      <c r="D56" t="s">
+        <v>309</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>122</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>37</v>
+      </c>
+      <c r="N56" t="s">
+        <v>38</v>
+      </c>
+      <c r="O56" t="s">
+        <v>310</v>
+      </c>
+      <c r="P56" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>311</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57" t="s">
+        <v>31</v>
+      </c>
+      <c r="D57" t="s">
+        <v>312</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>34</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>122</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>37</v>
+      </c>
+      <c r="N57" t="s">
+        <v>38</v>
+      </c>
+      <c r="O57" t="s">
+        <v>313</v>
+      </c>
+      <c r="P57" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>314</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58" t="s">
+        <v>31</v>
+      </c>
+      <c r="D58" t="s">
+        <v>199</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2009</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>122</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>37</v>
+      </c>
+      <c r="N58" t="s">
+        <v>38</v>
+      </c>
+      <c r="O58" t="s">
+        <v>315</v>
+      </c>
+      <c r="P58" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>316</v>
+      </c>
+      <c r="B59"/>
+      <c r="C59" t="s">
+        <v>31</v>
+      </c>
+      <c r="D59" t="s">
+        <v>32</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>122</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>37</v>
+      </c>
+      <c r="N59" t="s">
+        <v>38</v>
+      </c>
+      <c r="O59" t="s">
+        <v>317</v>
+      </c>
+      <c r="P59" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>318</v>
+      </c>
+      <c r="B60"/>
+      <c r="C60" t="s">
+        <v>31</v>
+      </c>
+      <c r="D60" t="s">
+        <v>319</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>34</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2014</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>122</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>37</v>
+      </c>
+      <c r="N60" t="s">
+        <v>38</v>
+      </c>
+      <c r="O60" t="s">
+        <v>320</v>
+      </c>
+      <c r="P60" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>321</v>
+      </c>
+      <c r="B61" t="s">
+        <v>322</v>
+      </c>
+      <c r="C61" t="s">
+        <v>31</v>
+      </c>
+      <c r="D61" t="s">
+        <v>323</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2002</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>122</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>37</v>
+      </c>
+      <c r="N61" t="s">
+        <v>38</v>
+      </c>
+      <c r="O61" t="s">
+        <v>324</v>
+      </c>
+      <c r="P61"/>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>325</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62" t="s">
+        <v>31</v>
+      </c>
+      <c r="D62" t="s">
+        <v>326</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>34</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2020</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>122</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>37</v>
+      </c>
+      <c r="N62" t="s">
+        <v>38</v>
+      </c>
+      <c r="O62" t="s">
+        <v>327</v>
+      </c>
+      <c r="P62" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>328</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63" t="s">
+        <v>31</v>
+      </c>
+      <c r="D63" t="s">
+        <v>329</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2010</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>37</v>
+      </c>
+      <c r="N63" t="s">
+        <v>38</v>
+      </c>
+      <c r="O63" t="s">
+        <v>330</v>
+      </c>
+      <c r="P63" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>331</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64" t="s">
+        <v>31</v>
+      </c>
+      <c r="D64" t="s">
+        <v>298</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2018</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>122</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>37</v>
+      </c>
+      <c r="N64" t="s">
+        <v>38</v>
+      </c>
+      <c r="O64" t="s">
+        <v>332</v>
+      </c>
+      <c r="P64" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>333</v>
+      </c>
+      <c r="B65" t="s">
+        <v>334</v>
+      </c>
+      <c r="C65" t="s">
+        <v>31</v>
+      </c>
+      <c r="D65" t="s">
+        <v>335</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>34</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2020</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>122</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>37</v>
+      </c>
+      <c r="N65" t="s">
+        <v>38</v>
+      </c>
+      <c r="O65" t="s">
+        <v>336</v>
+      </c>
+      <c r="P65" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>337</v>
+      </c>
+      <c r="B66" t="s">
+        <v>338</v>
+      </c>
+      <c r="C66" t="s">
+        <v>31</v>
+      </c>
+      <c r="D66" t="s">
+        <v>339</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2002</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>122</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>37</v>
+      </c>
+      <c r="N66" t="s">
+        <v>38</v>
+      </c>
+      <c r="O66" t="s">
+        <v>340</v>
+      </c>
+      <c r="P66" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>341</v>
+      </c>
+      <c r="B67" t="s">
+        <v>342</v>
+      </c>
+      <c r="C67" t="s">
+        <v>210</v>
+      </c>
+      <c r="D67" t="s">
         <v>19</v>
       </c>
-      <c r="G38">
-[...2 lines deleted...]
-      <c r="H38">
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2022</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>23</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>343</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>344</v>
+      </c>
+      <c r="P67" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>346</v>
+      </c>
+      <c r="B68" t="s">
+        <v>347</v>
+      </c>
+      <c r="C68" t="s">
+        <v>31</v>
+      </c>
+      <c r="D68" t="s">
+        <v>273</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>348</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2016</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>35</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>37</v>
+      </c>
+      <c r="N68" t="s">
+        <v>38</v>
+      </c>
+      <c r="O68" t="s">
+        <v>349</v>
+      </c>
+      <c r="P68" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>351</v>
+      </c>
+      <c r="B69" t="s">
+        <v>352</v>
+      </c>
+      <c r="C69" t="s">
+        <v>31</v>
+      </c>
+      <c r="D69" t="s">
+        <v>273</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>348</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2016</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>35</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>37</v>
+      </c>
+      <c r="N69" t="s">
+        <v>38</v>
+      </c>
+      <c r="O69" t="s">
+        <v>353</v>
+      </c>
+      <c r="P69" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>355</v>
+      </c>
+      <c r="B70" t="s">
+        <v>356</v>
+      </c>
+      <c r="C70" t="s">
+        <v>31</v>
+      </c>
+      <c r="D70" t="s">
+        <v>312</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>357</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
         <v>2015</v>
       </c>
-      <c r="I38" t="s">
-[...37 lines deleted...]
-      <c r="G39">
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>35</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>37</v>
+      </c>
+      <c r="N70" t="s">
+        <v>38</v>
+      </c>
+      <c r="O70" t="s">
+        <v>358</v>
+      </c>
+      <c r="P70" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>359</v>
+      </c>
+      <c r="B71" t="s">
+        <v>360</v>
+      </c>
+      <c r="C71" t="s">
+        <v>31</v>
+      </c>
+      <c r="D71" t="s">
+        <v>273</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>357</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2018</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>35</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>37</v>
+      </c>
+      <c r="N71" t="s">
+        <v>38</v>
+      </c>
+      <c r="O71" t="s">
+        <v>361</v>
+      </c>
+      <c r="P71" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72" t="s">
+        <v>364</v>
+      </c>
+      <c r="C72" t="s">
+        <v>31</v>
+      </c>
+      <c r="D72" t="s">
+        <v>273</v>
+      </c>
+      <c r="E72" t="s">
+        <v>33</v>
+      </c>
+      <c r="F72" t="s">
+        <v>357</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2018</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>35</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>37</v>
+      </c>
+      <c r="N72" t="s">
+        <v>38</v>
+      </c>
+      <c r="O72" t="s">
+        <v>365</v>
+      </c>
+      <c r="P72" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73" t="s">
+        <v>368</v>
+      </c>
+      <c r="C73" t="s">
+        <v>31</v>
+      </c>
+      <c r="D73" t="s">
+        <v>98</v>
+      </c>
+      <c r="E73" t="s">
+        <v>33</v>
+      </c>
+      <c r="F73" t="s">
+        <v>348</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2013</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>35</v>
+      </c>
+      <c r="K73" t="s">
+        <v>99</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>37</v>
+      </c>
+      <c r="N73" t="s">
+        <v>38</v>
+      </c>
+      <c r="O73" t="s">
+        <v>369</v>
+      </c>
+      <c r="P73" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>371</v>
+      </c>
+      <c r="B74" t="s">
+        <v>372</v>
+      </c>
+      <c r="C74" t="s">
+        <v>31</v>
+      </c>
+      <c r="D74" t="s">
+        <v>32</v>
+      </c>
+      <c r="E74" t="s">
+        <v>33</v>
+      </c>
+      <c r="F74" t="s">
+        <v>34</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2010</v>
       </c>
-      <c r="H39">
-[...173 lines deleted...]
-      <c r="H43">
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>35</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>373</v>
+      </c>
+      <c r="M74" t="s">
+        <v>37</v>
+      </c>
+      <c r="N74" t="s">
+        <v>38</v>
+      </c>
+      <c r="O74" t="s">
+        <v>374</v>
+      </c>
+      <c r="P74" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>375</v>
+      </c>
+      <c r="B75" t="s">
+        <v>376</v>
+      </c>
+      <c r="C75" t="s">
+        <v>168</v>
+      </c>
+      <c r="D75" t="s">
+        <v>377</v>
+      </c>
+      <c r="E75" t="s">
+        <v>33</v>
+      </c>
+      <c r="F75" t="s">
+        <v>44</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
         <v>2013</v>
       </c>
-      <c r="I43" t="s">
-[...337 lines deleted...]
-      <c r="G51">
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>149</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>378</v>
+      </c>
+      <c r="M75" t="s">
+        <v>379</v>
+      </c>
+      <c r="N75" t="s">
+        <v>38</v>
+      </c>
+      <c r="O75" t="s">
+        <v>380</v>
+      </c>
+      <c r="P75" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>382</v>
+      </c>
+      <c r="B76" t="s">
+        <v>383</v>
+      </c>
+      <c r="C76" t="s">
+        <v>168</v>
+      </c>
+      <c r="D76" t="s">
+        <v>298</v>
+      </c>
+      <c r="E76" t="s">
+        <v>33</v>
+      </c>
+      <c r="F76" t="s">
+        <v>384</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2007</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>385</v>
+      </c>
+      <c r="K76" t="s">
+        <v>386</v>
+      </c>
+      <c r="L76" t="s">
+        <v>387</v>
+      </c>
+      <c r="M76" t="s">
+        <v>388</v>
+      </c>
+      <c r="N76" t="s">
+        <v>389</v>
+      </c>
+      <c r="O76" t="s">
+        <v>390</v>
+      </c>
+      <c r="P76" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>392</v>
+      </c>
+      <c r="B77" t="s">
+        <v>393</v>
+      </c>
+      <c r="C77" t="s">
+        <v>168</v>
+      </c>
+      <c r="D77" t="s">
+        <v>394</v>
+      </c>
+      <c r="E77" t="s">
+        <v>33</v>
+      </c>
+      <c r="F77" t="s">
+        <v>384</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2009</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>385</v>
+      </c>
+      <c r="K77" t="s">
+        <v>386</v>
+      </c>
+      <c r="L77" t="s">
+        <v>395</v>
+      </c>
+      <c r="M77" t="s">
+        <v>388</v>
+      </c>
+      <c r="N77" t="s">
+        <v>389</v>
+      </c>
+      <c r="O77" t="s">
+        <v>396</v>
+      </c>
+      <c r="P77" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>398</v>
+      </c>
+      <c r="B78" t="s">
+        <v>399</v>
+      </c>
+      <c r="C78" t="s">
+        <v>168</v>
+      </c>
+      <c r="D78" t="s">
+        <v>400</v>
+      </c>
+      <c r="E78" t="s">
+        <v>33</v>
+      </c>
+      <c r="F78" t="s">
+        <v>384</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2014</v>
       </c>
-      <c r="H51"/>
-[...1176 lines deleted...]
-      </c>
+      <c r="I78"/>
       <c r="J78" t="s">
-        <v>318</v>
+        <v>385</v>
       </c>
       <c r="K78" t="s">
-        <v>319</v>
+        <v>386</v>
       </c>
       <c r="L78" t="s">
-        <v>235</v>
+        <v>401</v>
       </c>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>388</v>
       </c>
       <c r="N78" t="s">
-        <v>320</v>
-[...881 lines deleted...]
-      <c r="A99" t="s">
         <v>389</v>
       </c>
-      <c r="B99" t="s">
-[...165 lines deleted...]
-      <c r="N102" t="s">
+      <c r="O78" t="s">
         <v>402</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A103" t="s">
+      <c r="P78" t="s">
         <v>403</v>
       </c>
-      <c r="B103" t="s">
-[...4557 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>