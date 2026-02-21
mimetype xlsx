--- v0 (2025-12-11)
+++ v1 (2026-02-21)
@@ -8093,51 +8093,51 @@
       </c>
       <c r="P81" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>523</v>
       </c>
       <c r="B82" t="s">
         <v>524</v>
       </c>
       <c r="C82" t="s">
         <v>69</v>
       </c>
       <c r="D82" t="s">
         <v>525</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>526</v>
       </c>
       <c r="G82" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H82">
         <v>2021</v>
       </c>
       <c r="I82">
         <v>2024</v>
       </c>
       <c r="J82" t="s">
         <v>527</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
         <v>528</v>
       </c>
       <c r="M82" t="s">
         <v>72</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
         <v>529</v>
       </c>