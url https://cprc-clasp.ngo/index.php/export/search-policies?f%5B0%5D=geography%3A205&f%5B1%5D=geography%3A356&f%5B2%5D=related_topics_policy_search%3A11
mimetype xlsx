--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -12,1645 +12,2316 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="710">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
   </si>
   <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1914,6665 +2585,7592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N154"/>
+  <dimension ref="A1:P154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...13 lines deleted...]
-      <c r="A3" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>1980</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="N4" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
         <v>42</v>
       </c>
-      <c r="E5" t="s">
-[...5 lines deleted...]
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>1980</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
         <v>45</v>
       </c>
-      <c r="L5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>63</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>62</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>63</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>62</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>63</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" t="s">
+        <v>61</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>63</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" t="s">
+        <v>61</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>62</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>63</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" t="s">
+        <v>60</v>
+      </c>
+      <c r="G15" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>62</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>63</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" t="s">
+        <v>60</v>
+      </c>
+      <c r="G16" t="s">
+        <v>61</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>62</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>63</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>105</v>
+      </c>
+      <c r="B17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" t="s">
+        <v>84</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>60</v>
+      </c>
+      <c r="G17" t="s">
+        <v>61</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>62</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>63</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>107</v>
+      </c>
+      <c r="P17" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>108</v>
+      </c>
+      <c r="B18" t="s">
+        <v>109</v>
+      </c>
+      <c r="C18" t="s">
+        <v>58</v>
+      </c>
+      <c r="D18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F18" t="s">
+        <v>60</v>
+      </c>
+      <c r="G18" t="s">
+        <v>61</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>63</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>110</v>
+      </c>
+      <c r="P18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>111</v>
+      </c>
+      <c r="B19" t="s">
+        <v>112</v>
+      </c>
+      <c r="C19" t="s">
+        <v>58</v>
+      </c>
+      <c r="D19" t="s">
+        <v>84</v>
+      </c>
+      <c r="E19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" t="s">
+        <v>60</v>
+      </c>
+      <c r="G19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>62</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>63</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>113</v>
+      </c>
+      <c r="P19" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" t="s">
+        <v>51</v>
+      </c>
+      <c r="F20" t="s">
+        <v>60</v>
+      </c>
+      <c r="G20" t="s">
+        <v>61</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>62</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>63</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>117</v>
+      </c>
+      <c r="P20" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" t="s">
+        <v>60</v>
+      </c>
+      <c r="G21" t="s">
+        <v>61</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>62</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>63</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>121</v>
+      </c>
+      <c r="P21" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" t="s">
+        <v>124</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>42</v>
       </c>
-      <c r="E6" t="s">
-[...36 lines deleted...]
-      <c r="D7" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1993</v>
+      </c>
+      <c r="I22">
+        <v>2009</v>
+      </c>
+      <c r="J22" t="s">
+        <v>125</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>126</v>
+      </c>
+      <c r="M22" t="s">
+        <v>63</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>127</v>
+      </c>
+      <c r="P22" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" t="s">
+        <v>130</v>
+      </c>
+      <c r="C23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" t="s">
+        <v>131</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>42</v>
       </c>
-      <c r="E7" t="s">
-[...650 lines deleted...]
-        <v>2012</v>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-        <v>52</v>
+      <c r="I23">
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N23" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>132</v>
+      </c>
+      <c r="P23" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
       <c r="B24" t="s">
-        <v>48</v>
+        <v>135</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>58</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>136</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>42</v>
+      </c>
+      <c r="G24" t="s">
+        <v>61</v>
+      </c>
+      <c r="H24">
         <v>2009</v>
       </c>
-      <c r="H24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>29</v>
+        <v>137</v>
       </c>
       <c r="K24" t="s">
-        <v>107</v>
+        <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>53</v>
+        <v>138</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N24" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>139</v>
+      </c>
+      <c r="P24" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>109</v>
+        <v>140</v>
       </c>
       <c r="B25" t="s">
-        <v>48</v>
+        <v>141</v>
       </c>
       <c r="C25" t="s">
-        <v>110</v>
+        <v>58</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
       <c r="E25" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>42</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2000</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2009</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K25" t="s">
-        <v>111</v>
+        <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>53</v>
+        <v>143</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N25" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>144</v>
+      </c>
+      <c r="P25" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>48</v>
+        <v>146</v>
       </c>
       <c r="C26" t="s">
-        <v>114</v>
+        <v>58</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>147</v>
       </c>
       <c r="E26" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>42</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
-      <c r="I26" t="s">
-        <v>115</v>
+      <c r="I26">
+        <v>2012</v>
       </c>
       <c r="J26" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N26" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>149</v>
+      </c>
+      <c r="P26" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>117</v>
+        <v>150</v>
       </c>
       <c r="B27" t="s">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="C27" t="s">
-        <v>118</v>
+        <v>58</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>152</v>
       </c>
       <c r="E27" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>42</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2000</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2009</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K27" t="s">
-        <v>111</v>
+        <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>53</v>
+        <v>143</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N27" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>153</v>
+      </c>
+      <c r="P27" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>154</v>
+      </c>
+      <c r="B28" t="s">
+        <v>155</v>
+      </c>
+      <c r="C28" t="s">
+        <v>58</v>
+      </c>
+      <c r="D28" t="s">
+        <v>156</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>42</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1992</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>125</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>63</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>157</v>
+      </c>
+      <c r="P28" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>158</v>
+      </c>
+      <c r="B29" t="s">
+        <v>159</v>
+      </c>
+      <c r="C29" t="s">
+        <v>58</v>
+      </c>
+      <c r="D29" t="s">
         <v>120</v>
       </c>
-      <c r="B28" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="E29" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>42</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
-      <c r="I29" t="s">
-        <v>52</v>
+      <c r="I29">
+        <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N29" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>160</v>
+      </c>
+      <c r="P29" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>125</v>
+        <v>161</v>
       </c>
       <c r="B30" t="s">
-        <v>48</v>
+        <v>162</v>
       </c>
       <c r="C30" t="s">
-        <v>126</v>
+        <v>58</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>163</v>
       </c>
       <c r="E30" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>42</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2010</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2015</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="K30" t="s">
+        <v>164</v>
+      </c>
+      <c r="L30" t="s">
+        <v>165</v>
+      </c>
+      <c r="M30" t="s">
+        <v>63</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>166</v>
+      </c>
+      <c r="P30" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>167</v>
+      </c>
+      <c r="B31" t="s">
+        <v>168</v>
+      </c>
+      <c r="C31" t="s">
+        <v>58</v>
+      </c>
+      <c r="D31" t="s">
+        <v>169</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>42</v>
+      </c>
+      <c r="G31" t="s">
+        <v>61</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>62</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>170</v>
+      </c>
+      <c r="M31" t="s">
+        <v>63</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>171</v>
+      </c>
+      <c r="P31" t="s">
         <v>128</v>
       </c>
-      <c r="L30" t="s">
-[...51 lines deleted...]
-    <row r="32" spans="1:14">
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>134</v>
+        <v>172</v>
       </c>
       <c r="B32" t="s">
-        <v>48</v>
+        <v>173</v>
       </c>
       <c r="C32" t="s">
-        <v>135</v>
+        <v>58</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>174</v>
       </c>
       <c r="E32" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2010</v>
       </c>
-      <c r="I32" t="s">
-        <v>98</v>
+      <c r="I32">
+        <v>2010</v>
       </c>
       <c r="J32" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K32" t="s">
-        <v>136</v>
+        <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N32" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>176</v>
+      </c>
+      <c r="P32" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>138</v>
+        <v>177</v>
       </c>
       <c r="B33" t="s">
-        <v>48</v>
+        <v>178</v>
       </c>
       <c r="C33" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>179</v>
       </c>
       <c r="E33" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>42</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2002</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2010</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K33" t="s">
-        <v>140</v>
+        <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>53</v>
+        <v>180</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N33" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>181</v>
+      </c>
+      <c r="P33" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>142</v>
+        <v>182</v>
       </c>
       <c r="B34" t="s">
-        <v>48</v>
+        <v>183</v>
       </c>
       <c r="C34" t="s">
-        <v>143</v>
+        <v>58</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>184</v>
       </c>
       <c r="E34" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>42</v>
+      </c>
+      <c r="G34" t="s">
+        <v>61</v>
+      </c>
+      <c r="H34">
         <v>2009</v>
       </c>
-      <c r="H34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K34" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>53</v>
+        <v>185</v>
       </c>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N34" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>186</v>
+      </c>
+      <c r="P34" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>146</v>
+        <v>187</v>
       </c>
       <c r="B35" t="s">
-        <v>48</v>
+        <v>188</v>
       </c>
       <c r="C35" t="s">
-        <v>147</v>
+        <v>58</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>189</v>
       </c>
       <c r="E35" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>42</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>1994</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2003</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N35" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>190</v>
+      </c>
+      <c r="P35" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>149</v>
+        <v>191</v>
       </c>
       <c r="B36" t="s">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="C36" t="s">
-        <v>150</v>
+        <v>58</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="E36" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>42</v>
+      </c>
+      <c r="G36" t="s">
+        <v>61</v>
+      </c>
+      <c r="H36">
         <v>2010</v>
       </c>
-      <c r="H36"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N36" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>194</v>
+      </c>
+      <c r="P36" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>152</v>
+        <v>195</v>
       </c>
       <c r="B37" t="s">
-        <v>48</v>
+        <v>196</v>
       </c>
       <c r="C37" t="s">
-        <v>153</v>
+        <v>58</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="E37" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>42</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2000</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2010</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="K37" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="L37" t="s">
-        <v>53</v>
+        <v>198</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N37" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>199</v>
+      </c>
+      <c r="P37" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>156</v>
+        <v>200</v>
       </c>
       <c r="B38" t="s">
-        <v>48</v>
+        <v>201</v>
       </c>
       <c r="C38" t="s">
-        <v>157</v>
+        <v>58</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="E38" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>42</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>1996</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2009</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K38" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>53</v>
+        <v>203</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N38" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>204</v>
+      </c>
+      <c r="P38" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>156</v>
+        <v>200</v>
       </c>
       <c r="B39" t="s">
-        <v>48</v>
+        <v>201</v>
       </c>
       <c r="C39" t="s">
-        <v>160</v>
+        <v>58</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="E39" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>42</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>1997</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2009</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K39" t="s">
-        <v>161</v>
+        <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>53</v>
+        <v>206</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N39" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>207</v>
+      </c>
+      <c r="P39" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>163</v>
+        <v>208</v>
       </c>
       <c r="B40" t="s">
-        <v>48</v>
+        <v>209</v>
       </c>
       <c r="C40" t="s">
-        <v>164</v>
+        <v>58</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="E40" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>42</v>
+      </c>
+      <c r="G40" t="s">
+        <v>61</v>
+      </c>
+      <c r="H40">
         <v>2009</v>
       </c>
-      <c r="H40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K40" t="s">
-        <v>165</v>
+        <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>53</v>
+        <v>211</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N40" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>212</v>
+      </c>
+      <c r="P40" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>167</v>
+        <v>213</v>
       </c>
       <c r="B41" t="s">
-        <v>48</v>
+        <v>214</v>
       </c>
       <c r="C41" t="s">
-        <v>135</v>
+        <v>58</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>174</v>
       </c>
       <c r="E41" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>42</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>1992</v>
       </c>
-      <c r="H41">
+      <c r="I41">
         <v>2009</v>
       </c>
-      <c r="I41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K41" t="s">
-        <v>136</v>
+        <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N41" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>215</v>
+      </c>
+      <c r="P41" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>169</v>
+        <v>217</v>
       </c>
       <c r="B42" t="s">
-        <v>48</v>
+        <v>218</v>
       </c>
       <c r="C42" t="s">
-        <v>170</v>
+        <v>58</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>219</v>
       </c>
       <c r="E42" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2010</v>
       </c>
-      <c r="I42" t="s">
-        <v>52</v>
+      <c r="I42">
+        <v>2010</v>
       </c>
       <c r="J42" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
+        <v>63</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>220</v>
+      </c>
+      <c r="P42" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
+        <v>222</v>
+      </c>
+      <c r="C43" t="s">
+        <v>58</v>
+      </c>
+      <c r="D43" t="s">
+        <v>223</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>42</v>
+      </c>
+      <c r="G43" t="s">
+        <v>61</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>62</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>224</v>
+      </c>
+      <c r="M43" t="s">
+        <v>63</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>225</v>
+      </c>
+      <c r="P43" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>226</v>
+      </c>
+      <c r="B44" t="s">
+        <v>227</v>
+      </c>
+      <c r="C44" t="s">
+        <v>228</v>
+      </c>
+      <c r="D44" t="s">
+        <v>88</v>
+      </c>
+      <c r="E44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" t="s">
+        <v>60</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2002</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
+        <v>229</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>230</v>
+      </c>
+      <c r="M44" t="s">
+        <v>231</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>232</v>
+      </c>
+      <c r="P44" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>234</v>
+      </c>
+      <c r="B45" t="s">
+        <v>235</v>
+      </c>
+      <c r="C45" t="s">
+        <v>228</v>
+      </c>
+      <c r="D45" t="s">
+        <v>236</v>
+      </c>
+      <c r="E45" t="s">
+        <v>51</v>
+      </c>
+      <c r="F45" t="s">
+        <v>60</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45">
+        <v>2017</v>
+      </c>
+      <c r="J45" t="s">
+        <v>229</v>
+      </c>
+      <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="N42" t="s">
-[...19 lines deleted...]
-      <c r="F43" t="s">
+      <c r="L45" t="s">
+        <v>237</v>
+      </c>
+      <c r="M45" t="s">
+        <v>231</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>238</v>
+      </c>
+      <c r="P45" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>240</v>
+      </c>
+      <c r="B46" t="s">
+        <v>241</v>
+      </c>
+      <c r="C46" t="s">
+        <v>228</v>
+      </c>
+      <c r="D46" t="s">
+        <v>142</v>
+      </c>
+      <c r="E46" t="s">
         <v>51</v>
       </c>
-      <c r="G43">
+      <c r="F46" t="s">
+        <v>60</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1997</v>
+      </c>
+      <c r="I46">
+        <v>2018</v>
+      </c>
+      <c r="J46" t="s">
+        <v>229</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>242</v>
+      </c>
+      <c r="M46" t="s">
+        <v>231</v>
+      </c>
+      <c r="N46" t="s">
+        <v>243</v>
+      </c>
+      <c r="O46" t="s">
+        <v>244</v>
+      </c>
+      <c r="P46" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>246</v>
+      </c>
+      <c r="B47" t="s">
+        <v>247</v>
+      </c>
+      <c r="C47" t="s">
+        <v>228</v>
+      </c>
+      <c r="D47" t="s">
+        <v>248</v>
+      </c>
+      <c r="E47" t="s">
+        <v>51</v>
+      </c>
+      <c r="F47" t="s">
+        <v>60</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47">
+        <v>2018</v>
+      </c>
+      <c r="J47" t="s">
+        <v>229</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>249</v>
+      </c>
+      <c r="M47" t="s">
+        <v>231</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>250</v>
+      </c>
+      <c r="P47" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>252</v>
+      </c>
+      <c r="B48" t="s">
+        <v>253</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>179</v>
+      </c>
+      <c r="E48" t="s">
+        <v>51</v>
+      </c>
+      <c r="F48" t="s">
+        <v>60</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2007</v>
+      </c>
+      <c r="I48">
+        <v>2012</v>
+      </c>
+      <c r="J48" t="s">
+        <v>254</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>255</v>
+      </c>
+      <c r="M48" t="s">
+        <v>231</v>
+      </c>
+      <c r="N48" t="s">
+        <v>243</v>
+      </c>
+      <c r="O48" t="s">
+        <v>256</v>
+      </c>
+      <c r="P48" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" t="s">
+        <v>259</v>
+      </c>
+      <c r="C49" t="s">
+        <v>260</v>
+      </c>
+      <c r="D49" t="s">
+        <v>261</v>
+      </c>
+      <c r="E49" t="s">
+        <v>51</v>
+      </c>
+      <c r="F49" t="s">
+        <v>60</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49">
+        <v>2016</v>
+      </c>
+      <c r="J49" t="s">
+        <v>254</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>262</v>
+      </c>
+      <c r="M49" t="s">
+        <v>231</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>263</v>
+      </c>
+      <c r="P49" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>265</v>
+      </c>
+      <c r="B50" t="s">
+        <v>266</v>
+      </c>
+      <c r="C50" t="s">
+        <v>260</v>
+      </c>
+      <c r="D50" t="s">
+        <v>267</v>
+      </c>
+      <c r="E50" t="s">
+        <v>51</v>
+      </c>
+      <c r="F50" t="s">
+        <v>60</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2009</v>
       </c>
-      <c r="H43"/>
-[...12 lines deleted...]
-      <c r="M43" t="s">
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
+        <v>254</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>268</v>
+      </c>
+      <c r="M50" t="s">
+        <v>231</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>269</v>
+      </c>
+      <c r="P50" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>271</v>
+      </c>
+      <c r="B51" t="s">
+        <v>272</v>
+      </c>
+      <c r="C51" t="s">
+        <v>260</v>
+      </c>
+      <c r="D51" t="s">
+        <v>273</v>
+      </c>
+      <c r="E51" t="s">
+        <v>51</v>
+      </c>
+      <c r="F51" t="s">
+        <v>60</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2003</v>
+      </c>
+      <c r="I51">
+        <v>2011</v>
+      </c>
+      <c r="J51" t="s">
+        <v>254</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>274</v>
+      </c>
+      <c r="M51" t="s">
+        <v>231</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>275</v>
+      </c>
+      <c r="P51" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>277</v>
+      </c>
+      <c r="B52" t="s">
+        <v>278</v>
+      </c>
+      <c r="C52" t="s">
+        <v>260</v>
+      </c>
+      <c r="D52" t="s">
+        <v>279</v>
+      </c>
+      <c r="E52" t="s">
+        <v>51</v>
+      </c>
+      <c r="F52" t="s">
+        <v>60</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2008</v>
+      </c>
+      <c r="I52">
+        <v>2018</v>
+      </c>
+      <c r="J52" t="s">
+        <v>254</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>280</v>
+      </c>
+      <c r="M52" t="s">
+        <v>231</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>281</v>
+      </c>
+      <c r="P52" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>283</v>
+      </c>
+      <c r="B53" t="s">
+        <v>284</v>
+      </c>
+      <c r="C53" t="s">
+        <v>260</v>
+      </c>
+      <c r="D53" t="s">
+        <v>285</v>
+      </c>
+      <c r="E53" t="s">
+        <v>51</v>
+      </c>
+      <c r="F53" t="s">
+        <v>60</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2009</v>
+      </c>
+      <c r="I53">
+        <v>2015</v>
+      </c>
+      <c r="J53" t="s">
+        <v>254</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>286</v>
+      </c>
+      <c r="M53" t="s">
+        <v>231</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>287</v>
+      </c>
+      <c r="P53" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>289</v>
+      </c>
+      <c r="B54" t="s">
+        <v>290</v>
+      </c>
+      <c r="C54" t="s">
+        <v>260</v>
+      </c>
+      <c r="D54" t="s">
+        <v>197</v>
+      </c>
+      <c r="E54" t="s">
+        <v>51</v>
+      </c>
+      <c r="F54" t="s">
+        <v>60</v>
+      </c>
+      <c r="G54" t="s">
+        <v>61</v>
+      </c>
+      <c r="H54">
+        <v>2016</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>254</v>
+      </c>
+      <c r="K54" t="s">
+        <v>291</v>
+      </c>
+      <c r="L54" t="s">
+        <v>292</v>
+      </c>
+      <c r="M54" t="s">
+        <v>231</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>293</v>
+      </c>
+      <c r="P54" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>295</v>
+      </c>
+      <c r="B55" t="s">
+        <v>296</v>
+      </c>
+      <c r="C55" t="s">
+        <v>260</v>
+      </c>
+      <c r="D55" t="s">
+        <v>297</v>
+      </c>
+      <c r="E55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F55" t="s">
+        <v>60</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2001</v>
+      </c>
+      <c r="I55">
+        <v>2013</v>
+      </c>
+      <c r="J55" t="s">
+        <v>254</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>298</v>
+      </c>
+      <c r="M55" t="s">
+        <v>231</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>299</v>
+      </c>
+      <c r="P55" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>301</v>
+      </c>
+      <c r="B56" t="s">
+        <v>302</v>
+      </c>
+      <c r="C56" t="s">
+        <v>260</v>
+      </c>
+      <c r="D56" t="s">
+        <v>303</v>
+      </c>
+      <c r="E56" t="s">
+        <v>51</v>
+      </c>
+      <c r="F56" t="s">
+        <v>60</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2003</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>254</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>304</v>
+      </c>
+      <c r="M56" t="s">
+        <v>231</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>305</v>
+      </c>
+      <c r="P56" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>307</v>
+      </c>
+      <c r="B57" t="s">
+        <v>308</v>
+      </c>
+      <c r="C57" t="s">
+        <v>260</v>
+      </c>
+      <c r="D57" t="s">
+        <v>309</v>
+      </c>
+      <c r="E57" t="s">
+        <v>51</v>
+      </c>
+      <c r="F57" t="s">
+        <v>60</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57">
+        <v>2018</v>
+      </c>
+      <c r="J57" t="s">
+        <v>254</v>
+      </c>
+      <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="N43" t="s">
-[...113 lines deleted...]
-      <c r="H46">
+      <c r="L57" t="s">
+        <v>310</v>
+      </c>
+      <c r="M57" t="s">
+        <v>231</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>311</v>
+      </c>
+      <c r="P57" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>313</v>
+      </c>
+      <c r="B58" t="s">
+        <v>314</v>
+      </c>
+      <c r="C58" t="s">
+        <v>315</v>
+      </c>
+      <c r="D58" t="s">
+        <v>316</v>
+      </c>
+      <c r="E58" t="s">
+        <v>51</v>
+      </c>
+      <c r="F58" t="s">
+        <v>60</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58">
+        <v>2020</v>
+      </c>
+      <c r="J58" t="s">
+        <v>254</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>317</v>
+      </c>
+      <c r="M58" t="s">
+        <v>231</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>318</v>
+      </c>
+      <c r="P58" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>320</v>
+      </c>
+      <c r="B59" t="s">
+        <v>321</v>
+      </c>
+      <c r="C59" t="s">
+        <v>322</v>
+      </c>
+      <c r="D59" t="s">
+        <v>68</v>
+      </c>
+      <c r="E59" t="s">
+        <v>51</v>
+      </c>
+      <c r="F59" t="s">
+        <v>60</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1994</v>
+      </c>
+      <c r="I59">
+        <v>2020</v>
+      </c>
+      <c r="J59" t="s">
+        <v>254</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>323</v>
+      </c>
+      <c r="M59" t="s">
+        <v>231</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>324</v>
+      </c>
+      <c r="P59" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>326</v>
+      </c>
+      <c r="B60" t="s">
+        <v>327</v>
+      </c>
+      <c r="C60" t="s">
+        <v>260</v>
+      </c>
+      <c r="D60" t="s">
+        <v>328</v>
+      </c>
+      <c r="E60" t="s">
+        <v>51</v>
+      </c>
+      <c r="F60" t="s">
+        <v>60</v>
+      </c>
+      <c r="G60" t="s">
+        <v>61</v>
+      </c>
+      <c r="H60">
+        <v>2016</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>254</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>329</v>
+      </c>
+      <c r="M60" t="s">
+        <v>231</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>330</v>
+      </c>
+      <c r="P60" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>332</v>
+      </c>
+      <c r="B61" t="s">
+        <v>333</v>
+      </c>
+      <c r="C61" t="s">
+        <v>260</v>
+      </c>
+      <c r="D61" t="s">
+        <v>316</v>
+      </c>
+      <c r="E61" t="s">
+        <v>51</v>
+      </c>
+      <c r="F61" t="s">
+        <v>60</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2009</v>
+      </c>
+      <c r="I61">
         <v>2018</v>
       </c>
-      <c r="I46" t="s">
-[...40 lines deleted...]
-      <c r="H47">
+      <c r="J61" t="s">
+        <v>254</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>334</v>
+      </c>
+      <c r="M61" t="s">
+        <v>231</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>335</v>
+      </c>
+      <c r="P61" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>337</v>
+      </c>
+      <c r="B62" t="s">
+        <v>338</v>
+      </c>
+      <c r="C62" t="s">
+        <v>260</v>
+      </c>
+      <c r="D62" t="s">
+        <v>202</v>
+      </c>
+      <c r="E62" t="s">
+        <v>51</v>
+      </c>
+      <c r="F62" t="s">
+        <v>60</v>
+      </c>
+      <c r="G62" t="s">
+        <v>61</v>
+      </c>
+      <c r="H62">
+        <v>2007</v>
+      </c>
+      <c r="I62">
+        <v>2008</v>
+      </c>
+      <c r="J62" t="s">
+        <v>254</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>339</v>
+      </c>
+      <c r="M62" t="s">
+        <v>231</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>340</v>
+      </c>
+      <c r="P62" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>342</v>
+      </c>
+      <c r="B63" t="s">
+        <v>343</v>
+      </c>
+      <c r="C63" t="s">
+        <v>260</v>
+      </c>
+      <c r="D63" t="s">
+        <v>131</v>
+      </c>
+      <c r="E63" t="s">
+        <v>51</v>
+      </c>
+      <c r="F63" t="s">
+        <v>60</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2012</v>
+      </c>
+      <c r="I63">
+        <v>2019</v>
+      </c>
+      <c r="J63" t="s">
+        <v>254</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>344</v>
+      </c>
+      <c r="M63" t="s">
+        <v>231</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>345</v>
+      </c>
+      <c r="P63" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>347</v>
+      </c>
+      <c r="B64" t="s">
+        <v>348</v>
+      </c>
+      <c r="C64" t="s">
+        <v>349</v>
+      </c>
+      <c r="D64" t="s">
+        <v>103</v>
+      </c>
+      <c r="E64" t="s">
+        <v>51</v>
+      </c>
+      <c r="F64" t="s">
+        <v>60</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>1992</v>
+      </c>
+      <c r="I64">
+        <v>2020</v>
+      </c>
+      <c r="J64" t="s">
+        <v>254</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>350</v>
+      </c>
+      <c r="M64" t="s">
+        <v>231</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>351</v>
+      </c>
+      <c r="P64" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>353</v>
+      </c>
+      <c r="B65" t="s">
+        <v>354</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>355</v>
+      </c>
+      <c r="E65" t="s">
+        <v>51</v>
+      </c>
+      <c r="F65" t="s">
+        <v>60</v>
+      </c>
+      <c r="G65" t="s">
+        <v>61</v>
+      </c>
+      <c r="H65">
         <v>2018</v>
       </c>
-      <c r="I47" t="s">
-[...40 lines deleted...]
-      <c r="H48">
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>254</v>
+      </c>
+      <c r="K65" t="s">
+        <v>356</v>
+      </c>
+      <c r="L65" t="s">
+        <v>357</v>
+      </c>
+      <c r="M65" t="s">
+        <v>231</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>358</v>
+      </c>
+      <c r="P65" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>360</v>
+      </c>
+      <c r="B66" t="s">
+        <v>361</v>
+      </c>
+      <c r="C66" t="s">
+        <v>260</v>
+      </c>
+      <c r="D66" t="s">
+        <v>197</v>
+      </c>
+      <c r="E66" t="s">
+        <v>51</v>
+      </c>
+      <c r="F66" t="s">
+        <v>60</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1995</v>
+      </c>
+      <c r="I66">
+        <v>2013</v>
+      </c>
+      <c r="J66" t="s">
+        <v>254</v>
+      </c>
+      <c r="K66" t="s">
+        <v>291</v>
+      </c>
+      <c r="L66" t="s">
+        <v>362</v>
+      </c>
+      <c r="M66" t="s">
+        <v>231</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>363</v>
+      </c>
+      <c r="P66" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>365</v>
+      </c>
+      <c r="B67" t="s">
+        <v>366</v>
+      </c>
+      <c r="C67" t="s">
+        <v>260</v>
+      </c>
+      <c r="D67" t="s">
+        <v>367</v>
+      </c>
+      <c r="E67" t="s">
+        <v>51</v>
+      </c>
+      <c r="F67" t="s">
+        <v>60</v>
+      </c>
+      <c r="G67" t="s">
+        <v>61</v>
+      </c>
+      <c r="H67">
+        <v>2001</v>
+      </c>
+      <c r="I67">
         <v>2012</v>
       </c>
-      <c r="I48" t="s">
-[...254 lines deleted...]
-      <c r="F54" t="s">
+      <c r="J67" t="s">
+        <v>254</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>368</v>
+      </c>
+      <c r="M67" t="s">
+        <v>231</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>369</v>
+      </c>
+      <c r="P67" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>371</v>
+      </c>
+      <c r="B68" t="s">
+        <v>372</v>
+      </c>
+      <c r="C68" t="s">
+        <v>322</v>
+      </c>
+      <c r="D68" t="s">
+        <v>84</v>
+      </c>
+      <c r="E68" t="s">
         <v>51</v>
       </c>
-      <c r="G54">
-[...41 lines deleted...]
-      <c r="G55">
+      <c r="F68" t="s">
+        <v>60</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2001</v>
       </c>
-      <c r="H55">
-[...64 lines deleted...]
-      <c r="A57" t="s">
+      <c r="I68">
+        <v>2019</v>
+      </c>
+      <c r="J68" t="s">
+        <v>254</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>373</v>
+      </c>
+      <c r="M68" t="s">
         <v>231</v>
       </c>
-      <c r="B57" t="s">
-[...143 lines deleted...]
-      <c r="F60" t="s">
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>374</v>
+      </c>
+      <c r="P68" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>376</v>
+      </c>
+      <c r="B69" t="s">
+        <v>377</v>
+      </c>
+      <c r="C69" t="s">
+        <v>260</v>
+      </c>
+      <c r="D69" t="s">
+        <v>378</v>
+      </c>
+      <c r="E69" t="s">
         <v>51</v>
       </c>
-      <c r="G60">
-[...387 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>60</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2016</v>
       </c>
-      <c r="I69" t="s">
-        <v>195</v>
+      <c r="I69">
+        <v>2016</v>
       </c>
       <c r="J69" t="s">
-        <v>29</v>
+        <v>254</v>
       </c>
       <c r="K69" t="s">
-        <v>278</v>
+        <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>180</v>
+        <v>379</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="N69" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>380</v>
+      </c>
+      <c r="P69" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>280</v>
+        <v>382</v>
       </c>
       <c r="B70" t="s">
-        <v>199</v>
+        <v>383</v>
       </c>
       <c r="C70" t="s">
-        <v>281</v>
+        <v>260</v>
       </c>
       <c r="D70" t="s">
-        <v>42</v>
+        <v>384</v>
       </c>
       <c r="E70" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F70" t="s">
+        <v>60</v>
+      </c>
+      <c r="G70" t="s">
+        <v>61</v>
+      </c>
+      <c r="H70">
+        <v>2017</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>254</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>385</v>
+      </c>
+      <c r="M70" t="s">
+        <v>231</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>386</v>
+      </c>
+      <c r="P70" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>388</v>
+      </c>
+      <c r="B71" t="s">
+        <v>389</v>
+      </c>
+      <c r="C71" t="s">
+        <v>260</v>
+      </c>
+      <c r="D71" t="s">
+        <v>92</v>
+      </c>
+      <c r="E71" t="s">
         <v>51</v>
       </c>
-      <c r="G70">
-[...37 lines deleted...]
-      </c>
       <c r="F71" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>60</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
       </c>
       <c r="H71">
         <v>2016</v>
       </c>
-      <c r="I71" t="s">
-        <v>195</v>
+      <c r="I71">
+        <v>2016</v>
       </c>
       <c r="J71" t="s">
-        <v>29</v>
+        <v>254</v>
       </c>
       <c r="K71" t="s">
-        <v>285</v>
+        <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>180</v>
+        <v>390</v>
       </c>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="N71" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>391</v>
+      </c>
+      <c r="P71" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>287</v>
+        <v>393</v>
       </c>
       <c r="B72" t="s">
-        <v>199</v>
+        <v>394</v>
       </c>
       <c r="C72" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="D72" t="s">
-        <v>42</v>
+        <v>367</v>
       </c>
       <c r="E72" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F72" t="s">
+        <v>60</v>
+      </c>
+      <c r="G72" t="s">
+        <v>61</v>
+      </c>
+      <c r="H72">
+        <v>2001</v>
+      </c>
+      <c r="I72">
+        <v>2018</v>
+      </c>
+      <c r="J72" t="s">
+        <v>254</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>395</v>
+      </c>
+      <c r="M72" t="s">
+        <v>231</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>396</v>
+      </c>
+      <c r="P72" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>398</v>
+      </c>
+      <c r="B73" t="s">
+        <v>399</v>
+      </c>
+      <c r="C73" t="s">
+        <v>260</v>
+      </c>
+      <c r="D73" t="s">
+        <v>384</v>
+      </c>
+      <c r="E73" t="s">
         <v>51</v>
       </c>
-      <c r="G72">
+      <c r="F73" t="s">
+        <v>60</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2012</v>
+      </c>
+      <c r="I73">
+        <v>2019</v>
+      </c>
+      <c r="J73" t="s">
+        <v>254</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>385</v>
+      </c>
+      <c r="M73" t="s">
+        <v>231</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>400</v>
+      </c>
+      <c r="P73" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>402</v>
+      </c>
+      <c r="B74" t="s">
+        <v>403</v>
+      </c>
+      <c r="C74" t="s">
+        <v>260</v>
+      </c>
+      <c r="D74" t="s">
+        <v>404</v>
+      </c>
+      <c r="E74" t="s">
+        <v>51</v>
+      </c>
+      <c r="F74" t="s">
+        <v>60</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2014</v>
+      </c>
+      <c r="I74">
+        <v>2021</v>
+      </c>
+      <c r="J74" t="s">
+        <v>254</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>405</v>
+      </c>
+      <c r="M74" t="s">
+        <v>231</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>406</v>
+      </c>
+      <c r="P74" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>408</v>
+      </c>
+      <c r="B75" t="s">
+        <v>409</v>
+      </c>
+      <c r="C75" t="s">
+        <v>260</v>
+      </c>
+      <c r="D75" t="s">
+        <v>410</v>
+      </c>
+      <c r="E75" t="s">
+        <v>51</v>
+      </c>
+      <c r="F75" t="s">
+        <v>60</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2004</v>
+      </c>
+      <c r="I75">
+        <v>2020</v>
+      </c>
+      <c r="J75" t="s">
+        <v>254</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>411</v>
+      </c>
+      <c r="M75" t="s">
+        <v>231</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>412</v>
+      </c>
+      <c r="P75" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>414</v>
+      </c>
+      <c r="B76" t="s">
+        <v>415</v>
+      </c>
+      <c r="C76" t="s">
+        <v>260</v>
+      </c>
+      <c r="D76" t="s">
+        <v>367</v>
+      </c>
+      <c r="E76" t="s">
+        <v>51</v>
+      </c>
+      <c r="F76" t="s">
+        <v>60</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>1995</v>
+      </c>
+      <c r="I76">
+        <v>2015</v>
+      </c>
+      <c r="J76" t="s">
+        <v>254</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>416</v>
+      </c>
+      <c r="M76" t="s">
+        <v>231</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>417</v>
+      </c>
+      <c r="P76" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>419</v>
+      </c>
+      <c r="B77" t="s">
+        <v>420</v>
+      </c>
+      <c r="C77" t="s">
+        <v>260</v>
+      </c>
+      <c r="D77" t="s">
+        <v>197</v>
+      </c>
+      <c r="E77" t="s">
+        <v>51</v>
+      </c>
+      <c r="F77" t="s">
+        <v>60</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>1996</v>
+      </c>
+      <c r="I77">
+        <v>2014</v>
+      </c>
+      <c r="J77" t="s">
+        <v>254</v>
+      </c>
+      <c r="K77" t="s">
+        <v>291</v>
+      </c>
+      <c r="L77" t="s">
+        <v>421</v>
+      </c>
+      <c r="M77" t="s">
+        <v>231</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>422</v>
+      </c>
+      <c r="P77" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>424</v>
+      </c>
+      <c r="B78" t="s">
+        <v>425</v>
+      </c>
+      <c r="C78" t="s">
+        <v>260</v>
+      </c>
+      <c r="D78" t="s">
+        <v>426</v>
+      </c>
+      <c r="E78" t="s">
+        <v>51</v>
+      </c>
+      <c r="F78" t="s">
+        <v>60</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2001</v>
       </c>
-      <c r="H72">
+      <c r="I78">
         <v>2018</v>
       </c>
-      <c r="I72" t="s">
-[...37 lines deleted...]
-      <c r="G73">
+      <c r="J78" t="s">
+        <v>254</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>427</v>
+      </c>
+      <c r="M78" t="s">
+        <v>231</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>428</v>
+      </c>
+      <c r="P78" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>430</v>
+      </c>
+      <c r="B79" t="s">
+        <v>431</v>
+      </c>
+      <c r="C79" t="s">
+        <v>260</v>
+      </c>
+      <c r="D79" t="s">
+        <v>179</v>
+      </c>
+      <c r="E79" t="s">
+        <v>51</v>
+      </c>
+      <c r="F79" t="s">
+        <v>60</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1996</v>
+      </c>
+      <c r="I79">
+        <v>2016</v>
+      </c>
+      <c r="J79" t="s">
+        <v>254</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>432</v>
+      </c>
+      <c r="M79" t="s">
+        <v>231</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>433</v>
+      </c>
+      <c r="P79" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>435</v>
+      </c>
+      <c r="B80" t="s">
+        <v>436</v>
+      </c>
+      <c r="C80" t="s">
+        <v>260</v>
+      </c>
+      <c r="D80" t="s">
+        <v>297</v>
+      </c>
+      <c r="E80" t="s">
+        <v>51</v>
+      </c>
+      <c r="F80" t="s">
+        <v>60</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2001</v>
+      </c>
+      <c r="I80">
+        <v>2014</v>
+      </c>
+      <c r="J80" t="s">
+        <v>254</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
+        <v>437</v>
+      </c>
+      <c r="M80" t="s">
+        <v>231</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>438</v>
+      </c>
+      <c r="P80" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>440</v>
+      </c>
+      <c r="B81" t="s">
+        <v>441</v>
+      </c>
+      <c r="C81" t="s">
+        <v>260</v>
+      </c>
+      <c r="D81" t="s">
+        <v>442</v>
+      </c>
+      <c r="E81" t="s">
+        <v>51</v>
+      </c>
+      <c r="F81" t="s">
+        <v>60</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
         <v>2012</v>
       </c>
-      <c r="H73">
+      <c r="I81">
+        <v>2015</v>
+      </c>
+      <c r="J81" t="s">
+        <v>254</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>443</v>
+      </c>
+      <c r="M81" t="s">
+        <v>231</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>444</v>
+      </c>
+      <c r="P81" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>446</v>
+      </c>
+      <c r="B82" t="s">
+        <v>447</v>
+      </c>
+      <c r="C82" t="s">
+        <v>260</v>
+      </c>
+      <c r="D82" t="s">
+        <v>309</v>
+      </c>
+      <c r="E82" t="s">
+        <v>51</v>
+      </c>
+      <c r="F82" t="s">
+        <v>60</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2009</v>
+      </c>
+      <c r="I82">
+        <v>2015</v>
+      </c>
+      <c r="J82" t="s">
+        <v>254</v>
+      </c>
+      <c r="K82" t="s">
+        <v>448</v>
+      </c>
+      <c r="L82" t="s">
+        <v>449</v>
+      </c>
+      <c r="M82" t="s">
+        <v>231</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>450</v>
+      </c>
+      <c r="P82" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>452</v>
+      </c>
+      <c r="B83" t="s">
+        <v>453</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>454</v>
+      </c>
+      <c r="E83" t="s">
+        <v>51</v>
+      </c>
+      <c r="F83" t="s">
+        <v>60</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2003</v>
+      </c>
+      <c r="I83">
+        <v>2015</v>
+      </c>
+      <c r="J83" t="s">
+        <v>254</v>
+      </c>
+      <c r="K83" t="s">
+        <v>356</v>
+      </c>
+      <c r="L83" t="s">
+        <v>455</v>
+      </c>
+      <c r="M83" t="s">
+        <v>231</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>456</v>
+      </c>
+      <c r="P83" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>458</v>
+      </c>
+      <c r="B84" t="s">
+        <v>459</v>
+      </c>
+      <c r="C84" t="s">
+        <v>260</v>
+      </c>
+      <c r="D84" t="s">
+        <v>169</v>
+      </c>
+      <c r="E84" t="s">
+        <v>51</v>
+      </c>
+      <c r="F84" t="s">
+        <v>60</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2004</v>
+      </c>
+      <c r="I84">
+        <v>2020</v>
+      </c>
+      <c r="J84" t="s">
+        <v>254</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>460</v>
+      </c>
+      <c r="M84" t="s">
+        <v>231</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>461</v>
+      </c>
+      <c r="P84" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>463</v>
+      </c>
+      <c r="B85" t="s">
+        <v>464</v>
+      </c>
+      <c r="C85" t="s">
+        <v>260</v>
+      </c>
+      <c r="D85" t="s">
+        <v>124</v>
+      </c>
+      <c r="E85" t="s">
+        <v>51</v>
+      </c>
+      <c r="F85" t="s">
+        <v>60</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>1996</v>
+      </c>
+      <c r="I85">
+        <v>2015</v>
+      </c>
+      <c r="J85" t="s">
+        <v>254</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>465</v>
+      </c>
+      <c r="M85" t="s">
+        <v>231</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>466</v>
+      </c>
+      <c r="P85" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>468</v>
+      </c>
+      <c r="B86" t="s">
+        <v>469</v>
+      </c>
+      <c r="C86" t="s">
+        <v>260</v>
+      </c>
+      <c r="D86" t="s">
+        <v>116</v>
+      </c>
+      <c r="E86" t="s">
+        <v>51</v>
+      </c>
+      <c r="F86" t="s">
+        <v>60</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2001</v>
+      </c>
+      <c r="I86">
+        <v>2018</v>
+      </c>
+      <c r="J86" t="s">
+        <v>254</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>470</v>
+      </c>
+      <c r="M86" t="s">
+        <v>231</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>471</v>
+      </c>
+      <c r="P86" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>473</v>
+      </c>
+      <c r="B87" t="s">
+        <v>474</v>
+      </c>
+      <c r="C87" t="s">
+        <v>260</v>
+      </c>
+      <c r="D87" t="s">
+        <v>92</v>
+      </c>
+      <c r="E87" t="s">
+        <v>51</v>
+      </c>
+      <c r="F87" t="s">
+        <v>60</v>
+      </c>
+      <c r="G87" t="s">
+        <v>61</v>
+      </c>
+      <c r="H87">
+        <v>2013</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>254</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>475</v>
+      </c>
+      <c r="M87" t="s">
+        <v>231</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>476</v>
+      </c>
+      <c r="P87" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>478</v>
+      </c>
+      <c r="B88" t="s">
+        <v>479</v>
+      </c>
+      <c r="C88" t="s">
+        <v>260</v>
+      </c>
+      <c r="D88" t="s">
+        <v>72</v>
+      </c>
+      <c r="E88" t="s">
+        <v>51</v>
+      </c>
+      <c r="F88" t="s">
+        <v>60</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2004</v>
+      </c>
+      <c r="I88">
+        <v>2014</v>
+      </c>
+      <c r="J88" t="s">
+        <v>254</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>480</v>
+      </c>
+      <c r="M88" t="s">
+        <v>231</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>481</v>
+      </c>
+      <c r="P88" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>483</v>
+      </c>
+      <c r="B89" t="s">
+        <v>484</v>
+      </c>
+      <c r="C89" t="s">
+        <v>260</v>
+      </c>
+      <c r="D89" t="s">
+        <v>120</v>
+      </c>
+      <c r="E89" t="s">
+        <v>51</v>
+      </c>
+      <c r="F89" t="s">
+        <v>60</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>1998</v>
+      </c>
+      <c r="I89">
         <v>2019</v>
       </c>
-      <c r="I73" t="s">
-[...37 lines deleted...]
-      <c r="G74">
+      <c r="J89" t="s">
+        <v>254</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>485</v>
+      </c>
+      <c r="M89" t="s">
+        <v>231</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>486</v>
+      </c>
+      <c r="P89" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>488</v>
+      </c>
+      <c r="B90" t="s">
+        <v>489</v>
+      </c>
+      <c r="C90" t="s">
+        <v>260</v>
+      </c>
+      <c r="D90" t="s">
+        <v>490</v>
+      </c>
+      <c r="E90" t="s">
+        <v>51</v>
+      </c>
+      <c r="F90" t="s">
+        <v>60</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2012</v>
+      </c>
+      <c r="I90">
+        <v>2019</v>
+      </c>
+      <c r="J90" t="s">
+        <v>254</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>491</v>
+      </c>
+      <c r="M90" t="s">
+        <v>231</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>492</v>
+      </c>
+      <c r="P90" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>494</v>
+      </c>
+      <c r="B91" t="s">
+        <v>495</v>
+      </c>
+      <c r="C91" t="s">
+        <v>260</v>
+      </c>
+      <c r="D91" t="s">
+        <v>147</v>
+      </c>
+      <c r="E91" t="s">
+        <v>51</v>
+      </c>
+      <c r="F91" t="s">
+        <v>60</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2010</v>
+      </c>
+      <c r="I91">
         <v>2014</v>
       </c>
-      <c r="H74">
-[...565 lines deleted...]
-      <c r="F87" t="s">
+      <c r="J91" t="s">
+        <v>254</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>496</v>
+      </c>
+      <c r="M91" t="s">
+        <v>231</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>497</v>
+      </c>
+      <c r="P91" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>499</v>
+      </c>
+      <c r="B92" t="s">
+        <v>500</v>
+      </c>
+      <c r="C92" t="s">
+        <v>58</v>
+      </c>
+      <c r="D92" t="s">
+        <v>202</v>
+      </c>
+      <c r="E92" t="s">
         <v>51</v>
       </c>
-      <c r="G87">
-[...213 lines deleted...]
-      </c>
       <c r="F92" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>60</v>
+      </c>
+      <c r="G92" t="s">
+        <v>61</v>
       </c>
       <c r="H92">
         <v>2012</v>
       </c>
-      <c r="I92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N92" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>501</v>
+      </c>
+      <c r="P92" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>353</v>
+        <v>499</v>
       </c>
       <c r="B93" t="s">
-        <v>48</v>
+        <v>503</v>
       </c>
       <c r="C93" t="s">
-        <v>157</v>
+        <v>58</v>
       </c>
       <c r="D93" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="E93" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F93" t="s">
+        <v>60</v>
+      </c>
+      <c r="G93" t="s">
+        <v>61</v>
+      </c>
+      <c r="H93">
+        <v>2012</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>125</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>63</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>504</v>
+      </c>
+      <c r="P93" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>499</v>
+      </c>
+      <c r="B94" t="s">
+        <v>505</v>
+      </c>
+      <c r="C94" t="s">
+        <v>58</v>
+      </c>
+      <c r="D94" t="s">
+        <v>506</v>
+      </c>
+      <c r="E94" t="s">
         <v>51</v>
       </c>
-      <c r="G93">
+      <c r="F94" t="s">
+        <v>60</v>
+      </c>
+      <c r="G94" t="s">
+        <v>61</v>
+      </c>
+      <c r="H94">
         <v>2012</v>
       </c>
-      <c r="H93"/>
-[...13 lines deleted...]
-      <c r="N93" t="s">
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>125</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>63</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>507</v>
+      </c>
+      <c r="P94" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>499</v>
+      </c>
+      <c r="B95" t="s">
+        <v>508</v>
+      </c>
+      <c r="C95" t="s">
+        <v>58</v>
+      </c>
+      <c r="D95" t="s">
+        <v>509</v>
+      </c>
+      <c r="E95" t="s">
+        <v>51</v>
+      </c>
+      <c r="F95" t="s">
+        <v>60</v>
+      </c>
+      <c r="G95" t="s">
+        <v>61</v>
+      </c>
+      <c r="H95">
+        <v>2010</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>62</v>
+      </c>
+      <c r="K95" t="s">
         <v>356</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F94" t="s">
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>63</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>510</v>
+      </c>
+      <c r="P95" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>499</v>
+      </c>
+      <c r="B96" t="s">
+        <v>512</v>
+      </c>
+      <c r="C96" t="s">
+        <v>58</v>
+      </c>
+      <c r="D96" t="s">
+        <v>197</v>
+      </c>
+      <c r="E96" t="s">
         <v>51</v>
       </c>
-      <c r="G94">
+      <c r="F96" t="s">
+        <v>60</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>1996</v>
+      </c>
+      <c r="I96">
         <v>2012</v>
       </c>
-      <c r="H94"/>
-[...36 lines deleted...]
-      <c r="G95">
+      <c r="J96" t="s">
+        <v>62</v>
+      </c>
+      <c r="K96" t="s">
+        <v>513</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>63</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>514</v>
+      </c>
+      <c r="P96" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>499</v>
+      </c>
+      <c r="B97" t="s">
+        <v>515</v>
+      </c>
+      <c r="C97" t="s">
+        <v>58</v>
+      </c>
+      <c r="D97" t="s">
+        <v>197</v>
+      </c>
+      <c r="E97" t="s">
+        <v>51</v>
+      </c>
+      <c r="F97" t="s">
+        <v>60</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>1996</v>
+      </c>
+      <c r="I97">
         <v>2012</v>
       </c>
-      <c r="H95">
+      <c r="J97" t="s">
+        <v>62</v>
+      </c>
+      <c r="K97" t="s">
+        <v>513</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>63</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>516</v>
+      </c>
+      <c r="P97" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>499</v>
+      </c>
+      <c r="B98" t="s">
+        <v>517</v>
+      </c>
+      <c r="C98" t="s">
+        <v>58</v>
+      </c>
+      <c r="D98" t="s">
+        <v>518</v>
+      </c>
+      <c r="E98" t="s">
+        <v>51</v>
+      </c>
+      <c r="F98" t="s">
+        <v>60</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2010</v>
+      </c>
+      <c r="I98">
         <v>2012</v>
       </c>
-      <c r="I95" t="s">
-[...35 lines deleted...]
-      <c r="G96">
+      <c r="J98" t="s">
+        <v>125</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>63</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>519</v>
+      </c>
+      <c r="P98" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>499</v>
+      </c>
+      <c r="B99" t="s">
+        <v>520</v>
+      </c>
+      <c r="C99" t="s">
+        <v>58</v>
+      </c>
+      <c r="D99" t="s">
+        <v>202</v>
+      </c>
+      <c r="E99" t="s">
+        <v>51</v>
+      </c>
+      <c r="F99" t="s">
+        <v>60</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
         <v>2012</v>
       </c>
-      <c r="H96">
+      <c r="I99">
         <v>2012</v>
       </c>
-      <c r="I96" t="s">
-[...35 lines deleted...]
-      <c r="G97">
+      <c r="J99" t="s">
+        <v>125</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>63</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>521</v>
+      </c>
+      <c r="P99" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>499</v>
+      </c>
+      <c r="B100" t="s">
+        <v>522</v>
+      </c>
+      <c r="C100" t="s">
+        <v>58</v>
+      </c>
+      <c r="D100" t="s">
+        <v>523</v>
+      </c>
+      <c r="E100" t="s">
+        <v>51</v>
+      </c>
+      <c r="F100" t="s">
+        <v>60</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2012</v>
+      </c>
+      <c r="I100">
+        <v>2012</v>
+      </c>
+      <c r="J100" t="s">
+        <v>125</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>63</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>524</v>
+      </c>
+      <c r="P100" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>499</v>
+      </c>
+      <c r="B101" t="s">
+        <v>525</v>
+      </c>
+      <c r="C101" t="s">
+        <v>58</v>
+      </c>
+      <c r="D101" t="s">
+        <v>526</v>
+      </c>
+      <c r="E101" t="s">
+        <v>51</v>
+      </c>
+      <c r="F101" t="s">
+        <v>60</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
         <v>1996</v>
       </c>
-      <c r="H97">
+      <c r="I101">
         <v>2012</v>
       </c>
-      <c r="I97" t="s">
-[...35 lines deleted...]
-      <c r="G98">
+      <c r="J101" t="s">
+        <v>62</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>63</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>527</v>
+      </c>
+      <c r="P101" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>499</v>
+      </c>
+      <c r="B102" t="s">
+        <v>528</v>
+      </c>
+      <c r="C102" t="s">
+        <v>58</v>
+      </c>
+      <c r="D102" t="s">
+        <v>529</v>
+      </c>
+      <c r="E102" t="s">
+        <v>51</v>
+      </c>
+      <c r="F102" t="s">
+        <v>60</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
         <v>1996</v>
       </c>
-      <c r="H98">
+      <c r="I102">
         <v>2012</v>
       </c>
-      <c r="I98" t="s">
-[...32 lines deleted...]
-      <c r="F99" t="s">
+      <c r="J102" t="s">
+        <v>62</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>63</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>530</v>
+      </c>
+      <c r="P102" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>499</v>
+      </c>
+      <c r="B103" t="s">
+        <v>531</v>
+      </c>
+      <c r="C103" t="s">
+        <v>58</v>
+      </c>
+      <c r="D103" t="s">
+        <v>532</v>
+      </c>
+      <c r="E103" t="s">
         <v>51</v>
       </c>
-      <c r="G99">
-[...159 lines deleted...]
-      </c>
       <c r="F103" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>60</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
       </c>
       <c r="H103">
         <v>2012</v>
       </c>
-      <c r="I103" t="s">
-        <v>52</v>
+      <c r="I103">
+        <v>2012</v>
       </c>
       <c r="J103" t="s">
-        <v>369</v>
-[...4 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103"/>
       <c r="M103" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N103" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O103" t="s">
+        <v>533</v>
+      </c>
+      <c r="P103" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>374</v>
+        <v>534</v>
       </c>
       <c r="B104" t="s">
-        <v>48</v>
+        <v>535</v>
       </c>
       <c r="C104" t="s">
-        <v>375</v>
+        <v>58</v>
       </c>
       <c r="D104" t="s">
-        <v>42</v>
+        <v>536</v>
       </c>
       <c r="E104" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F104" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G104">
+        <v>60</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
         <v>1996</v>
       </c>
-      <c r="H104">
+      <c r="I104">
         <v>2010</v>
       </c>
-      <c r="I104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J104" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
       <c r="M104" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N104" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>537</v>
+      </c>
+      <c r="P104" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>377</v>
+        <v>538</v>
       </c>
       <c r="B105" t="s">
-        <v>48</v>
+        <v>539</v>
       </c>
       <c r="C105" t="s">
-        <v>378</v>
+        <v>58</v>
       </c>
       <c r="D105" t="s">
-        <v>42</v>
+        <v>540</v>
       </c>
       <c r="E105" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G105">
+        <v>60</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
         <v>1996</v>
       </c>
-      <c r="H105">
+      <c r="I105">
         <v>2012</v>
       </c>
-      <c r="I105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J105" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K105" t="s">
-        <v>379</v>
+        <v>34</v>
       </c>
       <c r="L105" t="s">
-        <v>53</v>
+        <v>541</v>
       </c>
       <c r="M105" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N105" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>542</v>
+      </c>
+      <c r="P105" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>381</v>
+        <v>543</v>
       </c>
       <c r="B106" t="s">
-        <v>48</v>
+        <v>544</v>
       </c>
       <c r="C106" t="s">
-        <v>153</v>
+        <v>58</v>
       </c>
       <c r="D106" t="s">
-        <v>42</v>
+        <v>197</v>
       </c>
       <c r="E106" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F106" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G106">
+        <v>60</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>1996</v>
       </c>
-      <c r="H106">
+      <c r="I106">
         <v>2010</v>
       </c>
-      <c r="I106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J106" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K106" t="s">
+        <v>164</v>
+      </c>
+      <c r="L106"/>
       <c r="M106" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N106" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>545</v>
+      </c>
+      <c r="P106" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>383</v>
+        <v>546</v>
       </c>
       <c r="B107" t="s">
-        <v>48</v>
+        <v>547</v>
       </c>
       <c r="C107" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="D107" t="s">
-        <v>42</v>
+        <v>80</v>
       </c>
       <c r="E107" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F107" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G107">
+        <v>60</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
         <v>1996</v>
       </c>
-      <c r="H107">
+      <c r="I107">
         <v>2010</v>
       </c>
-      <c r="I107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J107" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N107" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>548</v>
+      </c>
+      <c r="P107" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>385</v>
+        <v>549</v>
       </c>
       <c r="B108" t="s">
-        <v>48</v>
+        <v>550</v>
       </c>
       <c r="C108" t="s">
-        <v>153</v>
+        <v>58</v>
       </c>
       <c r="D108" t="s">
-        <v>42</v>
+        <v>197</v>
       </c>
       <c r="E108" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F108" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G108">
+        <v>60</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
         <v>1996</v>
       </c>
-      <c r="H108">
+      <c r="I108">
         <v>2010</v>
       </c>
-      <c r="I108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J108" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K108" t="s">
+        <v>164</v>
+      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N108" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>551</v>
+      </c>
+      <c r="P108" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>387</v>
+        <v>552</v>
       </c>
       <c r="B109" t="s">
-        <v>48</v>
+        <v>553</v>
       </c>
       <c r="C109" t="s">
-        <v>354</v>
+        <v>58</v>
       </c>
       <c r="D109" t="s">
-        <v>42</v>
+        <v>518</v>
       </c>
       <c r="E109" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F109" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G109">
+        <v>60</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>1996</v>
       </c>
-      <c r="H109">
+      <c r="I109">
         <v>2010</v>
       </c>
-      <c r="I109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J109" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109"/>
       <c r="M109" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N109" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>554</v>
+      </c>
+      <c r="P109" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>387</v>
+        <v>552</v>
       </c>
       <c r="B110" t="s">
-        <v>48</v>
+        <v>555</v>
       </c>
       <c r="C110" t="s">
-        <v>389</v>
+        <v>58</v>
       </c>
       <c r="D110" t="s">
-        <v>42</v>
+        <v>556</v>
       </c>
       <c r="E110" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F110" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G110">
+        <v>60</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
         <v>1996</v>
       </c>
-      <c r="H110">
+      <c r="I110">
         <v>2010</v>
       </c>
-      <c r="I110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J110" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K110" t="s">
+        <v>164</v>
+      </c>
+      <c r="L110"/>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N110" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>557</v>
+      </c>
+      <c r="P110" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>391</v>
+        <v>558</v>
       </c>
       <c r="B111" t="s">
-        <v>48</v>
+        <v>559</v>
       </c>
       <c r="C111" t="s">
-        <v>392</v>
+        <v>58</v>
       </c>
       <c r="D111" t="s">
-        <v>42</v>
+        <v>560</v>
       </c>
       <c r="E111" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F111" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G111">
+        <v>60</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
         <v>1996</v>
       </c>
-      <c r="H111">
+      <c r="I111">
         <v>2010</v>
       </c>
-      <c r="I111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J111" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111"/>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N111" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>561</v>
+      </c>
+      <c r="P111" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>394</v>
+        <v>562</v>
       </c>
       <c r="B112" t="s">
-        <v>48</v>
+        <v>523</v>
       </c>
       <c r="C112" t="s">
-        <v>359</v>
+        <v>58</v>
       </c>
       <c r="D112" t="s">
-        <v>42</v>
+        <v>523</v>
       </c>
       <c r="E112" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F112" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G112">
+        <v>60</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
         <v>1996</v>
       </c>
-      <c r="H112">
+      <c r="I112">
         <v>2010</v>
       </c>
-      <c r="I112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J112" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>563</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112"/>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N112" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>564</v>
+      </c>
+      <c r="P112" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>397</v>
+        <v>566</v>
       </c>
       <c r="B113" t="s">
-        <v>48</v>
+        <v>567</v>
       </c>
       <c r="C113" t="s">
-        <v>347</v>
+        <v>58</v>
       </c>
       <c r="D113" t="s">
-        <v>42</v>
+        <v>490</v>
       </c>
       <c r="E113" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G113">
+        <v>60</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>1996</v>
       </c>
-      <c r="H113">
+      <c r="I113">
         <v>2010</v>
       </c>
-      <c r="I113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J113" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N113" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>568</v>
+      </c>
+      <c r="P113" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>399</v>
+        <v>569</v>
       </c>
       <c r="B114" t="s">
-        <v>48</v>
+        <v>570</v>
       </c>
       <c r="C114" t="s">
-        <v>375</v>
+        <v>58</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>536</v>
       </c>
       <c r="E114" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G114">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
         <v>2008</v>
       </c>
-      <c r="H114">
+      <c r="I114">
         <v>2016</v>
       </c>
-      <c r="I114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J114" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114"/>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N114" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>571</v>
+      </c>
+      <c r="P114" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>401</v>
+        <v>572</v>
       </c>
       <c r="B115" t="s">
-        <v>48</v>
+        <v>573</v>
       </c>
       <c r="C115" t="s">
-        <v>402</v>
+        <v>58</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>574</v>
       </c>
       <c r="E115" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G115">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>61</v>
+      </c>
+      <c r="H115">
         <v>2012</v>
       </c>
-      <c r="H115"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I115"/>
       <c r="J115" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N115" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>575</v>
+      </c>
+      <c r="P115" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>404</v>
+        <v>576</v>
       </c>
       <c r="B116" t="s">
-        <v>48</v>
+        <v>577</v>
       </c>
       <c r="C116" t="s">
-        <v>405</v>
+        <v>58</v>
       </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>578</v>
       </c>
       <c r="E116" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G116">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>61</v>
+      </c>
+      <c r="H116">
         <v>2009</v>
       </c>
-      <c r="H116"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I116"/>
       <c r="J116" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116"/>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N116" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>579</v>
+      </c>
+      <c r="P116" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>407</v>
+        <v>580</v>
       </c>
       <c r="B117" t="s">
-        <v>48</v>
+        <v>168</v>
       </c>
       <c r="C117" t="s">
-        <v>131</v>
+        <v>58</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>169</v>
       </c>
       <c r="E117" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
       </c>
       <c r="H117">
         <v>2011</v>
       </c>
-      <c r="I117" t="s">
-        <v>52</v>
+      <c r="I117">
+        <v>2011</v>
       </c>
       <c r="J117" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K117" t="s">
-        <v>132</v>
+        <v>34</v>
       </c>
       <c r="L117" t="s">
-        <v>53</v>
+        <v>170</v>
       </c>
       <c r="M117" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N117" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>581</v>
+      </c>
+      <c r="P117" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>409</v>
+        <v>582</v>
       </c>
       <c r="B118" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="C118" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="D118" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E118" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G118">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
         <v>1993</v>
       </c>
-      <c r="H118">
+      <c r="I118">
         <v>2009</v>
       </c>
-      <c r="I118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J118" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K118" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>53</v>
+        <v>126</v>
       </c>
       <c r="M118" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N118" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>583</v>
+      </c>
+      <c r="P118" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>411</v>
+        <v>584</v>
       </c>
       <c r="B119" t="s">
-        <v>48</v>
+        <v>585</v>
       </c>
       <c r="C119" t="s">
-        <v>378</v>
+        <v>58</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>540</v>
       </c>
       <c r="E119" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G119">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
         <v>1994</v>
       </c>
-      <c r="H119">
+      <c r="I119">
         <v>2003</v>
       </c>
-      <c r="I119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J119" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K119" t="s">
-        <v>379</v>
+        <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>53</v>
+        <v>541</v>
       </c>
       <c r="M119" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N119" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>586</v>
+      </c>
+      <c r="P119" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>413</v>
+        <v>587</v>
       </c>
       <c r="B120" t="s">
-        <v>48</v>
+        <v>173</v>
       </c>
       <c r="C120" t="s">
-        <v>135</v>
+        <v>58</v>
       </c>
       <c r="D120" t="s">
-        <v>17</v>
+        <v>174</v>
       </c>
       <c r="E120" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
       </c>
       <c r="H120">
         <v>2010</v>
       </c>
-      <c r="I120" t="s">
-        <v>98</v>
+      <c r="I120">
+        <v>2010</v>
       </c>
       <c r="J120" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K120" t="s">
-        <v>136</v>
+        <v>34</v>
       </c>
       <c r="L120" t="s">
-        <v>53</v>
+        <v>175</v>
       </c>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N120" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>588</v>
+      </c>
+      <c r="P120" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>415</v>
+        <v>589</v>
       </c>
       <c r="B121" t="s">
-        <v>48</v>
+        <v>130</v>
       </c>
       <c r="C121" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="D121" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
       <c r="E121" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
       </c>
       <c r="H121">
         <v>2012</v>
       </c>
-      <c r="I121" t="s">
-        <v>52</v>
+      <c r="I121">
+        <v>2012</v>
       </c>
       <c r="J121" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121"/>
       <c r="M121" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N121" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>590</v>
+      </c>
+      <c r="P121" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>417</v>
+        <v>591</v>
       </c>
       <c r="B122" t="s">
-        <v>48</v>
+        <v>135</v>
       </c>
       <c r="C122" t="s">
-        <v>105</v>
+        <v>58</v>
       </c>
       <c r="D122" t="s">
-        <v>17</v>
+        <v>136</v>
       </c>
       <c r="E122" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G122">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>61</v>
+      </c>
+      <c r="H122">
         <v>2009</v>
       </c>
-      <c r="H122"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I122"/>
       <c r="J122" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K122" t="s">
-        <v>107</v>
+        <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>53</v>
+        <v>138</v>
       </c>
       <c r="M122" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N122" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>592</v>
+      </c>
+      <c r="P122" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>419</v>
+        <v>593</v>
       </c>
       <c r="B123" t="s">
-        <v>48</v>
+        <v>594</v>
       </c>
       <c r="C123" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="D123" t="s">
-        <v>17</v>
+        <v>179</v>
       </c>
       <c r="E123" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G123">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
         <v>2002</v>
       </c>
-      <c r="H123">
+      <c r="I123">
         <v>2007</v>
       </c>
-      <c r="I123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J123" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K123" t="s">
-        <v>140</v>
+        <v>34</v>
       </c>
       <c r="L123" t="s">
-        <v>53</v>
+        <v>180</v>
       </c>
       <c r="M123" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N123" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>595</v>
+      </c>
+      <c r="P123" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>421</v>
+        <v>596</v>
       </c>
       <c r="B124" t="s">
-        <v>48</v>
+        <v>183</v>
       </c>
       <c r="C124" t="s">
-        <v>143</v>
+        <v>58</v>
       </c>
       <c r="D124" t="s">
-        <v>17</v>
+        <v>184</v>
       </c>
       <c r="E124" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G124">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>61</v>
+      </c>
+      <c r="H124">
         <v>2009</v>
       </c>
-      <c r="H124"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I124"/>
       <c r="J124" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K124" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="L124" t="s">
-        <v>53</v>
+        <v>185</v>
       </c>
       <c r="M124" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N124" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>597</v>
+      </c>
+      <c r="P124" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>423</v>
+        <v>598</v>
       </c>
       <c r="B125" t="s">
-        <v>48</v>
+        <v>599</v>
       </c>
       <c r="C125" t="s">
-        <v>153</v>
+        <v>58</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="E125" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G125">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>61</v>
+      </c>
+      <c r="H125">
         <v>2011</v>
       </c>
-      <c r="H125"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I125"/>
       <c r="J125" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125"/>
       <c r="M125" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N125" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>600</v>
+      </c>
+      <c r="P125" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>425</v>
+        <v>601</v>
       </c>
       <c r="B126" t="s">
-        <v>48</v>
+        <v>602</v>
       </c>
       <c r="C126" t="s">
-        <v>426</v>
+        <v>58</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>603</v>
       </c>
       <c r="E126" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G126">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
         <v>2011</v>
       </c>
-      <c r="H126">
+      <c r="I126">
         <v>2015</v>
       </c>
-      <c r="I126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J126" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126"/>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N126" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>604</v>
+      </c>
+      <c r="P126" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>428</v>
+        <v>605</v>
       </c>
       <c r="B127" t="s">
-        <v>48</v>
+        <v>146</v>
       </c>
       <c r="C127" t="s">
-        <v>114</v>
+        <v>58</v>
       </c>
       <c r="D127" t="s">
-        <v>17</v>
+        <v>147</v>
       </c>
       <c r="E127" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
       </c>
       <c r="H127">
         <v>2012</v>
       </c>
-      <c r="I127" t="s">
+      <c r="I127">
+        <v>2012</v>
+      </c>
+      <c r="J127" t="s">
+        <v>148</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>63</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>606</v>
+      </c>
+      <c r="P127" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>607</v>
+      </c>
+      <c r="B128" t="s">
+        <v>608</v>
+      </c>
+      <c r="C128" t="s">
+        <v>58</v>
+      </c>
+      <c r="D128" t="s">
+        <v>609</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>610</v>
+      </c>
+      <c r="H128">
+        <v>2012</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>229</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>611</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>612</v>
+      </c>
+      <c r="P128" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>614</v>
+      </c>
+      <c r="B129" t="s">
+        <v>188</v>
+      </c>
+      <c r="C129" t="s">
+        <v>58</v>
+      </c>
+      <c r="D129" t="s">
+        <v>615</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>1994</v>
+      </c>
+      <c r="I129">
+        <v>2003</v>
+      </c>
+      <c r="J129" t="s">
+        <v>125</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>63</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>616</v>
+      </c>
+      <c r="P129" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>617</v>
+      </c>
+      <c r="B130" t="s">
+        <v>618</v>
+      </c>
+      <c r="C130" t="s">
+        <v>58</v>
+      </c>
+      <c r="D130" t="s">
+        <v>540</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>1994</v>
+      </c>
+      <c r="I130">
+        <v>2004</v>
+      </c>
+      <c r="J130" t="s">
+        <v>62</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>619</v>
+      </c>
+      <c r="M130" t="s">
+        <v>63</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>620</v>
+      </c>
+      <c r="P130" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>621</v>
+      </c>
+      <c r="B131" t="s">
+        <v>192</v>
+      </c>
+      <c r="C131" t="s">
+        <v>58</v>
+      </c>
+      <c r="D131" t="s">
+        <v>193</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2004</v>
+      </c>
+      <c r="I131">
+        <v>2010</v>
+      </c>
+      <c r="J131" t="s">
+        <v>125</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>63</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>622</v>
+      </c>
+      <c r="P131" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>623</v>
+      </c>
+      <c r="B132" t="s">
+        <v>162</v>
+      </c>
+      <c r="C132" t="s">
+        <v>58</v>
+      </c>
+      <c r="D132" t="s">
+        <v>163</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2010</v>
+      </c>
+      <c r="I132">
+        <v>2015</v>
+      </c>
+      <c r="J132" t="s">
+        <v>62</v>
+      </c>
+      <c r="K132" t="s">
+        <v>164</v>
+      </c>
+      <c r="L132" t="s">
+        <v>165</v>
+      </c>
+      <c r="M132" t="s">
+        <v>63</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>624</v>
+      </c>
+      <c r="P132" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>625</v>
+      </c>
+      <c r="B133" t="s">
+        <v>626</v>
+      </c>
+      <c r="C133" t="s">
+        <v>58</v>
+      </c>
+      <c r="D133" t="s">
+        <v>142</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2002</v>
+      </c>
+      <c r="I133">
+        <v>2006</v>
+      </c>
+      <c r="J133" t="s">
+        <v>62</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133" t="s">
+        <v>143</v>
+      </c>
+      <c r="M133" t="s">
+        <v>63</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>627</v>
+      </c>
+      <c r="P133" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>628</v>
+      </c>
+      <c r="B134" t="s">
+        <v>196</v>
+      </c>
+      <c r="C134" t="s">
+        <v>58</v>
+      </c>
+      <c r="D134" t="s">
+        <v>197</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2001</v>
+      </c>
+      <c r="I134">
+        <v>2010</v>
+      </c>
+      <c r="J134" t="s">
+        <v>62</v>
+      </c>
+      <c r="K134" t="s">
+        <v>164</v>
+      </c>
+      <c r="L134" t="s">
+        <v>198</v>
+      </c>
+      <c r="M134" t="s">
+        <v>63</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>629</v>
+      </c>
+      <c r="P134" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>630</v>
+      </c>
+      <c r="B135" t="s">
+        <v>201</v>
+      </c>
+      <c r="C135" t="s">
+        <v>58</v>
+      </c>
+      <c r="D135" t="s">
+        <v>202</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2009</v>
+      </c>
+      <c r="I135">
+        <v>2014</v>
+      </c>
+      <c r="J135" t="s">
+        <v>125</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135" t="s">
+        <v>203</v>
+      </c>
+      <c r="M135" t="s">
+        <v>63</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>631</v>
+      </c>
+      <c r="P135" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>633</v>
+      </c>
+      <c r="B136" t="s">
+        <v>634</v>
+      </c>
+      <c r="C136" t="s">
+        <v>58</v>
+      </c>
+      <c r="D136" t="s">
+        <v>210</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>61</v>
+      </c>
+      <c r="H136">
+        <v>2004</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>125</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136" t="s">
+        <v>211</v>
+      </c>
+      <c r="M136" t="s">
+        <v>63</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>635</v>
+      </c>
+      <c r="P136" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>636</v>
+      </c>
+      <c r="B137" t="s">
+        <v>637</v>
+      </c>
+      <c r="C137" t="s">
+        <v>58</v>
+      </c>
+      <c r="D137" t="s">
+        <v>367</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2010</v>
+      </c>
+      <c r="I137">
+        <v>2012</v>
+      </c>
+      <c r="J137" t="s">
+        <v>125</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>63</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>638</v>
+      </c>
+      <c r="P137" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>639</v>
+      </c>
+      <c r="B138" t="s">
+        <v>640</v>
+      </c>
+      <c r="C138" t="s">
+        <v>58</v>
+      </c>
+      <c r="D138" t="s">
+        <v>174</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>1992</v>
+      </c>
+      <c r="I138">
+        <v>2004</v>
+      </c>
+      <c r="J138" t="s">
+        <v>125</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138" t="s">
+        <v>175</v>
+      </c>
+      <c r="M138" t="s">
+        <v>63</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>641</v>
+      </c>
+      <c r="P138" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>643</v>
+      </c>
+      <c r="B139" t="s">
+        <v>644</v>
+      </c>
+      <c r="C139" t="s">
+        <v>58</v>
+      </c>
+      <c r="D139" t="s">
+        <v>116</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2015</v>
+      </c>
+      <c r="I139">
+        <v>2019</v>
+      </c>
+      <c r="J139" t="s">
+        <v>229</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>611</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>645</v>
+      </c>
+      <c r="P139" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>647</v>
+      </c>
+      <c r="B140" t="s">
         <v>115</v>
       </c>
-      <c r="J127" t="s">
-[...203 lines deleted...]
-      <c r="H132">
+      <c r="C140" t="s">
+        <v>58</v>
+      </c>
+      <c r="D140" t="s">
+        <v>116</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>61</v>
+      </c>
+      <c r="H140">
         <v>2015</v>
       </c>
-      <c r="I132" t="s">
-[...345 lines deleted...]
-      </c>
+      <c r="I140"/>
       <c r="J140" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140"/>
       <c r="M140" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N140" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>648</v>
+      </c>
+      <c r="P140" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>462</v>
+        <v>649</v>
       </c>
       <c r="B141" t="s">
-        <v>48</v>
+        <v>650</v>
       </c>
       <c r="C141" t="s">
-        <v>94</v>
+        <v>58</v>
       </c>
       <c r="D141" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="E141" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
       </c>
       <c r="H141">
         <v>2012</v>
       </c>
-      <c r="I141" t="s">
-        <v>52</v>
+      <c r="I141">
+        <v>2012</v>
       </c>
       <c r="J141" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141"/>
       <c r="M141" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N141" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>651</v>
+      </c>
+      <c r="P141" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>464</v>
+        <v>652</v>
       </c>
       <c r="B142" t="s">
-        <v>48</v>
+        <v>653</v>
       </c>
       <c r="C142" t="s">
-        <v>363</v>
+        <v>58</v>
       </c>
       <c r="D142" t="s">
-        <v>17</v>
+        <v>529</v>
       </c>
       <c r="E142" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F142" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G142">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
         <v>2012</v>
       </c>
-      <c r="H142">
+      <c r="I142">
         <v>2016</v>
       </c>
-      <c r="I142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J142" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142"/>
       <c r="M142" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N142" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>654</v>
+      </c>
+      <c r="P142" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>464</v>
+        <v>652</v>
       </c>
       <c r="B143" t="s">
-        <v>48</v>
+        <v>655</v>
       </c>
       <c r="C143" t="s">
-        <v>363</v>
+        <v>58</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>529</v>
       </c>
       <c r="E143" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G143">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
         <v>2012</v>
       </c>
-      <c r="H143">
+      <c r="I143">
         <v>2015</v>
       </c>
-      <c r="I143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J143" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N143" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>656</v>
+      </c>
+      <c r="P143" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>467</v>
+        <v>657</v>
       </c>
       <c r="B144" t="s">
-        <v>48</v>
+        <v>658</v>
       </c>
       <c r="C144" t="s">
-        <v>173</v>
+        <v>58</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>223</v>
       </c>
       <c r="E144" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>61</v>
+      </c>
+      <c r="H144">
+        <v>2009</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>62</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144" t="s">
+        <v>224</v>
+      </c>
+      <c r="M144" t="s">
+        <v>63</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>659</v>
+      </c>
+      <c r="P144" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>660</v>
+      </c>
+      <c r="B145" t="s">
+        <v>661</v>
+      </c>
+      <c r="C145" t="s">
+        <v>58</v>
+      </c>
+      <c r="D145" t="s">
+        <v>142</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2002</v>
+      </c>
+      <c r="I145">
+        <v>2004</v>
+      </c>
+      <c r="J145" t="s">
+        <v>62</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145" t="s">
+        <v>143</v>
+      </c>
+      <c r="M145" t="s">
+        <v>63</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>662</v>
+      </c>
+      <c r="P145" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>663</v>
+      </c>
+      <c r="B146" t="s">
+        <v>664</v>
+      </c>
+      <c r="C146" t="s">
+        <v>58</v>
+      </c>
+      <c r="D146" t="s">
+        <v>355</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>665</v>
+      </c>
+      <c r="H146"/>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>62</v>
+      </c>
+      <c r="K146" t="s">
+        <v>356</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>63</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>666</v>
+      </c>
+      <c r="P146" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>667</v>
+      </c>
+      <c r="B147" t="s">
+        <v>668</v>
+      </c>
+      <c r="C147" t="s">
+        <v>58</v>
+      </c>
+      <c r="D147" t="s">
+        <v>142</v>
+      </c>
+      <c r="E147" t="s">
         <v>51</v>
       </c>
-      <c r="G144">
-[...119 lines deleted...]
-      </c>
       <c r="F147" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>60</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
       </c>
       <c r="H147">
         <v>2012</v>
       </c>
-      <c r="I147" t="s">
-        <v>52</v>
+      <c r="I147">
+        <v>2012</v>
       </c>
       <c r="J147" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147"/>
       <c r="M147" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N147" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>669</v>
+      </c>
+      <c r="P147" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>474</v>
+        <v>667</v>
       </c>
       <c r="B148" t="s">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="C148" t="s">
-        <v>94</v>
+        <v>58</v>
       </c>
       <c r="D148" t="s">
-        <v>42</v>
+        <v>120</v>
       </c>
       <c r="E148" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F148" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>60</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
       </c>
       <c r="H148">
         <v>2012</v>
       </c>
-      <c r="I148" t="s">
-        <v>52</v>
+      <c r="I148">
+        <v>2012</v>
       </c>
       <c r="J148" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148"/>
       <c r="M148" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="N148" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>670</v>
+      </c>
+      <c r="P148" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>477</v>
+        <v>671</v>
       </c>
       <c r="B149" t="s">
-        <v>478</v>
+        <v>672</v>
       </c>
       <c r="C149" t="s">
-        <v>479</v>
+        <v>673</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>674</v>
       </c>
       <c r="E149" t="s">
-        <v>480</v>
+        <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="G149">
+        <v>675</v>
+      </c>
+      <c r="G149" t="s">
+        <v>8</v>
+      </c>
+      <c r="H149">
         <v>2015</v>
       </c>
-      <c r="H149">
+      <c r="I149">
         <v>2024</v>
       </c>
-      <c r="I149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J149" t="s">
-        <v>29</v>
+        <v>676</v>
       </c>
       <c r="K149" t="s">
-        <v>483</v>
+        <v>34</v>
       </c>
       <c r="L149" t="s">
-        <v>484</v>
+        <v>677</v>
       </c>
       <c r="M149" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N149" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>679</v>
+      </c>
+      <c r="P149" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>486</v>
+        <v>681</v>
       </c>
       <c r="B150" t="s">
-        <v>48</v>
+        <v>682</v>
       </c>
       <c r="C150" t="s">
-        <v>170</v>
+        <v>58</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>219</v>
       </c>
       <c r="E150" t="s">
-        <v>480</v>
+        <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="G150">
+        <v>675</v>
+      </c>
+      <c r="G150" t="s">
+        <v>8</v>
+      </c>
+      <c r="H150">
         <v>2004</v>
       </c>
-      <c r="H150">
+      <c r="I150">
         <v>2024</v>
       </c>
-      <c r="I150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J150" t="s">
-        <v>29</v>
+        <v>676</v>
       </c>
       <c r="K150" t="s">
-        <v>487</v>
+        <v>34</v>
       </c>
       <c r="L150" t="s">
-        <v>484</v>
+        <v>683</v>
       </c>
       <c r="M150" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N150" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>684</v>
+      </c>
+      <c r="P150" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>489</v>
+        <v>685</v>
       </c>
       <c r="B151" t="s">
-        <v>478</v>
+        <v>686</v>
       </c>
       <c r="C151" t="s">
-        <v>49</v>
+        <v>673</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E151" t="s">
-        <v>490</v>
+        <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G151">
+        <v>687</v>
+      </c>
+      <c r="G151" t="s">
+        <v>688</v>
+      </c>
+      <c r="H151">
         <v>2024</v>
       </c>
-      <c r="H151"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I151"/>
       <c r="J151" t="s">
-        <v>29</v>
+        <v>676</v>
       </c>
       <c r="K151" t="s">
-        <v>491</v>
+        <v>34</v>
       </c>
       <c r="L151" t="s">
-        <v>484</v>
+        <v>689</v>
       </c>
       <c r="M151" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N151" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>690</v>
+      </c>
+      <c r="P151" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>493</v>
+        <v>691</v>
       </c>
       <c r="B152" t="s">
-        <v>478</v>
+        <v>692</v>
       </c>
       <c r="C152" t="s">
-        <v>494</v>
+        <v>673</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>693</v>
       </c>
       <c r="E152" t="s">
-        <v>495</v>
+        <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G152">
+        <v>694</v>
+      </c>
+      <c r="G152" t="s">
+        <v>688</v>
+      </c>
+      <c r="H152">
         <v>2024</v>
       </c>
-      <c r="H152"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I152"/>
       <c r="J152" t="s">
-        <v>29</v>
+        <v>676</v>
       </c>
       <c r="K152" t="s">
-        <v>496</v>
+        <v>34</v>
       </c>
       <c r="L152" t="s">
-        <v>484</v>
+        <v>695</v>
       </c>
       <c r="M152" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N152" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>696</v>
+      </c>
+      <c r="P152" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>498</v>
+        <v>697</v>
       </c>
       <c r="B153" t="s">
-        <v>48</v>
+        <v>698</v>
       </c>
       <c r="C153" t="s">
-        <v>499</v>
+        <v>58</v>
       </c>
       <c r="D153" t="s">
-        <v>17</v>
+        <v>699</v>
       </c>
       <c r="E153" t="s">
-        <v>490</v>
+        <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="G153">
+        <v>687</v>
+      </c>
+      <c r="G153" t="s">
+        <v>8</v>
+      </c>
+      <c r="H153">
         <v>2011</v>
       </c>
-      <c r="H153">
+      <c r="I153">
         <v>2024</v>
       </c>
-      <c r="I153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J153" t="s">
-        <v>29</v>
+        <v>676</v>
       </c>
       <c r="K153" t="s">
-        <v>500</v>
+        <v>34</v>
       </c>
       <c r="L153" t="s">
-        <v>484</v>
+        <v>700</v>
       </c>
       <c r="M153" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N153" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>701</v>
+      </c>
+      <c r="P153" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>502</v>
+        <v>703</v>
       </c>
       <c r="B154" t="s">
-        <v>15</v>
+        <v>704</v>
       </c>
       <c r="C154" t="s">
-        <v>503</v>
+        <v>18</v>
       </c>
       <c r="D154" t="s">
-        <v>42</v>
+        <v>705</v>
       </c>
       <c r="E154" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F154" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G154">
+        <v>60</v>
+      </c>
+      <c r="G154" t="s">
+        <v>61</v>
+      </c>
+      <c r="H154">
         <v>2013</v>
       </c>
-      <c r="H154"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I154"/>
       <c r="J154" t="s">
-        <v>29</v>
+        <v>254</v>
       </c>
       <c r="K154" t="s">
-        <v>504</v>
+        <v>34</v>
       </c>
       <c r="L154" t="s">
-        <v>505</v>
+        <v>706</v>
       </c>
       <c r="M154" t="s">
-        <v>24</v>
+        <v>707</v>
       </c>
       <c r="N154" t="s">
-        <v>506</v>
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>708</v>
+      </c>
+      <c r="P154" t="s">
+        <v>709</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>