--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,182 +12,201 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -451,237 +470,258 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="148" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="582.715" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="121.399" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>30</v>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>