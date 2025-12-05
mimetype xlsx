--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,341 +12,408 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -610,581 +677,650 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="665.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>74</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...24 lines deleted...]
-        <v>32</v>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>80</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" t="s">
+        <v>82</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>85</v>
+      </c>
+      <c r="O8" t="s">
+        <v>86</v>
+      </c>
+      <c r="P8" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...40 lines deleted...]
-        <v>41</v>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" t="s">
+        <v>89</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>90</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>82</v>
+      </c>
+      <c r="L9" t="s">
+        <v>91</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>85</v>
+      </c>
+      <c r="O9" t="s">
+        <v>92</v>
+      </c>
+      <c r="P9" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-      <c r="A5" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>96</v>
+      </c>
+      <c r="E10" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...222 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>80</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2018</v>
       </c>
-      <c r="I10" t="s">
-        <v>66</v>
+      <c r="I10">
+        <v>2018</v>
       </c>
       <c r="J10" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="K10" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="M10" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="N10" t="s">
-        <v>79</v>
+        <v>85</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
         <v>80</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>81</v>
-      </c>
-[...17 lines deleted...]
-        <v>67</v>
       </c>
       <c r="K11" t="s">
         <v>82</v>
       </c>
       <c r="L11" t="s">
-        <v>69</v>
+        <v>103</v>
       </c>
       <c r="M11" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="N11" t="s">
-        <v>83</v>
+        <v>85</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>