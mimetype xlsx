--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,248 +12,285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,371 +554,410 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="725.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>32</v>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...30 lines deleted...]
-        <v>41</v>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-      <c r="A5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...14 lines deleted...]
-      <c r="G5">
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2001</v>
       </c>
-      <c r="H5">
-[...43 lines deleted...]
-      <c r="H6">
+      <c r="I6">
         <v>2014</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L6" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>52</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>