--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,284 +12,334 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
+  </si>
+  <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -553,457 +603,508 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="713.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1995</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>75</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1982</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...257 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="N8" t="s">
-        <v>64</v>
+        <v>78</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>