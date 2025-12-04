--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,197 +12,220 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -466,239 +489,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="121" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="338.489" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...33 lines deleted...]
-        <v>35</v>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>