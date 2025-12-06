--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,314 +12,375 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -583,675 +644,706 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="504.877" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...11 lines deleted...]
-      <c r="H3">
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2011</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2007</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>72</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...11 lines deleted...]
-      <c r="M3" t="s">
+      <c r="J12" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...270 lines deleted...]
-      <c r="C10" t="s">
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...162 lines deleted...]
-        <v>72</v>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>