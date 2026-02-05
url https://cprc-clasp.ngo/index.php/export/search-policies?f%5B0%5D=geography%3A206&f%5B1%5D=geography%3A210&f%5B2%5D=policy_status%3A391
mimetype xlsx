--- v1 (2025-12-06)
+++ v2 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -114,50 +114,53 @@
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -201,65 +204,50 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
-  </si>
-[...13 lines deleted...]
-    <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
@@ -644,65 +632,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P12"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="504.877" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -790,524 +778,476 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2008</v>
       </c>
       <c r="I8">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
       <c r="M8" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I9">
         <v>2011</v>
       </c>
       <c r="J9" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="M9" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="I10">
         <v>2011</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M10" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="I11">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J11" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
-[...6 lines deleted...]
-      <c r="B12" t="s">
         <v>88</v>
-      </c>
-[...40 lines deleted...]
-        <v>92</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">