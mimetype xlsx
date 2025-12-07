--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,480 +12,637 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -749,1259 +906,1424 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="504.877" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>78</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>100</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>71</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>115</v>
+      </c>
+      <c r="M16" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>71</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>71</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>128</v>
+      </c>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>100</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2011</v>
+      </c>
+      <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>134</v>
+      </c>
+      <c r="M19" t="s">
+        <v>129</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D20" t="s">
+        <v>70</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>127</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>138</v>
+      </c>
+      <c r="M20" t="s">
+        <v>129</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>126</v>
+      </c>
+      <c r="D21" t="s">
+        <v>70</v>
+      </c>
+      <c r="E21" t="s">
+        <v>100</v>
+      </c>
+      <c r="F21" t="s">
+        <v>42</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2007</v>
+      </c>
+      <c r="I21">
+        <v>2011</v>
+      </c>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>143</v>
+      </c>
+      <c r="M21" t="s">
+        <v>129</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C22" t="s">
+        <v>126</v>
+      </c>
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>149</v>
+      </c>
+      <c r="G22" t="s">
+        <v>71</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>127</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>150</v>
+      </c>
+      <c r="M22" t="s">
+        <v>129</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>126</v>
+      </c>
+      <c r="D23" t="s">
+        <v>89</v>
+      </c>
+      <c r="E23" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" t="s">
+        <v>42</v>
+      </c>
+      <c r="G23" t="s">
+        <v>71</v>
+      </c>
+      <c r="H23">
+        <v>2007</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>155</v>
+      </c>
+      <c r="M23" t="s">
+        <v>129</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>156</v>
+      </c>
+      <c r="P23" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" t="s">
+        <v>160</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>71</v>
+      </c>
+      <c r="H24">
+        <v>2007</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>155</v>
+      </c>
+      <c r="M24" t="s">
+        <v>129</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>162</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>126</v>
+      </c>
+      <c r="D25" t="s">
+        <v>164</v>
+      </c>
+      <c r="E25" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" t="s">
+        <v>42</v>
+      </c>
+      <c r="G25" t="s">
+        <v>71</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>165</v>
+      </c>
+      <c r="M25" t="s">
+        <v>129</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C26" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>71</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>127</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>165</v>
+      </c>
+      <c r="M26" t="s">
+        <v>129</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>171</v>
+      </c>
+      <c r="B27" t="s">
+        <v>172</v>
+      </c>
+      <c r="C27" t="s">
+        <v>126</v>
+      </c>
+      <c r="D27" t="s">
+        <v>148</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...1021 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="K27" t="s">
-        <v>123</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>94</v>
+        <v>173</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N27" t="s">
-        <v>124</v>
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>