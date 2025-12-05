--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -12,371 +12,480 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
+  </si>
+  <si>
+    <t>Ministerio de Industria, Energía y Minería</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...31 lines deleted...]
-  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,877 +749,986 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="639.273" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2016</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>59</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>61</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>70</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...23 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>84</v>
+      </c>
+      <c r="F12" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...385 lines deleted...]
-    <row r="13" spans="1:14">
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
         <v>75</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>67</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13">
         <v>2007</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
+        <v>77</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>79</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>85</v>
+      </c>
+      <c r="G14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>79</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" t="s">
+        <v>113</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
+      <c r="G15" t="s">
+        <v>57</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>77</v>
       </c>
-      <c r="L13" t="s">
-[...6 lines deleted...]
-        <v>78</v>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>79</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
       </c>
     </row>
-    <row r="14" spans="1:14">
-      <c r="A14" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>84</v>
+      </c>
+      <c r="F16" t="s">
+        <v>85</v>
+      </c>
+      <c r="G16" t="s">
+        <v>57</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>86</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
         <v>79</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="D14" t="s">
-[...15 lines deleted...]
-      <c r="J14" t="s">
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
+        <v>50</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...9 lines deleted...]
-        <v>81</v>
+      <c r="G17" t="s">
+        <v>57</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>77</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>118</v>
+      </c>
+      <c r="M17" t="s">
+        <v>79</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
       </c>
     </row>
-    <row r="15" spans="1:14">
-[...125 lines deleted...]
-    <row r="18" spans="1:14">
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="B18" t="s">
-        <v>56</v>
+        <v>125</v>
       </c>
       <c r="C18" t="s">
         <v>75</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2014</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2018</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="K18" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>60</v>
+        <v>126</v>
       </c>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N18" t="s">
-        <v>93</v>
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>