--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -257,72 +257,75 @@
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
@@ -772,51 +775,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="639.273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1258,441 +1261,441 @@
       <c r="H10">
         <v>2008</v>
       </c>
       <c r="I10">
         <v>2011</v>
       </c>
       <c r="J10" t="s">
         <v>86</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>87</v>
       </c>
       <c r="M10" t="s">
         <v>79</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
         <v>88</v>
       </c>
       <c r="P10" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
         <v>75</v>
       </c>
       <c r="D11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2009</v>
       </c>
       <c r="I11">
         <v>2011</v>
       </c>
       <c r="J11" t="s">
         <v>77</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M11" t="s">
         <v>79</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
         <v>75</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
         <v>84</v>
       </c>
       <c r="F12" t="s">
         <v>85</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12">
         <v>2011</v>
       </c>
       <c r="J12" t="s">
         <v>86</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M12" t="s">
         <v>79</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>75</v>
       </c>
       <c r="D13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>67</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
       <c r="H13">
         <v>2007</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>77</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M13" t="s">
         <v>79</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C14" t="s">
         <v>75</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>84</v>
       </c>
       <c r="F14" t="s">
         <v>85</v>
       </c>
       <c r="G14" t="s">
         <v>57</v>
       </c>
       <c r="H14">
         <v>2007</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>86</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M14" t="s">
         <v>79</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
         <v>75</v>
       </c>
       <c r="D15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>57</v>
       </c>
       <c r="H15">
         <v>2007</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>77</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M15" t="s">
         <v>79</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C16" t="s">
         <v>75</v>
       </c>
       <c r="D16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E16" t="s">
         <v>84</v>
       </c>
       <c r="F16" t="s">
         <v>85</v>
       </c>
       <c r="G16" t="s">
         <v>57</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>86</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M16" t="s">
         <v>79</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C17" t="s">
         <v>75</v>
       </c>
       <c r="D17" t="s">
         <v>50</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>57</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>77</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M17" t="s">
         <v>79</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
         <v>75</v>
       </c>
       <c r="D18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18">
         <v>2018</v>
       </c>
       <c r="J18" t="s">
         <v>77</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M18" t="s">
         <v>79</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">