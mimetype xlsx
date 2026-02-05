--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -257,51 +257,51 @@
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
@@ -712,51 +712,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="639.273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">