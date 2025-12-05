--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,358 +12,459 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -627,835 +728,940 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="160" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="M2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2024</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2011</v>
+      </c>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>50</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>42</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>74</v>
+      </c>
+      <c r="M10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>50</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>42</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>39</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M12" t="s">
+        <v>42</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>66</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>49</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>42</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>49</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>98</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...9 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D15" t="s">
+        <v>55</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="K3" t="s">
+      <c r="F15" t="s">
+        <v>67</v>
+      </c>
+      <c r="G15" t="s">
+        <v>39</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>98</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
         <v>26</v>
       </c>
-      <c r="L3" t="s">
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>98</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="M3" t="s">
-[...176 lines deleted...]
-      <c r="N7" t="s">
+      <c r="G17" t="s">
         <v>49</v>
       </c>
-    </row>
-[...229 lines deleted...]
-      <c r="G13">
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
         <v>2014</v>
       </c>
-      <c r="H13">
-[...178 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="K17" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="M17" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="N17" t="s">
-        <v>86</v>
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>