--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -147,75 +147,78 @@
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...22 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
@@ -751,51 +754,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -993,639 +996,639 @@
       <c r="H5">
         <v>2008</v>
       </c>
       <c r="I5">
         <v>2011</v>
       </c>
       <c r="J5" t="s">
         <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>42</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>49</v>
       </c>
       <c r="H6">
         <v>2009</v>
       </c>
       <c r="I6">
         <v>2011</v>
       </c>
       <c r="J6" t="s">
         <v>40</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
         <v>42</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>49</v>
       </c>
       <c r="H7">
         <v>2007</v>
       </c>
       <c r="I7">
         <v>2011</v>
       </c>
       <c r="J7" t="s">
         <v>50</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
         <v>42</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
         <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
       <c r="H8">
         <v>2007</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>40</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M8" t="s">
         <v>42</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>39</v>
       </c>
       <c r="H9">
         <v>2007</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>50</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M9" t="s">
         <v>42</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>39</v>
       </c>
       <c r="H10">
         <v>2007</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>40</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M10" t="s">
         <v>42</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>39</v>
       </c>
       <c r="H11">
         <v>2009</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>50</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M11" t="s">
         <v>42</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>39</v>
       </c>
       <c r="H12">
         <v>2009</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>40</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M12" t="s">
         <v>42</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>49</v>
       </c>
       <c r="H13">
         <v>2014</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
         <v>40</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M13" t="s">
         <v>42</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>49</v>
       </c>
       <c r="H14">
         <v>2010</v>
       </c>
       <c r="I14">
         <v>2014</v>
       </c>
       <c r="J14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M14" t="s">
         <v>25</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M15" t="s">
         <v>25</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M16" t="s">
         <v>25</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17">
         <v>2014</v>
       </c>
       <c r="J17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M17" t="s">
         <v>25</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">