--- v0 (2025-12-29)
+++ v1 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -579,66 +579,69 @@
   <si>
     <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
@@ -1165,51 +1168,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2643,639 +2646,639 @@
       <c r="H31">
         <v>2008</v>
       </c>
       <c r="I31">
         <v>2011</v>
       </c>
       <c r="J31" t="s">
         <v>191</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
         <v>192</v>
       </c>
       <c r="M31" t="s">
         <v>186</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
         <v>193</v>
       </c>
       <c r="P31" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B32" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C32" t="s">
         <v>183</v>
       </c>
       <c r="D32" t="s">
         <v>92</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>54</v>
       </c>
       <c r="H32">
         <v>2009</v>
       </c>
       <c r="I32">
         <v>2011</v>
       </c>
       <c r="J32" t="s">
         <v>184</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="M32" t="s">
         <v>186</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P32" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B33" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C33" t="s">
         <v>183</v>
       </c>
       <c r="D33" t="s">
         <v>92</v>
       </c>
       <c r="E33" t="s">
         <v>33</v>
       </c>
       <c r="F33" t="s">
         <v>150</v>
       </c>
       <c r="G33" t="s">
         <v>54</v>
       </c>
       <c r="H33">
         <v>2007</v>
       </c>
       <c r="I33">
         <v>2011</v>
       </c>
       <c r="J33" t="s">
         <v>191</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M33" t="s">
         <v>186</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P33" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B34" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C34" t="s">
         <v>183</v>
       </c>
       <c r="D34" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G34" t="s">
         <v>34</v>
       </c>
       <c r="H34">
         <v>2007</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>184</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M34" t="s">
         <v>186</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P34" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C35" t="s">
         <v>183</v>
       </c>
       <c r="D35" t="s">
         <v>32</v>
       </c>
       <c r="E35" t="s">
         <v>33</v>
       </c>
       <c r="F35" t="s">
         <v>150</v>
       </c>
       <c r="G35" t="s">
         <v>34</v>
       </c>
       <c r="H35">
         <v>2007</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>191</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M35" t="s">
         <v>186</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P35" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B36" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C36" t="s">
         <v>183</v>
       </c>
       <c r="D36" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>34</v>
       </c>
       <c r="H36">
         <v>2007</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>184</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M36" t="s">
         <v>186</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P36" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B37" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E37" t="s">
         <v>33</v>
       </c>
       <c r="F37" t="s">
         <v>150</v>
       </c>
       <c r="G37" t="s">
         <v>34</v>
       </c>
       <c r="H37">
         <v>2009</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>191</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M37" t="s">
         <v>186</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P37" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B38" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C38" t="s">
         <v>183</v>
       </c>
       <c r="D38" t="s">
         <v>119</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>34</v>
       </c>
       <c r="H38">
         <v>2009</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>184</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M38" t="s">
         <v>186</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P38" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B39" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C39" t="s">
         <v>183</v>
       </c>
       <c r="D39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>54</v>
       </c>
       <c r="H39">
         <v>2014</v>
       </c>
       <c r="I39">
         <v>2018</v>
       </c>
       <c r="J39" t="s">
         <v>184</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M39" t="s">
         <v>186</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P39" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B40" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>32</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>54</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="M40" t="s">
         <v>25</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P40" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B41" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>92</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G41" t="s">
         <v>34</v>
       </c>
       <c r="H41">
         <v>2014</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M41" t="s">
         <v>25</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P41" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G42" t="s">
         <v>54</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
       <c r="I42">
         <v>2014</v>
       </c>
       <c r="J42" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M42" t="s">
         <v>25</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P42" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>54</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43">
         <v>2014</v>
       </c>
       <c r="J43" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M43" t="s">
         <v>25</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P43" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">