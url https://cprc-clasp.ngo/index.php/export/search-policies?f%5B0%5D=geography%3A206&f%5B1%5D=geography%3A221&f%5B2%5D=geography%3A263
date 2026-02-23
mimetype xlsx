--- v0 (2025-12-11)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="770">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="771">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2169,63 +2169,66 @@
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
@@ -2740,51 +2743,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -9320,639 +9323,639 @@
       <c r="H136">
         <v>2008</v>
       </c>
       <c r="I136">
         <v>2011</v>
       </c>
       <c r="J136" t="s">
         <v>57</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
         <v>709</v>
       </c>
       <c r="M136" t="s">
         <v>704</v>
       </c>
       <c r="N136" t="s">
         <v>26</v>
       </c>
       <c r="O136" t="s">
         <v>710</v>
       </c>
       <c r="P136" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B137" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C137" t="s">
         <v>702</v>
       </c>
       <c r="D137" t="s">
         <v>131</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>70</v>
       </c>
       <c r="H137">
         <v>2009</v>
       </c>
       <c r="I137">
         <v>2011</v>
       </c>
       <c r="J137" t="s">
         <v>355</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="M137" t="s">
         <v>704</v>
       </c>
       <c r="N137" t="s">
         <v>26</v>
       </c>
       <c r="O137" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="P137" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B138" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C138" t="s">
         <v>702</v>
       </c>
       <c r="D138" t="s">
         <v>131</v>
       </c>
       <c r="E138" t="s">
         <v>377</v>
       </c>
       <c r="F138" t="s">
         <v>64</v>
       </c>
       <c r="G138" t="s">
         <v>70</v>
       </c>
       <c r="H138">
         <v>2007</v>
       </c>
       <c r="I138">
         <v>2011</v>
       </c>
       <c r="J138" t="s">
         <v>57</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="M138" t="s">
         <v>704</v>
       </c>
       <c r="N138" t="s">
         <v>26</v>
       </c>
       <c r="O138" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="P138" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B139" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C139" t="s">
         <v>702</v>
       </c>
       <c r="D139" t="s">
         <v>49</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>33</v>
       </c>
       <c r="G139" t="s">
         <v>34</v>
       </c>
       <c r="H139">
         <v>2007</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
         <v>355</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="M139" t="s">
         <v>704</v>
       </c>
       <c r="N139" t="s">
         <v>26</v>
       </c>
       <c r="O139" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="P139" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B140" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C140" t="s">
         <v>702</v>
       </c>
       <c r="D140" t="s">
         <v>190</v>
       </c>
       <c r="E140" t="s">
         <v>377</v>
       </c>
       <c r="F140" t="s">
         <v>64</v>
       </c>
       <c r="G140" t="s">
         <v>34</v>
       </c>
       <c r="H140">
         <v>2007</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
         <v>57</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="M140" t="s">
         <v>704</v>
       </c>
       <c r="N140" t="s">
         <v>26</v>
       </c>
       <c r="O140" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="P140" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B141" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C141" t="s">
         <v>702</v>
       </c>
       <c r="D141" t="s">
         <v>240</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>34</v>
       </c>
       <c r="H141">
         <v>2007</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>355</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="M141" t="s">
         <v>704</v>
       </c>
       <c r="N141" t="s">
         <v>26</v>
       </c>
       <c r="O141" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="P141" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B142" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C142" t="s">
         <v>702</v>
       </c>
       <c r="D142" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="E142" t="s">
         <v>377</v>
       </c>
       <c r="F142" t="s">
         <v>64</v>
       </c>
       <c r="G142" t="s">
         <v>34</v>
       </c>
       <c r="H142">
         <v>2009</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>57</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="M142" t="s">
         <v>704</v>
       </c>
       <c r="N142" t="s">
         <v>26</v>
       </c>
       <c r="O142" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="P142" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B143" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C143" t="s">
         <v>702</v>
       </c>
       <c r="D143" t="s">
         <v>32</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>34</v>
       </c>
       <c r="H143">
         <v>2009</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
         <v>355</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="M143" t="s">
         <v>704</v>
       </c>
       <c r="N143" t="s">
         <v>26</v>
       </c>
       <c r="O143" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="P143" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B144" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C144" t="s">
         <v>702</v>
       </c>
       <c r="D144" t="s">
         <v>49</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
         <v>70</v>
       </c>
       <c r="H144">
         <v>2014</v>
       </c>
       <c r="I144">
         <v>2018</v>
       </c>
       <c r="J144" t="s">
         <v>355</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="M144" t="s">
         <v>704</v>
       </c>
       <c r="N144" t="s">
         <v>26</v>
       </c>
       <c r="O144" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="P144" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B145" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C145" t="s">
         <v>18</v>
       </c>
       <c r="D145" t="s">
         <v>190</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
         <v>70</v>
       </c>
       <c r="H145">
         <v>2010</v>
       </c>
       <c r="I145">
         <v>2014</v>
       </c>
       <c r="J145" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="M145" t="s">
         <v>25</v>
       </c>
       <c r="N145" t="s">
         <v>26</v>
       </c>
       <c r="O145" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="P145" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B146" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C146" t="s">
         <v>18</v>
       </c>
       <c r="D146" t="s">
         <v>131</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>33</v>
       </c>
       <c r="G146" t="s">
         <v>34</v>
       </c>
       <c r="H146">
         <v>2014</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="M146" t="s">
         <v>25</v>
       </c>
       <c r="N146" t="s">
         <v>26</v>
       </c>
       <c r="O146" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="P146" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B147" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C147" t="s">
         <v>18</v>
       </c>
       <c r="D147" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>33</v>
       </c>
       <c r="G147" t="s">
         <v>70</v>
       </c>
       <c r="H147">
         <v>2012</v>
       </c>
       <c r="I147">
         <v>2014</v>
       </c>
       <c r="J147" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="M147" t="s">
         <v>25</v>
       </c>
       <c r="N147" t="s">
         <v>26</v>
       </c>
       <c r="O147" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="P147" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B148" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C148" t="s">
         <v>18</v>
       </c>
       <c r="D148" t="s">
         <v>227</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>70</v>
       </c>
       <c r="H148">
         <v>2012</v>
       </c>
       <c r="I148">
         <v>2014</v>
       </c>
       <c r="J148" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="M148" t="s">
         <v>25</v>
       </c>
       <c r="N148" t="s">
         <v>26</v>
       </c>
       <c r="O148" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="P148" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">