--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,317 +12,408 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers, Freezers-only</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...4 lines deleted...]
-  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -586,793 +677,892 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2011</v>
+      </c>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" t="s">
+        <v>56</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M10" t="s">
+        <v>56</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2007</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>79</v>
+      </c>
+      <c r="M11" t="s">
+        <v>56</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M12" t="s">
+        <v>56</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D13" t="s">
+        <v>89</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>54</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>84</v>
+      </c>
+      <c r="M13" t="s">
+        <v>56</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>90</v>
+      </c>
+      <c r="P13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K14" t="s">
         <v>24</v>
       </c>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
+        <v>56</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>32</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>54</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>94</v>
+      </c>
+      <c r="M15" t="s">
+        <v>56</v>
+      </c>
+      <c r="N15" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>30</v>
+      <c r="O15" t="s">
+        <v>99</v>
+      </c>
+      <c r="P15" t="s">
+        <v>96</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>32</v>
       </c>
-      <c r="F4" t="s">
-[...23 lines deleted...]
-      <c r="N4" t="s">
+      <c r="G16" t="s">
         <v>33</v>
       </c>
-    </row>
-[...217 lines deleted...]
-      <c r="A10" t="s">
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
         <v>54</v>
       </c>
-      <c r="B10" t="s">
-[...35 lines deleted...]
-      <c r="N10" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>102</v>
+      </c>
+      <c r="M16" t="s">
         <v>56</v>
       </c>
-    </row>
-[...249 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>75</v>
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>103</v>
+      </c>
+      <c r="P16" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>