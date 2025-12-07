--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -12,371 +12,396 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
+    <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
+    <t>UNIT 1155:2007, IEC 60064</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
+    <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
-[...40 lines deleted...]
-  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,827 +665,726 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="330.205" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7"/>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...293 lines deleted...]
-    <row r="10" spans="1:14">
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>68</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="F10" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="K10" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="N10" t="s">
-        <v>70</v>
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
         <v>68</v>
       </c>
       <c r="D11" t="s">
-        <v>61</v>
+        <v>89</v>
       </c>
       <c r="E11" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2007</v>
       </c>
-      <c r="H11">
-[...4 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
+        <v>43</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>70</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>82</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>70</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...79 lines deleted...]
-      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="K13" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="N13" t="s">
-        <v>80</v>
-[...169 lines deleted...]
-        <v>93</v>
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>