--- v1 (2025-12-07)
+++ v2 (2026-02-10)
@@ -230,51 +230,51 @@
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
 -Rated power between 5 W and 110 W inclusive;
 -Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
 -Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
   </si>