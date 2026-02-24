--- v0 (2025-12-04)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1501">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1093,60 +1093,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
@@ -4498,63 +4499,66 @@
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
@@ -5024,51 +5028,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P314"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -8260,55 +8264,53 @@
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>339</v>
       </c>
       <c r="B70" t="s">
         <v>340</v>
       </c>
       <c r="C70" t="s">
         <v>146</v>
       </c>
       <c r="D70" t="s">
         <v>341</v>
       </c>
       <c r="E70" t="s">
         <v>63</v>
       </c>
       <c r="F70" t="s">
         <v>205</v>
       </c>
       <c r="G70" t="s">
         <v>342</v>
       </c>
       <c r="H70">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
         <v>343</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
         <v>344</v>
       </c>
       <c r="M70" t="s">
         <v>345</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
         <v>346</v>
       </c>
       <c r="P70" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>348</v>
@@ -19460,529 +19462,529 @@
       <c r="H304">
         <v>2008</v>
       </c>
       <c r="I304">
         <v>2011</v>
       </c>
       <c r="J304" t="s">
         <v>561</v>
       </c>
       <c r="K304" t="s">
         <v>24</v>
       </c>
       <c r="L304" t="s">
         <v>1452</v>
       </c>
       <c r="M304" t="s">
         <v>1447</v>
       </c>
       <c r="N304" t="s">
         <v>27</v>
       </c>
       <c r="O304" t="s">
         <v>1453</v>
       </c>
       <c r="P304" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="B305" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="C305" t="s">
         <v>1445</v>
       </c>
       <c r="D305" t="s">
         <v>505</v>
       </c>
       <c r="E305" t="s">
         <v>63</v>
       </c>
       <c r="F305" t="s">
         <v>205</v>
       </c>
       <c r="G305" t="s">
         <v>22</v>
       </c>
       <c r="H305">
         <v>2009</v>
       </c>
       <c r="I305">
         <v>2011</v>
       </c>
       <c r="J305" t="s">
         <v>56</v>
       </c>
       <c r="K305" t="s">
         <v>24</v>
       </c>
       <c r="L305" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="M305" t="s">
         <v>1447</v>
       </c>
       <c r="N305" t="s">
         <v>27</v>
       </c>
       <c r="O305" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="P305" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="B306" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="C306" t="s">
         <v>1445</v>
       </c>
       <c r="D306" t="s">
         <v>505</v>
       </c>
       <c r="E306" t="s">
         <v>20</v>
       </c>
       <c r="F306" t="s">
         <v>64</v>
       </c>
       <c r="G306" t="s">
         <v>22</v>
       </c>
       <c r="H306">
         <v>2007</v>
       </c>
       <c r="I306">
         <v>2011</v>
       </c>
       <c r="J306" t="s">
         <v>561</v>
       </c>
       <c r="K306" t="s">
         <v>24</v>
       </c>
       <c r="L306" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="M306" t="s">
         <v>1447</v>
       </c>
       <c r="N306" t="s">
         <v>27</v>
       </c>
       <c r="O306" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="P306" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="B307" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="C307" t="s">
         <v>1445</v>
       </c>
       <c r="D307" t="s">
         <v>544</v>
       </c>
       <c r="E307" t="s">
         <v>63</v>
       </c>
       <c r="F307" t="s">
         <v>437</v>
       </c>
       <c r="G307" t="s">
         <v>44</v>
       </c>
       <c r="H307">
         <v>2007</v>
       </c>
       <c r="I307"/>
       <c r="J307" t="s">
         <v>56</v>
       </c>
       <c r="K307" t="s">
         <v>24</v>
       </c>
       <c r="L307" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="M307" t="s">
         <v>1447</v>
       </c>
       <c r="N307" t="s">
         <v>27</v>
       </c>
       <c r="O307" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="P307" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B308" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="C308" t="s">
         <v>1445</v>
       </c>
       <c r="D308" t="s">
         <v>496</v>
       </c>
       <c r="E308" t="s">
         <v>20</v>
       </c>
       <c r="F308" t="s">
         <v>64</v>
       </c>
       <c r="G308" t="s">
         <v>44</v>
       </c>
       <c r="H308">
         <v>2007</v>
       </c>
       <c r="I308"/>
       <c r="J308" t="s">
         <v>561</v>
       </c>
       <c r="K308" t="s">
         <v>24</v>
       </c>
       <c r="L308" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="M308" t="s">
         <v>1447</v>
       </c>
       <c r="N308" t="s">
         <v>27</v>
       </c>
       <c r="O308" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="P308" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="309" spans="1:16">
       <c r="A309" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B309" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C309" t="s">
         <v>1445</v>
       </c>
       <c r="D309" t="s">
         <v>893</v>
       </c>
       <c r="E309" t="s">
         <v>63</v>
       </c>
       <c r="F309" t="s">
         <v>205</v>
       </c>
       <c r="G309" t="s">
         <v>44</v>
       </c>
       <c r="H309">
         <v>2007</v>
       </c>
       <c r="I309"/>
       <c r="J309" t="s">
         <v>56</v>
       </c>
       <c r="K309" t="s">
         <v>24</v>
       </c>
       <c r="L309" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="M309" t="s">
         <v>1447</v>
       </c>
       <c r="N309" t="s">
         <v>27</v>
       </c>
       <c r="O309" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="P309" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="310" spans="1:16">
       <c r="A310" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B310" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="C310" t="s">
         <v>1445</v>
       </c>
       <c r="D310" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="E310" t="s">
         <v>20</v>
       </c>
       <c r="F310" t="s">
         <v>64</v>
       </c>
       <c r="G310" t="s">
         <v>44</v>
       </c>
       <c r="H310">
         <v>2009</v>
       </c>
       <c r="I310"/>
       <c r="J310" t="s">
         <v>561</v>
       </c>
       <c r="K310" t="s">
         <v>24</v>
       </c>
       <c r="L310" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="M310" t="s">
         <v>1447</v>
       </c>
       <c r="N310" t="s">
         <v>27</v>
       </c>
       <c r="O310" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="P310" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="311" spans="1:16">
       <c r="A311" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="B311" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="C311" t="s">
         <v>1445</v>
       </c>
       <c r="D311" t="s">
         <v>436</v>
       </c>
       <c r="E311" t="s">
         <v>63</v>
       </c>
       <c r="F311" t="s">
         <v>205</v>
       </c>
       <c r="G311" t="s">
         <v>44</v>
       </c>
       <c r="H311">
         <v>2009</v>
       </c>
       <c r="I311"/>
       <c r="J311" t="s">
         <v>56</v>
       </c>
       <c r="K311" t="s">
         <v>24</v>
       </c>
       <c r="L311" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="M311" t="s">
         <v>1447</v>
       </c>
       <c r="N311" t="s">
         <v>27</v>
       </c>
       <c r="O311" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="P311" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="B312" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="C312" t="s">
         <v>1445</v>
       </c>
       <c r="D312" t="s">
         <v>544</v>
       </c>
       <c r="E312" t="s">
         <v>63</v>
       </c>
       <c r="F312" t="s">
         <v>205</v>
       </c>
       <c r="G312" t="s">
         <v>22</v>
       </c>
       <c r="H312">
         <v>2014</v>
       </c>
       <c r="I312">
         <v>2018</v>
       </c>
       <c r="J312" t="s">
         <v>56</v>
       </c>
       <c r="K312" t="s">
         <v>24</v>
       </c>
       <c r="L312" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="M312" t="s">
         <v>1447</v>
       </c>
       <c r="N312" t="s">
         <v>27</v>
       </c>
       <c r="O312" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="P312" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="B313" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="C313" t="s">
         <v>18</v>
       </c>
       <c r="D313" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="E313" t="s">
         <v>20</v>
       </c>
       <c r="F313" t="s">
         <v>205</v>
       </c>
       <c r="G313" t="s">
         <v>44</v>
       </c>
       <c r="H313">
         <v>2014</v>
       </c>
       <c r="I313"/>
       <c r="J313" t="s">
         <v>38</v>
       </c>
       <c r="K313" t="s">
         <v>24</v>
       </c>
       <c r="L313"/>
       <c r="M313"/>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="P313" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="B314" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="C314" t="s">
         <v>146</v>
       </c>
       <c r="D314" t="s">
         <v>37</v>
       </c>
       <c r="E314" t="s">
         <v>20</v>
       </c>
       <c r="F314" t="s">
         <v>205</v>
       </c>
       <c r="G314" t="s">
         <v>44</v>
       </c>
       <c r="H314">
         <v>2013</v>
       </c>
       <c r="I314"/>
       <c r="J314" t="s">
         <v>38</v>
       </c>
       <c r="K314" t="s">
         <v>24</v>
       </c>
       <c r="L314"/>
       <c r="M314"/>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="P314" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">