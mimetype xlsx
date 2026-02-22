--- v0 (2025-12-13)
+++ v1 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -572,66 +572,69 @@
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
@@ -1081,51 +1084,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2513,441 +2516,441 @@
       <c r="H30">
         <v>2008</v>
       </c>
       <c r="I30">
         <v>2011</v>
       </c>
       <c r="J30" t="s">
         <v>189</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
         <v>190</v>
       </c>
       <c r="M30" t="s">
         <v>184</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>191</v>
       </c>
       <c r="P30" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B31" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C31" t="s">
         <v>180</v>
       </c>
       <c r="D31" t="s">
         <v>82</v>
       </c>
       <c r="E31" t="s">
         <v>181</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>44</v>
       </c>
       <c r="H31">
         <v>2009</v>
       </c>
       <c r="I31">
         <v>2011</v>
       </c>
       <c r="J31" t="s">
         <v>182</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M31" t="s">
         <v>184</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B32" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C32" t="s">
         <v>180</v>
       </c>
       <c r="D32" t="s">
         <v>82</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>140</v>
       </c>
       <c r="G32" t="s">
         <v>44</v>
       </c>
       <c r="H32">
         <v>2007</v>
       </c>
       <c r="I32">
         <v>2011</v>
       </c>
       <c r="J32" t="s">
         <v>189</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="M32" t="s">
         <v>184</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P32" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B33" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C33" t="s">
         <v>180</v>
       </c>
       <c r="D33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E33" t="s">
         <v>181</v>
       </c>
       <c r="F33" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2007</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>182</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M33" t="s">
         <v>184</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P33" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B34" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C34" t="s">
         <v>180</v>
       </c>
       <c r="D34" t="s">
         <v>19</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>140</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2007</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>189</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M34" t="s">
         <v>184</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P34" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B35" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E35" t="s">
         <v>181</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2007</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>182</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M35" t="s">
         <v>184</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P35" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B36" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C36" t="s">
         <v>180</v>
       </c>
       <c r="D36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>140</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2009</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>189</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M36" t="s">
         <v>184</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P36" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B37" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C37" t="s">
         <v>180</v>
       </c>
       <c r="D37" t="s">
         <v>109</v>
       </c>
       <c r="E37" t="s">
         <v>181</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2009</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>182</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M37" t="s">
         <v>184</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P37" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B38" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C38" t="s">
         <v>180</v>
       </c>
       <c r="D38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E38" t="s">
         <v>181</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>44</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38">
         <v>2018</v>
       </c>
       <c r="J38" t="s">
         <v>182</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M38" t="s">
         <v>184</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P38" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">