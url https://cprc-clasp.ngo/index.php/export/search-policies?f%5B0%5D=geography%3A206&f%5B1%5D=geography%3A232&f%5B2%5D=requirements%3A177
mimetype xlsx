--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,257 +12,306 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -526,451 +575,502 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="280.646" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2017</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2021</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
         <v>2011</v>
       </c>
-      <c r="H3"/>
-[...15 lines deleted...]
-      <c r="N3" t="s">
+      <c r="J4" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K4" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
-[...26 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="N4" t="s">
         <v>40</v>
       </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
         <v>2007</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>34</v>
       </c>
-      <c r="M5" t="s">
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="N5" t="s">
-        <v>44</v>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...25 lines deleted...]
-      <c r="J6" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="K6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>34</v>
       </c>
-      <c r="M6" t="s">
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="N6" t="s">
-        <v>48</v>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
+        <v>40</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...25 lines deleted...]
-      <c r="J7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
         <v>32</v>
       </c>
-      <c r="K7" t="s">
+      <c r="D8" t="s">
         <v>51</v>
       </c>
-      <c r="L7" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-      <c r="M7" t="s">
-[...25 lines deleted...]
-      <c r="G8">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2014</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2018</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="L8" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="N8" t="s">
-        <v>55</v>
+        <v>40</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>