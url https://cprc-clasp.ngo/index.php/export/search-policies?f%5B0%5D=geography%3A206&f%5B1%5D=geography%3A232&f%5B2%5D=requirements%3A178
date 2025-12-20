--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -12,284 +12,342 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -553,493 +611,550 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="113" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...30 lines deleted...]
-      <c r="K3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K4" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...26 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="N5" t="s">
-        <v>45</v>
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2008</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2011</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="K6" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="M6" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="N6" t="s">
-        <v>52</v>
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2007</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2011</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="K7" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="L7" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="M7" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
-        <v>56</v>
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
         <v>58</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8">
         <v>2007</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="K8" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="L8" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="M8" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>60</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C9" t="s">
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
         <v>62</v>
       </c>
-      <c r="D9" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>64</v>
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>