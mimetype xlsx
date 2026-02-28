--- v0 (2025-12-27)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="637">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="638">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1834,63 +1834,66 @@
   <si>
     <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
@@ -2387,51 +2390,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -7083,577 +7086,577 @@
       <c r="H98">
         <v>2008</v>
       </c>
       <c r="I98">
         <v>2011</v>
       </c>
       <c r="J98" t="s">
         <v>345</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
         <v>580</v>
       </c>
       <c r="M98" t="s">
         <v>575</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
         <v>581</v>
       </c>
       <c r="P98" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B99" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C99" t="s">
         <v>572</v>
       </c>
       <c r="D99" t="s">
         <v>406</v>
       </c>
       <c r="E99" t="s">
         <v>62</v>
       </c>
       <c r="F99" t="s">
         <v>156</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2009</v>
       </c>
       <c r="I99">
         <v>2011</v>
       </c>
       <c r="J99" t="s">
         <v>56</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="M99" t="s">
         <v>575</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="P99" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B100" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C100" t="s">
         <v>572</v>
       </c>
       <c r="D100" t="s">
         <v>406</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>63</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2007</v>
       </c>
       <c r="I100">
         <v>2011</v>
       </c>
       <c r="J100" t="s">
         <v>345</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="M100" t="s">
         <v>575</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="P100" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B101" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C101" t="s">
         <v>572</v>
       </c>
       <c r="D101" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E101" t="s">
         <v>62</v>
       </c>
       <c r="F101" t="s">
         <v>319</v>
       </c>
       <c r="G101" t="s">
         <v>44</v>
       </c>
       <c r="H101">
         <v>2007</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>56</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="M101" t="s">
         <v>575</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="P101" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B102" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C102" t="s">
         <v>572</v>
       </c>
       <c r="D102" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>63</v>
       </c>
       <c r="G102" t="s">
         <v>44</v>
       </c>
       <c r="H102">
         <v>2007</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
         <v>345</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="M102" t="s">
         <v>575</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="P102" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B103" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C103" t="s">
         <v>572</v>
       </c>
       <c r="D103" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E103" t="s">
         <v>62</v>
       </c>
       <c r="F103" t="s">
         <v>156</v>
       </c>
       <c r="G103" t="s">
         <v>44</v>
       </c>
       <c r="H103">
         <v>2007</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>56</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="M103" t="s">
         <v>575</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="P103" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B104" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C104" t="s">
         <v>572</v>
       </c>
       <c r="D104" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>63</v>
       </c>
       <c r="G104" t="s">
         <v>44</v>
       </c>
       <c r="H104">
         <v>2009</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
         <v>345</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="M104" t="s">
         <v>575</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="P104" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B105" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C105" t="s">
         <v>572</v>
       </c>
       <c r="D105" t="s">
         <v>377</v>
       </c>
       <c r="E105" t="s">
         <v>62</v>
       </c>
       <c r="F105" t="s">
         <v>156</v>
       </c>
       <c r="G105" t="s">
         <v>44</v>
       </c>
       <c r="H105">
         <v>2009</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>56</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="M105" t="s">
         <v>575</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="P105" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B106" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C106" t="s">
         <v>572</v>
       </c>
       <c r="D106" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E106" t="s">
         <v>62</v>
       </c>
       <c r="F106" t="s">
         <v>156</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2014</v>
       </c>
       <c r="I106">
         <v>2018</v>
       </c>
       <c r="J106" t="s">
         <v>56</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="M106" t="s">
         <v>575</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="P106" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B107" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>156</v>
       </c>
       <c r="G107" t="s">
         <v>44</v>
       </c>
       <c r="H107">
         <v>2014</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>38</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="P107" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B108" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C108" t="s">
         <v>115</v>
       </c>
       <c r="D108" t="s">
         <v>37</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>156</v>
       </c>
       <c r="G108" t="s">
         <v>44</v>
       </c>
       <c r="H108">
         <v>2013</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>38</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="P108" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B109" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C109" t="s">
         <v>317</v>
       </c>
       <c r="D109" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2011</v>
       </c>
       <c r="I109">
         <v>2017</v>
       </c>
       <c r="J109" t="s">
         <v>430</v>
       </c>
       <c r="K109" t="s">
         <v>431</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="N109" t="s">
         <v>433</v>
       </c>
       <c r="O109" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="P109" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">