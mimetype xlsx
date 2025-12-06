--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,422 +12,558 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -691,1163 +827,1314 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1993</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>1986</v>
+      </c>
+      <c r="I4">
+        <v>2004</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...18 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...70 lines deleted...]
-      <c r="A6" t="s">
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
-      </c>
-[...16 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H6">
         <v>2006</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2006</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>53</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...17 lines deleted...]
-      <c r="C7" t="s">
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>45</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...8 lines deleted...]
-      <c r="I7" t="s">
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...68 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>38</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>45</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" t="s">
+        <v>45</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...3 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G12" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N9" t="s">
+      <c r="K12" t="s">
+        <v>83</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>52</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G10">
+      <c r="G13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13">
+        <v>1986</v>
+      </c>
+      <c r="I13">
         <v>2014</v>
       </c>
-      <c r="H10"/>
-      <c r="I10" t="s">
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>45</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-      <c r="L10" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M10" t="s">
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N10" t="s">
-[...28 lines deleted...]
-      <c r="I11" t="s">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>84</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>94</v>
+      </c>
+      <c r="P14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...154 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>52</v>
+      </c>
+      <c r="G15" t="s">
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
-      <c r="I15" t="s">
+      <c r="I15">
+        <v>2011</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>99</v>
+      </c>
+      <c r="M15" t="s">
+        <v>45</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>104</v>
+      </c>
+      <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J15" t="s">
+      <c r="F16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>105</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>106</v>
+      </c>
+      <c r="M16" t="s">
+        <v>107</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>104</v>
+      </c>
+      <c r="D17" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2011</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>107</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" t="s">
+        <v>38</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2011</v>
+      </c>
+      <c r="J18" t="s">
+        <v>105</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>116</v>
+      </c>
+      <c r="M18" t="s">
+        <v>107</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" t="s">
+        <v>82</v>
+      </c>
+      <c r="E19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" t="s">
+        <v>32</v>
+      </c>
+      <c r="G19" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19">
+        <v>2007</v>
+      </c>
+      <c r="I19">
+        <v>2011</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>121</v>
+      </c>
+      <c r="M19" t="s">
+        <v>107</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>104</v>
+      </c>
+      <c r="D20" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...5 lines deleted...]
-      <c r="M15" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>105</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>127</v>
+      </c>
+      <c r="M20" t="s">
+        <v>107</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>128</v>
+      </c>
+      <c r="P20" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>130</v>
+      </c>
+      <c r="B21" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" t="s">
+        <v>104</v>
+      </c>
+      <c r="D21" t="s">
+        <v>132</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" t="s">
+        <v>32</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2007</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="N15" t="s">
-[...38 lines deleted...]
-      <c r="M16" t="s">
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>133</v>
+      </c>
+      <c r="M21" t="s">
+        <v>107</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>134</v>
+      </c>
+      <c r="P21" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>136</v>
+      </c>
+      <c r="B22" t="s">
+        <v>137</v>
+      </c>
+      <c r="C22" t="s">
+        <v>104</v>
+      </c>
+      <c r="D22" t="s">
+        <v>138</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>52</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>105</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>133</v>
+      </c>
+      <c r="M22" t="s">
+        <v>107</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>139</v>
+      </c>
+      <c r="P22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>140</v>
+      </c>
+      <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E23" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" t="s">
+        <v>32</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N16" t="s">
-[...28 lines deleted...]
-      <c r="I17" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>143</v>
+      </c>
+      <c r="M23" t="s">
+        <v>107</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>144</v>
+      </c>
+      <c r="P23" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E24" t="s">
         <v>20</v>
       </c>
-      <c r="J17" t="s">
-[...34 lines deleted...]
-      <c r="G18">
+      <c r="F24" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2009</v>
       </c>
-      <c r="H18">
-[...46 lines deleted...]
-      <c r="I19" t="s">
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>105</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>143</v>
+      </c>
+      <c r="M24" t="s">
+        <v>107</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>149</v>
+      </c>
+      <c r="P24" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>150</v>
+      </c>
+      <c r="B25" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" t="s">
+        <v>104</v>
+      </c>
+      <c r="D25" t="s">
+        <v>126</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J19" t="s">
-[...184 lines deleted...]
-      <c r="A24" t="s">
+      <c r="F25" t="s">
+        <v>52</v>
+      </c>
+      <c r="G25" t="s">
+        <v>38</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
+      <c r="J25" t="s">
         <v>105</v>
       </c>
-      <c r="B24" t="s">
-[...33 lines deleted...]
-      <c r="N24" t="s">
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>152</v>
+      </c>
+      <c r="M25" t="s">
         <v>107</v>
       </c>
-    </row>
-[...39 lines deleted...]
-      </c>
       <c r="N25" t="s">
-        <v>110</v>
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>