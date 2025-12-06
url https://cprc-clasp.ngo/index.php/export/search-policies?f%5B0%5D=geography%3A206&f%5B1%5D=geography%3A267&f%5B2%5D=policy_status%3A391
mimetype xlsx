--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,314 +12,393 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -583,711 +662,796 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="504.877" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1986</v>
+      </c>
+      <c r="I2">
+        <v>2004</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2007</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2006</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I4">
+        <v>2006</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>33</v>
+      </c>
+      <c r="N4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...7 lines deleted...]
-        <v>35</v>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...8 lines deleted...]
-      <c r="I5" t="s">
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...3 lines deleted...]
-      <c r="L5" t="s">
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>33</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>33</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...3 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1986</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-        <v>41</v>
+      <c r="K8" t="s">
+        <v>62</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>33</v>
       </c>
-      <c r="F7" t="s">
-[...8 lines deleted...]
-      <c r="I7" t="s">
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...114 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>40</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M10" t="s">
+        <v>33</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>79</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" t="s">
+        <v>81</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D12" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
-[...8 lines deleted...]
-      <c r="M10" t="s">
+      <c r="F12" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>81</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D13" t="s">
+        <v>61</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>79</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="N10" t="s">
-        <v>57</v>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...24 lines deleted...]
-      <c r="I11" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...118 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>40</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2014</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2018</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="K14" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="M14" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="N14" t="s">
-        <v>74</v>
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>