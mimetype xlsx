--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,290 +12,356 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -559,627 +625,702 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="504.877" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...30 lines deleted...]
-        <v>2018</v>
+      <c r="G4" t="s">
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2018</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...30 lines deleted...]
-        <v>2018</v>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2018</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>51</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>55</v>
+      </c>
+      <c r="P8" t="s">
         <v>34</v>
       </c>
-      <c r="K5"/>
-[...3 lines deleted...]
-      <c r="M5" t="s">
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2011</v>
+      </c>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>35</v>
+      <c r="L9" t="s">
+        <v>62</v>
+      </c>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...18 lines deleted...]
-      <c r="G6">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>63</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>68</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2007</v>
       </c>
-      <c r="H6">
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>61</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" t="s">
+        <v>63</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
         <v>2018</v>
       </c>
-      <c r="I6" t="s">
-[...11 lines deleted...]
-      <c r="M6" t="s">
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...54 lines deleted...]
-      <c r="C8" t="s">
+      <c r="L12" t="s">
+        <v>82</v>
+      </c>
+      <c r="M12" t="s">
+        <v>63</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="D8" t="s">
-[...204 lines deleted...]
-        <v>66</v>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>