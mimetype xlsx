--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,254 +12,303 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,451 +572,502 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2020</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...76 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="N4" t="s">
         <v>39</v>
       </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
         <v>2007</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>34</v>
       </c>
-      <c r="N5" t="s">
-        <v>43</v>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...34 lines deleted...]
-      <c r="M6" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>34</v>
       </c>
-      <c r="N6" t="s">
-        <v>47</v>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...28 lines deleted...]
-      <c r="K7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
         <v>50</v>
       </c>
-      <c r="L7" t="s">
-[...2 lines deleted...]
-      <c r="M7" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-      <c r="N7" t="s">
-[...22 lines deleted...]
-      <c r="G8">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2014</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2018</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="M8" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="N8" t="s">
-        <v>54</v>
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>