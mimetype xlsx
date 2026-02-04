--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -137,51 +137,51 @@
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
@@ -595,51 +595,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">