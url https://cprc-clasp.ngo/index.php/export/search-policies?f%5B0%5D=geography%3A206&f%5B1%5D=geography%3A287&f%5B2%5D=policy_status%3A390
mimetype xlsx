--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -12,434 +12,408 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
-[...5 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
-[...8 lines deleted...]
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
+  </si>
+  <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>SNI lEC 60879:2013</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
-[...44 lines deleted...]
-    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
-[...11 lines deleted...]
-    <t>Non-Directional lamps, Directional Lamps</t>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
+  </si>
+  <si>
+    <t>Ministerio de Industria, Energía y Minería</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
+    <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>UNIT 1155:2007, IEC 60064</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
+    <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
-[...76 lines deleted...]
-  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -703,1165 +677,776 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="469.457" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H3">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...6 lines deleted...]
-      <c r="I4" t="s">
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...7 lines deleted...]
-        <v>32</v>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...8 lines deleted...]
-      <c r="I5" t="s">
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...30 lines deleted...]
-        <v>2024</v>
+      <c r="G6" t="s">
+        <v>50</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...7 lines deleted...]
-        <v>38</v>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...6 lines deleted...]
-      <c r="I7" t="s">
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...7 lines deleted...]
-        <v>41</v>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-      <c r="A8" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2007</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>42</v>
       </c>
-      <c r="B8" t="s">
-[...29 lines deleted...]
-      <c r="L8" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>72</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M12" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...38 lines deleted...]
-        <v>52</v>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>85</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>42</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>72</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...155 lines deleted...]
-      <c r="L13" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M13" t="s">
-[...13 lines deleted...]
-      <c r="C14" t="s">
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>70</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>96</v>
+      </c>
+      <c r="M14" t="s">
+        <v>72</v>
+      </c>
+      <c r="N14" t="s">
         <v>26</v>
       </c>
-      <c r="D14" t="s">
-[...294 lines deleted...]
-      <c r="A21" t="s">
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
         <v>98</v>
-      </c>
-[...205 lines deleted...]
-        <v>112</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>