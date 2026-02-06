--- v1 (2025-12-13)
+++ v2 (2026-02-06)
@@ -242,51 +242,51 @@
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
 -Rated power between 5 W and 110 W inclusive;
@@ -700,51 +700,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="469.457" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">