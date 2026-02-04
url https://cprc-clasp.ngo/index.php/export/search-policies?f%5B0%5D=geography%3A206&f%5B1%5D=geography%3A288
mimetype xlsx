--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,439 +12,564 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -708,1133 +833,1280 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="527.157" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1979</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1994</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1992</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...14 lines deleted...]
-      <c r="K4" t="s">
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
         <v>38</v>
       </c>
-      <c r="L4" t="s">
-[...183 lines deleted...]
-    <row r="9" spans="1:14">
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2006</v>
       </c>
-      <c r="I9" t="s">
-        <v>56</v>
+      <c r="I9">
+        <v>2006</v>
       </c>
       <c r="J9" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>76</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
+        <v>2008</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>76</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...22 lines deleted...]
-      <c r="G10">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2006</v>
       </c>
-      <c r="H10">
+      <c r="I12">
         <v>2008</v>
       </c>
-      <c r="I10" t="s">
-[...9 lines deleted...]
-      <c r="M10" t="s">
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...22 lines deleted...]
-      <c r="G11">
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" t="s">
+        <v>97</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>96</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>105</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>101</v>
+      </c>
+      <c r="D16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2011</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>105</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>101</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2009</v>
       </c>
-      <c r="H11">
+      <c r="I17">
         <v>2011</v>
       </c>
-      <c r="I11" t="s">
-[...9 lines deleted...]
-      <c r="M11" t="s">
+      <c r="J17" t="s">
+        <v>103</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...38 lines deleted...]
-      <c r="M12" t="s">
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>105</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2007</v>
+      </c>
+      <c r="I18">
+        <v>2011</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...38 lines deleted...]
-      <c r="M13" t="s">
+      <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
+        <v>105</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>101</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>127</v>
+      </c>
+      <c r="G19" t="s">
+        <v>96</v>
+      </c>
+      <c r="H19">
+        <v>2007</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>103</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
-[...248 lines deleted...]
-      </c>
       <c r="L19" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="N19" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>100</v>
+        <v>131</v>
       </c>
       <c r="B20" t="s">
-        <v>79</v>
+        <v>132</v>
       </c>
       <c r="C20" t="s">
         <v>101</v>
       </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>133</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F20" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>96</v>
+      </c>
+      <c r="H20">
         <v>2007</v>
       </c>
-      <c r="H20"/>
-      <c r="I20" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>134</v>
+      </c>
+      <c r="M20" t="s">
+        <v>105</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>101</v>
+      </c>
+      <c r="D21" t="s">
+        <v>139</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J20" t="s">
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...5 lines deleted...]
-      <c r="M20" t="s">
+      <c r="G21" t="s">
+        <v>96</v>
+      </c>
+      <c r="H21">
+        <v>2007</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>103</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N20" t="s">
+      <c r="L21" t="s">
+        <v>134</v>
+      </c>
+      <c r="M21" t="s">
+        <v>105</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>101</v>
+      </c>
+      <c r="D22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>96</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>105</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>96</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>103</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C21" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>144</v>
+      </c>
+      <c r="M23" t="s">
         <v>105</v>
       </c>
-      <c r="D21" t="s">
-[...15 lines deleted...]
-      <c r="J21" t="s">
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>149</v>
+      </c>
+      <c r="P23" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>150</v>
+      </c>
+      <c r="B24" t="s">
+        <v>151</v>
+      </c>
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...5 lines deleted...]
-      <c r="M21" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24">
+        <v>2018</v>
+      </c>
+      <c r="J24" t="s">
+        <v>103</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N21" t="s">
-[...120 lines deleted...]
-      </c>
       <c r="L24" t="s">
-        <v>83</v>
+        <v>152</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="N24" t="s">
-        <v>115</v>
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>153</v>
+      </c>
+      <c r="P24" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>