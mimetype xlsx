--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,302 +12,369 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -571,655 +638,732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="504.877" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>30</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>41</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2011</v>
+      </c>
+      <c r="J6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...4 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>37</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...7 lines deleted...]
-        <v>27</v>
+      <c r="G9" t="s">
+        <v>36</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>30</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G10" t="s">
+        <v>36</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>37</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>70</v>
+      </c>
+      <c r="M10" t="s">
+        <v>39</v>
+      </c>
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...9 lines deleted...]
-      <c r="J4" t="s">
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G11" t="s">
+        <v>36</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>46</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" t="s">
+        <v>39</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
         <v>34</v>
       </c>
-      <c r="M4" t="s">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>30</v>
+      </c>
+      <c r="G12" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>37</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>80</v>
+      </c>
+      <c r="M12" t="s">
+        <v>39</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>82</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...6 lines deleted...]
-      <c r="C5" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>62</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
         <v>37</v>
       </c>
-      <c r="E5" t="s">
-[...11 lines deleted...]
-      <c r="I5" t="s">
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>89</v>
+      </c>
+      <c r="M13" t="s">
         <v>39</v>
       </c>
-      <c r="J5" t="s">
-[...28 lines deleted...]
-      <c r="E6" t="s">
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="F6" t="s">
-[...322 lines deleted...]
-        <v>70</v>
+      <c r="O13" t="s">
+        <v>90</v>
+      </c>
+      <c r="P13" t="s">
+        <v>91</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>