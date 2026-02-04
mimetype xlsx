--- v1 (2025-12-04)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -137,72 +137,75 @@
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
@@ -661,51 +664,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="504.877" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -893,441 +896,441 @@
       <c r="H5">
         <v>2008</v>
       </c>
       <c r="I5">
         <v>2011</v>
       </c>
       <c r="J5" t="s">
         <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>47</v>
       </c>
       <c r="M5" t="s">
         <v>39</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>45</v>
       </c>
       <c r="H6">
         <v>2009</v>
       </c>
       <c r="I6">
         <v>2011</v>
       </c>
       <c r="J6" t="s">
         <v>37</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
         <v>39</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E7" t="s">
         <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>45</v>
       </c>
       <c r="H7">
         <v>2007</v>
       </c>
       <c r="I7">
         <v>2011</v>
       </c>
       <c r="J7" t="s">
         <v>46</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M7" t="s">
         <v>39</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
         <v>34</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="H8">
         <v>2007</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>37</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M8" t="s">
         <v>39</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>34</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>36</v>
       </c>
       <c r="H9">
         <v>2007</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>46</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M9" t="s">
         <v>39</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>34</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>36</v>
       </c>
       <c r="H10">
         <v>2007</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>37</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M10" t="s">
         <v>39</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E11" t="s">
         <v>44</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>36</v>
       </c>
       <c r="H11">
         <v>2009</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>46</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M11" t="s">
         <v>39</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12">
         <v>2009</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>37</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M12" t="s">
         <v>39</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>30</v>
       </c>
       <c r="G13" t="s">
         <v>45</v>
       </c>
       <c r="H13">
         <v>2014</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
         <v>37</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M13" t="s">
         <v>39</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">