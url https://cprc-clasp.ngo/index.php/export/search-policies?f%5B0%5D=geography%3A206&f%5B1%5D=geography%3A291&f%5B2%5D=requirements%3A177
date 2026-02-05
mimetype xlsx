--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -521,51 +521,51 @@
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>