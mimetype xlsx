--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,527 +12,456 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
+    <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>AS 1731.1-13:2003</t>
+    <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
-[...2 lines deleted...]
-    <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.1:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.1:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
+  </si>
+  <si>
+    <t>labeling for clothes dryers</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>AS/NZS 2442.2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for clothes washers</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>AS/NZS 2040.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for dishwashers</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>AS/NZS 2007.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL for Computer Monitors</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>AS/NZS 5815.2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for ballasts for fluorescent lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Computers</t>
+  </si>
+  <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for set top boxes</t>
+  </si>
+  <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>AS/NZS 62087.1:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
+  </si>
+  <si>
+    <t>Ministerio de Industria, Energía y Minería</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
+    <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>UNIT 1155:2007, IEC 60064</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
+    <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
+    <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
+  </si>
+  <si>
+    <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...328 lines deleted...]
-  <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -796,1481 +725,926 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1990</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1990</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1987</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>31</v>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2008</v>
       </c>
-      <c r="H4">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2011</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>86</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>88</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>90</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>102</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>103</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>90</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>88</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>35</v>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>90</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...34 lines deleted...]
-      <c r="M5" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>102</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>103</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>40</v>
+      <c r="L16" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" t="s">
+        <v>90</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...465 lines deleted...]
-    <row r="17" spans="1:14">
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>85</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
         <v>86</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="K17" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>23</v>
+        <v>114</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="N17" t="s">
-        <v>88</v>
-[...272 lines deleted...]
-      <c r="D24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
         <v>116</v>
-      </c>
-[...370 lines deleted...]
-        <v>145</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>