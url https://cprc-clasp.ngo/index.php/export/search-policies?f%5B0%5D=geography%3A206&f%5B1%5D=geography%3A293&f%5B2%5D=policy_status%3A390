--- v1 (2025-12-05)
+++ v2 (2026-02-20)
@@ -290,51 +290,51 @@
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
 -Rated power between 5 W and 110 W inclusive;
@@ -748,51 +748,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">