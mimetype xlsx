--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -108,66 +108,66 @@
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
@@ -191,137 +191,137 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
     <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -445,51 +445,51 @@
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
@@ -900,51 +900,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="578.002" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="133.253" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1026,99 +1026,99 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>38</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
-      <c r="H4">
+      <c r="H4"/>
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I4"/>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>39</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
@@ -1261,54 +1261,54 @@
       </c>
       <c r="P7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>55</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>57</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>58</v>
       </c>
       <c r="P8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>59</v>
@@ -1401,51 +1401,53 @@
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>67</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>47</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
-      <c r="H11"/>
+      <c r="H11">
+        <v>2024</v>
+      </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>69</v>
       </c>
       <c r="P11" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>70</v>
       </c>