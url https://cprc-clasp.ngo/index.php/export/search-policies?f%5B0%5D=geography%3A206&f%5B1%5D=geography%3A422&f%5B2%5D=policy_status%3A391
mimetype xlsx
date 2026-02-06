--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,236 +12,273 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -505,369 +542,408 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="504.877" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1982</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2024</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...21 lines deleted...]
-      <c r="H3">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
         <v>2011</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="K3" t="s">
-[...13 lines deleted...]
-      <c r="A4" t="s">
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
         <v>36</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
         <v>38</v>
       </c>
-      <c r="F4" t="s">
-[...8 lines deleted...]
-      <c r="I4" t="s">
+      <c r="N6" t="s">
         <v>39</v>
       </c>
-      <c r="J4" t="s">
-[...100 lines deleted...]
-        <v>48</v>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>