--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,1718 +12,2360 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="518">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="731">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...11 lines deleted...]
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...31 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1987,6021 +2629,6574 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N142"/>
+  <dimension ref="A1:P136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>65</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G12" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>97</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>93</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>104</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>97</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>112</v>
+      </c>
+      <c r="G14" t="s">
+        <v>65</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>65</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>103</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>91</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>93</v>
+      </c>
+      <c r="G17" t="s">
+        <v>65</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>104</v>
+      </c>
+      <c r="L17" t="s">
+        <v>105</v>
+      </c>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>97</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>140</v>
+      </c>
+      <c r="E18" t="s">
+        <v>141</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>142</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M18" t="s">
+        <v>144</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" t="s">
+        <v>150</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>65</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>103</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
+        <v>91</v>
+      </c>
+      <c r="E20" t="s">
+        <v>92</v>
+      </c>
+      <c r="F20" t="s">
+        <v>156</v>
+      </c>
+      <c r="G20" t="s">
+        <v>65</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>157</v>
+      </c>
+      <c r="K20" t="s">
+        <v>158</v>
+      </c>
+      <c r="L20" t="s">
+        <v>105</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>97</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>149</v>
+      </c>
+      <c r="D21" t="s">
+        <v>85</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>65</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>74</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>151</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
+        <v>149</v>
+      </c>
+      <c r="D22" t="s">
+        <v>166</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>112</v>
+      </c>
+      <c r="G22" t="s">
+        <v>65</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>74</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>167</v>
+      </c>
+      <c r="M22" t="s">
+        <v>151</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>133</v>
+      </c>
+      <c r="D23" t="s">
+        <v>171</v>
+      </c>
+      <c r="E23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>65</v>
+      </c>
+      <c r="H23">
+        <v>2018</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>157</v>
+      </c>
+      <c r="K23" t="s">
+        <v>172</v>
+      </c>
+      <c r="L23" t="s">
+        <v>173</v>
+      </c>
+      <c r="M23" t="s">
+        <v>135</v>
+      </c>
+      <c r="N23" t="s">
+        <v>174</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>179</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>65</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>35</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>180</v>
+      </c>
+      <c r="M24" t="s">
+        <v>181</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>186</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>65</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>35</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>187</v>
+      </c>
+      <c r="M25" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...17 lines deleted...]
-      <c r="H3">
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>192</v>
+      </c>
+      <c r="D26" t="s">
+        <v>193</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>194</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2011</v>
+      </c>
+      <c r="J26" t="s">
+        <v>195</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>196</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>197</v>
+      </c>
+      <c r="P26" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>199</v>
+      </c>
+      <c r="B27" t="s">
+        <v>200</v>
+      </c>
+      <c r="C27" t="s">
+        <v>192</v>
+      </c>
+      <c r="D27" t="s">
+        <v>201</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>112</v>
+      </c>
+      <c r="G27" t="s">
+        <v>194</v>
+      </c>
+      <c r="H27">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>195</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>196</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>205</v>
+      </c>
+      <c r="C28" t="s">
+        <v>102</v>
+      </c>
+      <c r="D28" t="s">
+        <v>91</v>
+      </c>
+      <c r="E28" t="s">
+        <v>141</v>
+      </c>
+      <c r="F28" t="s">
+        <v>93</v>
+      </c>
+      <c r="G28" t="s">
+        <v>65</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>103</v>
+      </c>
+      <c r="K28" t="s">
+        <v>104</v>
+      </c>
+      <c r="L28" t="s">
+        <v>105</v>
+      </c>
+      <c r="M28" t="s">
+        <v>106</v>
+      </c>
+      <c r="N28" t="s">
+        <v>97</v>
+      </c>
+      <c r="O28" t="s">
+        <v>206</v>
+      </c>
+      <c r="P28" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>208</v>
+      </c>
+      <c r="B29" t="s">
+        <v>209</v>
+      </c>
+      <c r="C29" t="s">
+        <v>102</v>
+      </c>
+      <c r="D29" t="s">
+        <v>91</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>93</v>
+      </c>
+      <c r="G29" t="s">
+        <v>65</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>157</v>
+      </c>
+      <c r="K29" t="s">
+        <v>104</v>
+      </c>
+      <c r="L29" t="s">
+        <v>105</v>
+      </c>
+      <c r="M29" t="s">
+        <v>106</v>
+      </c>
+      <c r="N29" t="s">
+        <v>97</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>162</v>
+      </c>
+      <c r="C30" t="s">
+        <v>149</v>
+      </c>
+      <c r="D30" t="s">
+        <v>212</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>112</v>
+      </c>
+      <c r="G30" t="s">
+        <v>65</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>74</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>213</v>
+      </c>
+      <c r="M30" t="s">
+        <v>151</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>214</v>
+      </c>
+      <c r="P30"/>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>215</v>
+      </c>
+      <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>133</v>
+      </c>
+      <c r="D31" t="s">
+        <v>166</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...40 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G31" t="s">
+        <v>65</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>74</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>167</v>
+      </c>
+      <c r="M31" t="s">
+        <v>135</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>217</v>
+      </c>
+      <c r="P31" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>219</v>
+      </c>
+      <c r="B32" t="s">
+        <v>220</v>
+      </c>
+      <c r="C32" t="s">
+        <v>221</v>
+      </c>
+      <c r="D32" t="s">
+        <v>80</v>
+      </c>
+      <c r="E32" t="s">
+        <v>141</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...1156 lines deleted...]
-        <v>2010</v>
+      <c r="G32" t="s">
+        <v>65</v>
       </c>
       <c r="H32">
         <v>2011</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
+        <v>222</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>223</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>224</v>
+      </c>
+      <c r="P32" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>226</v>
+      </c>
+      <c r="B33" t="s">
+        <v>227</v>
+      </c>
+      <c r="C33" t="s">
+        <v>228</v>
+      </c>
+      <c r="D33" t="s">
+        <v>229</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2019</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>103</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>230</v>
+      </c>
+      <c r="M33" t="s">
+        <v>231</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>232</v>
+      </c>
+      <c r="P33" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>234</v>
+      </c>
+      <c r="B34" t="s">
+        <v>235</v>
+      </c>
+      <c r="C34" t="s">
+        <v>221</v>
+      </c>
+      <c r="D34" t="s">
+        <v>236</v>
+      </c>
+      <c r="E34" t="s">
+        <v>141</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K32"/>
-[...29 lines deleted...]
-      <c r="G33">
+      <c r="G34" t="s">
+        <v>65</v>
+      </c>
+      <c r="H34">
+        <v>1985</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>222</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>237</v>
+      </c>
+      <c r="M34" t="s">
+        <v>223</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>238</v>
+      </c>
+      <c r="P34" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>240</v>
+      </c>
+      <c r="B35" t="s">
+        <v>241</v>
+      </c>
+      <c r="C35" t="s">
+        <v>221</v>
+      </c>
+      <c r="D35" t="s">
+        <v>242</v>
+      </c>
+      <c r="E35" t="s">
+        <v>141</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>65</v>
+      </c>
+      <c r="H35">
+        <v>1984</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>222</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>243</v>
+      </c>
+      <c r="M35" t="s">
+        <v>223</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>244</v>
+      </c>
+      <c r="P35" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>246</v>
+      </c>
+      <c r="B36" t="s">
+        <v>247</v>
+      </c>
+      <c r="C36" t="s">
+        <v>221</v>
+      </c>
+      <c r="D36" t="s">
+        <v>85</v>
+      </c>
+      <c r="E36" t="s">
+        <v>141</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1987</v>
+      </c>
+      <c r="I36">
+        <v>1988</v>
+      </c>
+      <c r="J36" t="s">
+        <v>222</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>223</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>248</v>
+      </c>
+      <c r="P36" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>250</v>
+      </c>
+      <c r="B37" t="s">
+        <v>251</v>
+      </c>
+      <c r="C37" t="s">
+        <v>221</v>
+      </c>
+      <c r="D37" t="s">
+        <v>252</v>
+      </c>
+      <c r="E37" t="s">
+        <v>141</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>65</v>
+      </c>
+      <c r="H37">
+        <v>1989</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>253</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>223</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>254</v>
+      </c>
+      <c r="P37" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>256</v>
+      </c>
+      <c r="B38" t="s">
+        <v>257</v>
+      </c>
+      <c r="C38" t="s">
+        <v>221</v>
+      </c>
+      <c r="D38" t="s">
+        <v>258</v>
+      </c>
+      <c r="E38" t="s">
+        <v>141</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1987</v>
+      </c>
+      <c r="I38">
+        <v>1988</v>
+      </c>
+      <c r="J38" t="s">
+        <v>222</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>259</v>
+      </c>
+      <c r="M38" t="s">
+        <v>223</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>260</v>
+      </c>
+      <c r="P38" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>262</v>
+      </c>
+      <c r="B39" t="s">
+        <v>263</v>
+      </c>
+      <c r="C39" t="s">
+        <v>221</v>
+      </c>
+      <c r="D39" t="s">
+        <v>264</v>
+      </c>
+      <c r="E39" t="s">
+        <v>141</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1989</v>
+      </c>
+      <c r="I39">
+        <v>1991</v>
+      </c>
+      <c r="J39" t="s">
+        <v>222</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>265</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>266</v>
+      </c>
+      <c r="P39" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>268</v>
+      </c>
+      <c r="B40" t="s">
+        <v>269</v>
+      </c>
+      <c r="C40" t="s">
+        <v>221</v>
+      </c>
+      <c r="D40" t="s">
+        <v>270</v>
+      </c>
+      <c r="E40" t="s">
+        <v>141</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1989</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>271</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>223</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>272</v>
+      </c>
+      <c r="P40" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>274</v>
+      </c>
+      <c r="B41" t="s">
+        <v>275</v>
+      </c>
+      <c r="C41" t="s">
+        <v>221</v>
+      </c>
+      <c r="D41" t="s">
+        <v>64</v>
+      </c>
+      <c r="E41" t="s">
+        <v>141</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1989</v>
+      </c>
+      <c r="I41">
+        <v>1992</v>
+      </c>
+      <c r="J41" t="s">
+        <v>271</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>223</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>276</v>
+      </c>
+      <c r="P41" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>278</v>
+      </c>
+      <c r="B42" t="s">
+        <v>279</v>
+      </c>
+      <c r="C42" t="s">
+        <v>221</v>
+      </c>
+      <c r="D42" t="s">
+        <v>270</v>
+      </c>
+      <c r="E42" t="s">
+        <v>141</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>65</v>
+      </c>
+      <c r="H42">
+        <v>1989</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>222</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>223</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>280</v>
+      </c>
+      <c r="P42" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>282</v>
+      </c>
+      <c r="B43" t="s">
+        <v>283</v>
+      </c>
+      <c r="C43" t="s">
+        <v>221</v>
+      </c>
+      <c r="D43" t="s">
+        <v>284</v>
+      </c>
+      <c r="E43" t="s">
+        <v>141</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>65</v>
+      </c>
+      <c r="H43">
+        <v>1984</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>222</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>285</v>
+      </c>
+      <c r="M43" t="s">
+        <v>223</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>286</v>
+      </c>
+      <c r="P43" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>288</v>
+      </c>
+      <c r="B44" t="s">
+        <v>289</v>
+      </c>
+      <c r="C44" t="s">
+        <v>221</v>
+      </c>
+      <c r="D44" t="s">
+        <v>290</v>
+      </c>
+      <c r="E44" t="s">
+        <v>141</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>65</v>
+      </c>
+      <c r="H44">
+        <v>1990</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>222</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>223</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>291</v>
+      </c>
+      <c r="P44" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>293</v>
+      </c>
+      <c r="B45" t="s">
+        <v>294</v>
+      </c>
+      <c r="C45" t="s">
+        <v>221</v>
+      </c>
+      <c r="D45" t="s">
+        <v>270</v>
+      </c>
+      <c r="E45" t="s">
+        <v>141</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>65</v>
+      </c>
+      <c r="H45">
+        <v>1989</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>222</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>223</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>295</v>
+      </c>
+      <c r="P45" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>297</v>
+      </c>
+      <c r="B46" t="s">
+        <v>298</v>
+      </c>
+      <c r="C46" t="s">
+        <v>221</v>
+      </c>
+      <c r="D46" t="s">
+        <v>299</v>
+      </c>
+      <c r="E46" t="s">
+        <v>141</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>65</v>
+      </c>
+      <c r="H46">
+        <v>1983</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>222</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>300</v>
+      </c>
+      <c r="M46" t="s">
+        <v>223</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>301</v>
+      </c>
+      <c r="P46" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>303</v>
+      </c>
+      <c r="B47" t="s">
+        <v>304</v>
+      </c>
+      <c r="C47" t="s">
+        <v>221</v>
+      </c>
+      <c r="D47" t="s">
+        <v>305</v>
+      </c>
+      <c r="E47" t="s">
+        <v>141</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>65</v>
+      </c>
+      <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>222</v>
+      </c>
+      <c r="K47" t="s">
+        <v>306</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>223</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>307</v>
+      </c>
+      <c r="P47" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>309</v>
+      </c>
+      <c r="B48" t="s">
+        <v>310</v>
+      </c>
+      <c r="C48" t="s">
+        <v>221</v>
+      </c>
+      <c r="D48" t="s">
+        <v>47</v>
+      </c>
+      <c r="E48" t="s">
+        <v>141</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1986</v>
+      </c>
+      <c r="I48">
+        <v>1988</v>
+      </c>
+      <c r="J48" t="s">
+        <v>222</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>223</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>311</v>
+      </c>
+      <c r="P48" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>313</v>
+      </c>
+      <c r="B49" t="s">
+        <v>314</v>
+      </c>
+      <c r="C49" t="s">
+        <v>221</v>
+      </c>
+      <c r="D49" t="s">
+        <v>252</v>
+      </c>
+      <c r="E49" t="s">
+        <v>141</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>65</v>
+      </c>
+      <c r="H49">
+        <v>1987</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>253</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>223</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>315</v>
+      </c>
+      <c r="P49" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>317</v>
+      </c>
+      <c r="B50" t="s">
+        <v>318</v>
+      </c>
+      <c r="C50" t="s">
+        <v>221</v>
+      </c>
+      <c r="D50" t="s">
+        <v>319</v>
+      </c>
+      <c r="E50" t="s">
+        <v>141</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>65</v>
+      </c>
+      <c r="H50">
+        <v>1987</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>222</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>223</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>320</v>
+      </c>
+      <c r="P50" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>322</v>
+      </c>
+      <c r="B51" t="s">
+        <v>323</v>
+      </c>
+      <c r="C51" t="s">
+        <v>221</v>
+      </c>
+      <c r="D51" t="s">
+        <v>324</v>
+      </c>
+      <c r="E51" t="s">
+        <v>141</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>65</v>
+      </c>
+      <c r="H51">
+        <v>1986</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>222</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>223</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>325</v>
+      </c>
+      <c r="P51" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>327</v>
+      </c>
+      <c r="B52" t="s">
+        <v>328</v>
+      </c>
+      <c r="C52" t="s">
+        <v>221</v>
+      </c>
+      <c r="D52" t="s">
+        <v>329</v>
+      </c>
+      <c r="E52" t="s">
+        <v>141</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>65</v>
+      </c>
+      <c r="H52">
+        <v>1986</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>222</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>330</v>
+      </c>
+      <c r="M52" t="s">
+        <v>223</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>331</v>
+      </c>
+      <c r="P52" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>333</v>
+      </c>
+      <c r="B53" t="s">
+        <v>334</v>
+      </c>
+      <c r="C53" t="s">
+        <v>221</v>
+      </c>
+      <c r="D53" t="s">
+        <v>335</v>
+      </c>
+      <c r="E53" t="s">
+        <v>141</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>65</v>
+      </c>
+      <c r="H53">
+        <v>1984</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>222</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>336</v>
+      </c>
+      <c r="M53" t="s">
+        <v>265</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>337</v>
+      </c>
+      <c r="P53" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>339</v>
+      </c>
+      <c r="B54" t="s">
+        <v>340</v>
+      </c>
+      <c r="C54" t="s">
+        <v>221</v>
+      </c>
+      <c r="D54" t="s">
+        <v>80</v>
+      </c>
+      <c r="E54" t="s">
+        <v>141</v>
+      </c>
+      <c r="F54" t="s">
+        <v>33</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1999</v>
+      </c>
+      <c r="I54">
+        <v>2000</v>
+      </c>
+      <c r="J54" t="s">
+        <v>222</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>341</v>
+      </c>
+      <c r="M54" t="s">
+        <v>265</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>342</v>
+      </c>
+      <c r="P54" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>344</v>
+      </c>
+      <c r="B55" t="s">
+        <v>345</v>
+      </c>
+      <c r="C55" t="s">
+        <v>221</v>
+      </c>
+      <c r="D55" t="s">
+        <v>85</v>
+      </c>
+      <c r="E55" t="s">
+        <v>141</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2011</v>
+      </c>
+      <c r="I55">
+        <v>2014</v>
+      </c>
+      <c r="J55" t="s">
+        <v>222</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>346</v>
+      </c>
+      <c r="M55" t="s">
+        <v>265</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>347</v>
+      </c>
+      <c r="P55" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>349</v>
+      </c>
+      <c r="B56" t="s">
+        <v>350</v>
+      </c>
+      <c r="C56" t="s">
+        <v>221</v>
+      </c>
+      <c r="D56" t="s">
+        <v>335</v>
+      </c>
+      <c r="E56" t="s">
+        <v>141</v>
+      </c>
+      <c r="F56" t="s">
+        <v>33</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2011</v>
+      </c>
+      <c r="I56">
+        <v>2014</v>
+      </c>
+      <c r="J56" t="s">
+        <v>222</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>351</v>
+      </c>
+      <c r="M56" t="s">
+        <v>265</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>352</v>
+      </c>
+      <c r="P56" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>354</v>
+      </c>
+      <c r="B57" t="s">
+        <v>355</v>
+      </c>
+      <c r="C57" t="s">
+        <v>356</v>
+      </c>
+      <c r="D57" t="s">
+        <v>91</v>
+      </c>
+      <c r="E57" t="s">
+        <v>141</v>
+      </c>
+      <c r="F57" t="s">
+        <v>93</v>
+      </c>
+      <c r="G57" t="s">
+        <v>65</v>
+      </c>
+      <c r="H57">
+        <v>2020</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>357</v>
+      </c>
+      <c r="K57" t="s">
+        <v>104</v>
+      </c>
+      <c r="L57" t="s">
+        <v>105</v>
+      </c>
+      <c r="M57" t="s">
+        <v>358</v>
+      </c>
+      <c r="N57" t="s">
+        <v>359</v>
+      </c>
+      <c r="O57" t="s">
+        <v>360</v>
+      </c>
+      <c r="P57" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>362</v>
+      </c>
+      <c r="B58" t="s">
+        <v>363</v>
+      </c>
+      <c r="C58" t="s">
+        <v>126</v>
+      </c>
+      <c r="D58" t="s">
+        <v>80</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2016</v>
+      </c>
+      <c r="I58">
         <v>2018</v>
       </c>
-      <c r="H33"/>
-[...3 lines deleted...]
-      <c r="J33" t="s">
+      <c r="J58" t="s">
+        <v>364</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>365</v>
+      </c>
+      <c r="M58" t="s">
+        <v>128</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>366</v>
+      </c>
+      <c r="P58" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>368</v>
+      </c>
+      <c r="B59" t="s">
+        <v>369</v>
+      </c>
+      <c r="C59" t="s">
+        <v>126</v>
+      </c>
+      <c r="D59" t="s">
+        <v>370</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>21</v>
       </c>
-      <c r="K33"/>
-[...14 lines deleted...]
-      <c r="B34" t="s">
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2016</v>
+      </c>
+      <c r="I59">
+        <v>2018</v>
+      </c>
+      <c r="J59" t="s">
+        <v>371</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>372</v>
+      </c>
+      <c r="M59" t="s">
+        <v>128</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>373</v>
+      </c>
+      <c r="P59" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>375</v>
+      </c>
+      <c r="B60" t="s">
+        <v>376</v>
+      </c>
+      <c r="C60" t="s">
+        <v>126</v>
+      </c>
+      <c r="D60" t="s">
+        <v>377</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2016</v>
+      </c>
+      <c r="I60">
+        <v>2018</v>
+      </c>
+      <c r="J60" t="s">
+        <v>103</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>128</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>378</v>
+      </c>
+      <c r="P60" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>380</v>
+      </c>
+      <c r="B61" t="s">
+        <v>381</v>
+      </c>
+      <c r="C61" t="s">
+        <v>126</v>
+      </c>
+      <c r="D61" t="s">
+        <v>47</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2016</v>
+      </c>
+      <c r="I61">
+        <v>2019</v>
+      </c>
+      <c r="J61" t="s">
+        <v>103</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>128</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>382</v>
+      </c>
+      <c r="P61" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>384</v>
+      </c>
+      <c r="B62" t="s">
+        <v>385</v>
+      </c>
+      <c r="C62" t="s">
+        <v>126</v>
+      </c>
+      <c r="D62" t="s">
+        <v>91</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>93</v>
+      </c>
+      <c r="G62" t="s">
+        <v>65</v>
+      </c>
+      <c r="H62">
+        <v>2021</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>253</v>
+      </c>
+      <c r="K62" t="s">
+        <v>104</v>
+      </c>
+      <c r="L62" t="s">
+        <v>386</v>
+      </c>
+      <c r="M62" t="s">
+        <v>128</v>
+      </c>
+      <c r="N62" t="s">
+        <v>97</v>
+      </c>
+      <c r="O62" t="s">
+        <v>387</v>
+      </c>
+      <c r="P62" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>389</v>
+      </c>
+      <c r="B63" t="s">
+        <v>390</v>
+      </c>
+      <c r="C63" t="s">
+        <v>356</v>
+      </c>
+      <c r="D63" t="s">
+        <v>80</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>65</v>
+      </c>
+      <c r="H63">
+        <v>2017</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>103</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>391</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>392</v>
+      </c>
+      <c r="P63" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>394</v>
+      </c>
+      <c r="B64" t="s">
+        <v>395</v>
+      </c>
+      <c r="C64" t="s">
+        <v>356</v>
+      </c>
+      <c r="D64" t="s">
+        <v>85</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>65</v>
+      </c>
+      <c r="H64">
+        <v>2022</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>396</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>391</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>397</v>
+      </c>
+      <c r="P64" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>399</v>
+      </c>
+      <c r="B65" t="s">
+        <v>400</v>
+      </c>
+      <c r="C65" t="s">
+        <v>356</v>
+      </c>
+      <c r="D65" t="s">
+        <v>401</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>156</v>
+      </c>
+      <c r="G65" t="s">
+        <v>65</v>
+      </c>
+      <c r="H65">
+        <v>2022</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>396</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>391</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>402</v>
+      </c>
+      <c r="P65" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>403</v>
+      </c>
+      <c r="B66" t="s">
+        <v>404</v>
+      </c>
+      <c r="C66" t="s">
+        <v>356</v>
+      </c>
+      <c r="D66" t="s">
+        <v>405</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>112</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2005</v>
+      </c>
+      <c r="I66">
+        <v>2008</v>
+      </c>
+      <c r="J66" t="s">
+        <v>74</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>406</v>
+      </c>
+      <c r="M66" t="s">
+        <v>391</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>407</v>
+      </c>
+      <c r="P66" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>409</v>
+      </c>
+      <c r="B67" t="s">
+        <v>410</v>
+      </c>
+      <c r="C67" t="s">
+        <v>356</v>
+      </c>
+      <c r="D67" t="s">
+        <v>85</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>112</v>
+      </c>
+      <c r="G67" t="s">
+        <v>65</v>
+      </c>
+      <c r="H67">
+        <v>2009</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>74</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>411</v>
+      </c>
+      <c r="M67" t="s">
+        <v>391</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>412</v>
+      </c>
+      <c r="P67" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>414</v>
+      </c>
+      <c r="B68" t="s">
+        <v>415</v>
+      </c>
+      <c r="C68" t="s">
+        <v>111</v>
+      </c>
+      <c r="D68" t="s">
+        <v>85</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2004</v>
+      </c>
+      <c r="I68">
+        <v>2010</v>
+      </c>
+      <c r="J68" t="s">
+        <v>35</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>416</v>
+      </c>
+      <c r="M68" t="s">
+        <v>113</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>417</v>
+      </c>
+      <c r="P68" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>414</v>
+      </c>
+      <c r="B69" t="s">
+        <v>419</v>
+      </c>
+      <c r="C69" t="s">
+        <v>111</v>
+      </c>
+      <c r="D69" t="s">
+        <v>420</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>112</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2004</v>
+      </c>
+      <c r="I69">
+        <v>2010</v>
+      </c>
+      <c r="J69" t="s">
+        <v>195</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>416</v>
+      </c>
+      <c r="M69" t="s">
+        <v>113</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>421</v>
+      </c>
+      <c r="P69" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>423</v>
+      </c>
+      <c r="B70" t="s">
+        <v>424</v>
+      </c>
+      <c r="C70" t="s">
+        <v>111</v>
+      </c>
+      <c r="D70" t="s">
+        <v>47</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>33</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2009</v>
+      </c>
+      <c r="I70">
+        <v>2012</v>
+      </c>
+      <c r="J70" t="s">
+        <v>35</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>113</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>425</v>
+      </c>
+      <c r="P70" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>423</v>
+      </c>
+      <c r="B71" t="s">
+        <v>427</v>
+      </c>
+      <c r="C71" t="s">
+        <v>111</v>
+      </c>
+      <c r="D71" t="s">
+        <v>47</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2010</v>
+      </c>
+      <c r="I71">
+        <v>2012</v>
+      </c>
+      <c r="J71" t="s">
+        <v>35</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>428</v>
+      </c>
+      <c r="M71" t="s">
+        <v>113</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>429</v>
+      </c>
+      <c r="P71" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>430</v>
+      </c>
+      <c r="B72" t="s">
+        <v>431</v>
+      </c>
+      <c r="C72" t="s">
+        <v>356</v>
+      </c>
+      <c r="D72" t="s">
+        <v>335</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>65</v>
+      </c>
+      <c r="H72">
+        <v>2022</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>396</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>391</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>432</v>
+      </c>
+      <c r="P72" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>433</v>
+      </c>
+      <c r="B73" t="s">
+        <v>434</v>
+      </c>
+      <c r="C73" t="s">
+        <v>356</v>
+      </c>
+      <c r="D73" t="s">
+        <v>435</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>65</v>
+      </c>
+      <c r="H73">
+        <v>2022</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>396</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>391</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>436</v>
+      </c>
+      <c r="P73" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>437</v>
+      </c>
+      <c r="B74" t="s">
+        <v>438</v>
+      </c>
+      <c r="C74" t="s">
+        <v>356</v>
+      </c>
+      <c r="D74" t="s">
+        <v>439</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>65</v>
+      </c>
+      <c r="H74">
+        <v>2022</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>396</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>391</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>440</v>
+      </c>
+      <c r="P74" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>441</v>
+      </c>
+      <c r="B75" t="s">
+        <v>442</v>
+      </c>
+      <c r="C75" t="s">
+        <v>356</v>
+      </c>
+      <c r="D75" t="s">
+        <v>252</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>65</v>
+      </c>
+      <c r="H75">
+        <v>2022</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>396</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>391</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>443</v>
+      </c>
+      <c r="P75" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>444</v>
+      </c>
+      <c r="B76" t="s">
+        <v>445</v>
+      </c>
+      <c r="C76" t="s">
+        <v>356</v>
+      </c>
+      <c r="D76" t="s">
+        <v>446</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>65</v>
+      </c>
+      <c r="H76"/>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>447</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>391</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>448</v>
+      </c>
+      <c r="P76" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>449</v>
+      </c>
+      <c r="B77" t="s">
+        <v>450</v>
+      </c>
+      <c r="C77" t="s">
+        <v>356</v>
+      </c>
+      <c r="D77" t="s">
+        <v>451</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>65</v>
+      </c>
+      <c r="H77">
+        <v>2022</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>447</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>391</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>452</v>
+      </c>
+      <c r="P77" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>453</v>
+      </c>
+      <c r="B78" t="s">
+        <v>454</v>
+      </c>
+      <c r="C78" t="s">
+        <v>356</v>
+      </c>
+      <c r="D78" t="s">
+        <v>455</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>65</v>
+      </c>
+      <c r="H78">
+        <v>2022</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>447</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>391</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>456</v>
+      </c>
+      <c r="P78" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>457</v>
+      </c>
+      <c r="B79" t="s">
+        <v>458</v>
+      </c>
+      <c r="C79" t="s">
+        <v>356</v>
+      </c>
+      <c r="D79" t="s">
+        <v>459</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>65</v>
+      </c>
+      <c r="H79">
+        <v>2022</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>396</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>391</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>460</v>
+      </c>
+      <c r="P79" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>461</v>
+      </c>
+      <c r="B80" t="s">
+        <v>462</v>
+      </c>
+      <c r="C80" t="s">
+        <v>356</v>
+      </c>
+      <c r="D80" t="s">
+        <v>463</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>65</v>
+      </c>
+      <c r="H80">
+        <v>2022</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>396</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>391</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>464</v>
+      </c>
+      <c r="P80" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>465</v>
+      </c>
+      <c r="B81" t="s">
+        <v>466</v>
+      </c>
+      <c r="C81" t="s">
+        <v>356</v>
+      </c>
+      <c r="D81" t="s">
+        <v>467</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>65</v>
+      </c>
+      <c r="H81">
+        <v>2022</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>396</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>391</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>468</v>
+      </c>
+      <c r="P81" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>469</v>
+      </c>
+      <c r="B82" t="s">
+        <v>470</v>
+      </c>
+      <c r="C82" t="s">
+        <v>356</v>
+      </c>
+      <c r="D82" t="s">
+        <v>171</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>65</v>
+      </c>
+      <c r="H82">
+        <v>2022</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>396</v>
+      </c>
+      <c r="K82" t="s">
+        <v>172</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>391</v>
+      </c>
+      <c r="N82" t="s">
+        <v>471</v>
+      </c>
+      <c r="O82" t="s">
+        <v>472</v>
+      </c>
+      <c r="P82" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>473</v>
+      </c>
+      <c r="B83" t="s">
+        <v>474</v>
+      </c>
+      <c r="C83" t="s">
+        <v>356</v>
+      </c>
+      <c r="D83" t="s">
+        <v>264</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>65</v>
+      </c>
+      <c r="H83">
+        <v>2022</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>396</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>391</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>475</v>
+      </c>
+      <c r="P83" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>476</v>
+      </c>
+      <c r="B84" t="s">
+        <v>477</v>
+      </c>
+      <c r="C84" t="s">
+        <v>356</v>
+      </c>
+      <c r="D84" t="s">
+        <v>478</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>65</v>
+      </c>
+      <c r="H84">
+        <v>2022</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>396</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>391</v>
+      </c>
+      <c r="N84" t="s">
+        <v>67</v>
+      </c>
+      <c r="O84" t="s">
+        <v>479</v>
+      </c>
+      <c r="P84" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>480</v>
+      </c>
+      <c r="B85" t="s">
+        <v>481</v>
+      </c>
+      <c r="C85" t="s">
+        <v>356</v>
+      </c>
+      <c r="D85" t="s">
+        <v>482</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>65</v>
+      </c>
+      <c r="H85">
+        <v>2022</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>396</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>391</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>483</v>
+      </c>
+      <c r="P85" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>484</v>
+      </c>
+      <c r="B86" t="s">
+        <v>485</v>
+      </c>
+      <c r="C86" t="s">
+        <v>356</v>
+      </c>
+      <c r="D86" t="s">
+        <v>201</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>65</v>
+      </c>
+      <c r="H86">
+        <v>2022</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>396</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>391</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>486</v>
+      </c>
+      <c r="P86" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>487</v>
+      </c>
+      <c r="B87" t="s">
+        <v>488</v>
+      </c>
+      <c r="C87" t="s">
+        <v>356</v>
+      </c>
+      <c r="D87" t="s">
+        <v>64</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>65</v>
+      </c>
+      <c r="H87">
+        <v>2022</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>396</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>391</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>489</v>
+      </c>
+      <c r="P87" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>490</v>
+      </c>
+      <c r="B88" t="s">
+        <v>491</v>
+      </c>
+      <c r="C88" t="s">
+        <v>356</v>
+      </c>
+      <c r="D88" t="s">
+        <v>492</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>65</v>
+      </c>
+      <c r="H88">
+        <v>2022</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>396</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>391</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>493</v>
+      </c>
+      <c r="P88" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>494</v>
+      </c>
+      <c r="B89" t="s">
+        <v>495</v>
+      </c>
+      <c r="C89" t="s">
+        <v>356</v>
+      </c>
+      <c r="D89" t="s">
+        <v>496</v>
+      </c>
+      <c r="E89" t="s">
+        <v>141</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>65</v>
+      </c>
+      <c r="H89">
+        <v>2022</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>396</v>
+      </c>
+      <c r="K89" t="s">
+        <v>158</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>391</v>
+      </c>
+      <c r="N89" t="s">
+        <v>97</v>
+      </c>
+      <c r="O89" t="s">
+        <v>497</v>
+      </c>
+      <c r="P89" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>498</v>
+      </c>
+      <c r="B90" t="s">
+        <v>355</v>
+      </c>
+      <c r="C90" t="s">
+        <v>499</v>
+      </c>
+      <c r="D90" t="s">
+        <v>500</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>93</v>
+      </c>
+      <c r="G90" t="s">
+        <v>65</v>
+      </c>
+      <c r="H90">
+        <v>2022</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>501</v>
+      </c>
+      <c r="K90" t="s">
+        <v>104</v>
+      </c>
+      <c r="L90" t="s">
+        <v>105</v>
+      </c>
+      <c r="M90" t="s">
+        <v>502</v>
+      </c>
+      <c r="N90" t="s">
+        <v>97</v>
+      </c>
+      <c r="O90" t="s">
+        <v>503</v>
+      </c>
+      <c r="P90" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>505</v>
+      </c>
+      <c r="B91" t="s">
+        <v>89</v>
+      </c>
+      <c r="C91" t="s">
+        <v>506</v>
+      </c>
+      <c r="D91" t="s">
+        <v>91</v>
+      </c>
+      <c r="E91" t="s">
         <v>92</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F91" t="s">
+        <v>93</v>
+      </c>
+      <c r="G91" t="s">
+        <v>65</v>
+      </c>
+      <c r="H91">
+        <v>2022</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>507</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>95</v>
+      </c>
+      <c r="M91" t="s">
+        <v>508</v>
+      </c>
+      <c r="N91" t="s">
+        <v>97</v>
+      </c>
+      <c r="O91" t="s">
+        <v>509</v>
+      </c>
+      <c r="P91" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>511</v>
+      </c>
+      <c r="B92" t="s">
+        <v>89</v>
+      </c>
+      <c r="C92" t="s">
+        <v>506</v>
+      </c>
+      <c r="D92" t="s">
+        <v>91</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>93</v>
+      </c>
+      <c r="G92" t="s">
+        <v>65</v>
+      </c>
+      <c r="H92">
+        <v>2022</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>507</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>512</v>
+      </c>
+      <c r="M92" t="s">
+        <v>508</v>
+      </c>
+      <c r="N92" t="s">
+        <v>97</v>
+      </c>
+      <c r="O92" t="s">
+        <v>513</v>
+      </c>
+      <c r="P92" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>515</v>
+      </c>
+      <c r="B93" t="s">
+        <v>516</v>
+      </c>
+      <c r="C93" t="s">
+        <v>517</v>
+      </c>
+      <c r="D93" t="s">
+        <v>127</v>
+      </c>
+      <c r="E93" t="s">
+        <v>141</v>
+      </c>
+      <c r="F93" t="s">
+        <v>112</v>
+      </c>
+      <c r="G93" t="s">
+        <v>65</v>
+      </c>
+      <c r="H93">
+        <v>2015</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>35</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>518</v>
+      </c>
+      <c r="M93" t="s">
+        <v>519</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>520</v>
+      </c>
+      <c r="P93" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>522</v>
+      </c>
+      <c r="B94" t="s">
+        <v>516</v>
+      </c>
+      <c r="C94" t="s">
+        <v>517</v>
+      </c>
+      <c r="D94" t="s">
+        <v>47</v>
+      </c>
+      <c r="E94" t="s">
+        <v>141</v>
+      </c>
+      <c r="F94" t="s">
+        <v>112</v>
+      </c>
+      <c r="G94" t="s">
+        <v>65</v>
+      </c>
+      <c r="H94">
+        <v>2015</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>35</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>518</v>
+      </c>
+      <c r="M94" t="s">
+        <v>519</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>523</v>
+      </c>
+      <c r="P94" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>524</v>
+      </c>
+      <c r="B95" t="s">
+        <v>525</v>
+      </c>
+      <c r="C95" t="s">
+        <v>72</v>
+      </c>
+      <c r="D95" t="s">
+        <v>73</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>65</v>
+      </c>
+      <c r="H95">
+        <v>2010</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>74</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>75</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>526</v>
+      </c>
+      <c r="P95" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>528</v>
+      </c>
+      <c r="B96" t="s">
+        <v>79</v>
+      </c>
+      <c r="C96" t="s">
+        <v>72</v>
+      </c>
+      <c r="D96" t="s">
+        <v>80</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2010</v>
+      </c>
+      <c r="I96">
+        <v>2010</v>
+      </c>
+      <c r="J96" t="s">
+        <v>74</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>75</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>529</v>
+      </c>
+      <c r="P96" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>530</v>
+      </c>
+      <c r="B97" t="s">
+        <v>84</v>
+      </c>
+      <c r="C97" t="s">
+        <v>72</v>
+      </c>
+      <c r="D97" t="s">
         <v>85</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34">
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>65</v>
+      </c>
+      <c r="H97">
+        <v>2010</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>74</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>75</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>531</v>
+      </c>
+      <c r="P97" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>532</v>
+      </c>
+      <c r="B98" t="s">
+        <v>533</v>
+      </c>
+      <c r="C98" t="s">
+        <v>102</v>
+      </c>
+      <c r="D98" t="s">
+        <v>534</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>65</v>
+      </c>
+      <c r="H98">
         <v>2017</v>
       </c>
-      <c r="H34"/>
-      <c r="I34" t="s">
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>103</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>106</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>535</v>
+      </c>
+      <c r="P98" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>537</v>
+      </c>
+      <c r="B99" t="s">
+        <v>538</v>
+      </c>
+      <c r="C99" t="s">
+        <v>539</v>
+      </c>
+      <c r="D99" t="s">
+        <v>91</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
         <v>93</v>
       </c>
-      <c r="J34" t="s">
-[...8 lines deleted...]
-      <c r="M34" t="s">
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2019</v>
+      </c>
+      <c r="I99">
+        <v>2022</v>
+      </c>
+      <c r="J99" t="s">
+        <v>157</v>
+      </c>
+      <c r="K99" t="s">
+        <v>104</v>
+      </c>
+      <c r="L99" t="s">
+        <v>105</v>
+      </c>
+      <c r="M99" t="s">
+        <v>540</v>
+      </c>
+      <c r="N99" t="s">
+        <v>97</v>
+      </c>
+      <c r="O99" t="s">
+        <v>541</v>
+      </c>
+      <c r="P99" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>543</v>
+      </c>
+      <c r="B100" t="s">
+        <v>544</v>
+      </c>
+      <c r="C100" t="s">
+        <v>221</v>
+      </c>
+      <c r="D100" t="s">
+        <v>80</v>
+      </c>
+      <c r="E100" t="s">
+        <v>141</v>
+      </c>
+      <c r="F100" t="s">
+        <v>33</v>
+      </c>
+      <c r="G100" t="s">
+        <v>65</v>
+      </c>
+      <c r="H100">
+        <v>2011</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>222</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>265</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>545</v>
+      </c>
+      <c r="P100" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>547</v>
+      </c>
+      <c r="B101" t="s">
+        <v>548</v>
+      </c>
+      <c r="C101" t="s">
+        <v>221</v>
+      </c>
+      <c r="D101" t="s">
+        <v>549</v>
+      </c>
+      <c r="E101" t="s">
+        <v>141</v>
+      </c>
+      <c r="F101" t="s">
+        <v>33</v>
+      </c>
+      <c r="G101" t="s">
+        <v>65</v>
+      </c>
+      <c r="H101">
+        <v>2012</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>222</v>
+      </c>
+      <c r="K101" t="s">
+        <v>550</v>
+      </c>
+      <c r="L101" t="s">
+        <v>551</v>
+      </c>
+      <c r="M101" t="s">
+        <v>552</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>553</v>
+      </c>
+      <c r="P101" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>554</v>
+      </c>
+      <c r="B102" t="s">
+        <v>555</v>
+      </c>
+      <c r="C102" t="s">
+        <v>228</v>
+      </c>
+      <c r="D102" t="s">
+        <v>264</v>
+      </c>
+      <c r="E102" t="s">
+        <v>141</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>65</v>
+      </c>
+      <c r="H102">
+        <v>2012</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>103</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>556</v>
+      </c>
+      <c r="M102" t="s">
+        <v>231</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>557</v>
+      </c>
+      <c r="P102" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>559</v>
+      </c>
+      <c r="B103" t="s">
+        <v>560</v>
+      </c>
+      <c r="C103" t="s">
+        <v>228</v>
+      </c>
+      <c r="D103" t="s">
+        <v>236</v>
+      </c>
+      <c r="E103" t="s">
+        <v>141</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>65</v>
+      </c>
+      <c r="H103">
+        <v>2015</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>103</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>561</v>
+      </c>
+      <c r="M103" t="s">
+        <v>231</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>562</v>
+      </c>
+      <c r="P103" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>564</v>
+      </c>
+      <c r="B104" t="s">
+        <v>565</v>
+      </c>
+      <c r="C104" t="s">
+        <v>228</v>
+      </c>
+      <c r="D104" t="s">
+        <v>47</v>
+      </c>
+      <c r="E104" t="s">
+        <v>141</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2013</v>
+      </c>
+      <c r="I104">
+        <v>2015</v>
+      </c>
+      <c r="J104" t="s">
+        <v>103</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>566</v>
+      </c>
+      <c r="M104" t="s">
+        <v>231</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>567</v>
+      </c>
+      <c r="P104" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>569</v>
+      </c>
+      <c r="B105" t="s">
+        <v>570</v>
+      </c>
+      <c r="C105" t="s">
+        <v>228</v>
+      </c>
+      <c r="D105" t="s">
+        <v>571</v>
+      </c>
+      <c r="E105" t="s">
+        <v>141</v>
+      </c>
+      <c r="F105" t="s">
+        <v>112</v>
+      </c>
+      <c r="G105" t="s">
+        <v>65</v>
+      </c>
+      <c r="H105">
+        <v>2014</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>103</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>572</v>
+      </c>
+      <c r="M105" t="s">
+        <v>231</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>573</v>
+      </c>
+      <c r="P105" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>575</v>
+      </c>
+      <c r="B106" t="s">
+        <v>576</v>
+      </c>
+      <c r="C106" t="s">
+        <v>228</v>
+      </c>
+      <c r="D106" t="s">
+        <v>212</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>65</v>
+      </c>
+      <c r="H106">
+        <v>2012</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>103</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>230</v>
+      </c>
+      <c r="M106" t="s">
+        <v>231</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>577</v>
+      </c>
+      <c r="P106" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>579</v>
+      </c>
+      <c r="B107" t="s">
+        <v>576</v>
+      </c>
+      <c r="C107" t="s">
+        <v>228</v>
+      </c>
+      <c r="D107" t="s">
+        <v>580</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>65</v>
+      </c>
+      <c r="H107">
+        <v>2015</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>103</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>581</v>
+      </c>
+      <c r="M107" t="s">
+        <v>231</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>582</v>
+      </c>
+      <c r="P107" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>584</v>
+      </c>
+      <c r="B108" t="s">
+        <v>585</v>
+      </c>
+      <c r="C108" t="s">
+        <v>228</v>
+      </c>
+      <c r="D108" t="s">
+        <v>319</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>65</v>
+      </c>
+      <c r="H108">
+        <v>2011</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>103</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>586</v>
+      </c>
+      <c r="M108" t="s">
+        <v>231</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>587</v>
+      </c>
+      <c r="P108" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>589</v>
+      </c>
+      <c r="B109" t="s">
+        <v>590</v>
+      </c>
+      <c r="C109" t="s">
+        <v>228</v>
+      </c>
+      <c r="D109" t="s">
+        <v>591</v>
+      </c>
+      <c r="E109" t="s">
+        <v>141</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>65</v>
+      </c>
+      <c r="H109">
+        <v>2013</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>103</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>592</v>
+      </c>
+      <c r="M109" t="s">
+        <v>231</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>593</v>
+      </c>
+      <c r="P109" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>595</v>
+      </c>
+      <c r="B110" t="s">
+        <v>596</v>
+      </c>
+      <c r="C110" t="s">
+        <v>133</v>
+      </c>
+      <c r="D110" t="s">
+        <v>597</v>
+      </c>
+      <c r="E110" t="s">
+        <v>141</v>
+      </c>
+      <c r="F110" t="s">
+        <v>33</v>
+      </c>
+      <c r="G110" t="s">
+        <v>65</v>
+      </c>
+      <c r="H110">
+        <v>2017</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>598</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>135</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>599</v>
+      </c>
+      <c r="P110" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>600</v>
+      </c>
+      <c r="B111" t="s">
+        <v>601</v>
+      </c>
+      <c r="C111" t="s">
+        <v>133</v>
+      </c>
+      <c r="D111" t="s">
+        <v>602</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>112</v>
+      </c>
+      <c r="G111" t="s">
+        <v>65</v>
+      </c>
+      <c r="H111">
+        <v>2024</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>603</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>604</v>
+      </c>
+      <c r="M111" t="s">
+        <v>605</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>606</v>
+      </c>
+      <c r="P111" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>608</v>
+      </c>
+      <c r="B112" t="s">
+        <v>609</v>
+      </c>
+      <c r="C112" t="s">
+        <v>133</v>
+      </c>
+      <c r="D112" t="s">
+        <v>127</v>
+      </c>
+      <c r="E112" t="s">
+        <v>141</v>
+      </c>
+      <c r="F112" t="s">
+        <v>33</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2017</v>
+      </c>
+      <c r="I112">
+        <v>2019</v>
+      </c>
+      <c r="J112" t="s">
+        <v>157</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>135</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>610</v>
+      </c>
+      <c r="P112" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>611</v>
+      </c>
+      <c r="B113" t="s">
+        <v>612</v>
+      </c>
+      <c r="C113" t="s">
+        <v>133</v>
+      </c>
+      <c r="D113" t="s">
+        <v>613</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>156</v>
+      </c>
+      <c r="G113" t="s">
+        <v>65</v>
+      </c>
+      <c r="H113">
+        <v>2018</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>157</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>614</v>
+      </c>
+      <c r="M113" t="s">
+        <v>615</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>616</v>
+      </c>
+      <c r="P113" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>618</v>
+      </c>
+      <c r="B114" t="s">
+        <v>619</v>
+      </c>
+      <c r="C114" t="s">
+        <v>620</v>
+      </c>
+      <c r="D114" t="s">
+        <v>91</v>
+      </c>
+      <c r="E114" t="s">
+        <v>141</v>
+      </c>
+      <c r="F114" t="s">
+        <v>93</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2018</v>
+      </c>
+      <c r="I114">
+        <v>2022</v>
+      </c>
+      <c r="J114" t="s">
+        <v>157</v>
+      </c>
+      <c r="K114" t="s">
+        <v>104</v>
+      </c>
+      <c r="L114" t="s">
+        <v>105</v>
+      </c>
+      <c r="M114" t="s">
+        <v>621</v>
+      </c>
+      <c r="N114" t="s">
+        <v>97</v>
+      </c>
+      <c r="O114" t="s">
+        <v>622</v>
+      </c>
+      <c r="P114" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>624</v>
+      </c>
+      <c r="B115" t="s">
+        <v>625</v>
+      </c>
+      <c r="C115" t="s">
+        <v>620</v>
+      </c>
+      <c r="D115" t="s">
+        <v>91</v>
+      </c>
+      <c r="E115" t="s">
+        <v>141</v>
+      </c>
+      <c r="F115" t="s">
+        <v>93</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2018</v>
+      </c>
+      <c r="I115">
+        <v>2022</v>
+      </c>
+      <c r="J115" t="s">
+        <v>157</v>
+      </c>
+      <c r="K115" t="s">
+        <v>158</v>
+      </c>
+      <c r="L115" t="s">
+        <v>105</v>
+      </c>
+      <c r="M115" t="s">
+        <v>621</v>
+      </c>
+      <c r="N115" t="s">
+        <v>97</v>
+      </c>
+      <c r="O115" t="s">
+        <v>626</v>
+      </c>
+      <c r="P115" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>627</v>
+      </c>
+      <c r="B116" t="s">
+        <v>628</v>
+      </c>
+      <c r="C116" t="s">
+        <v>629</v>
+      </c>
+      <c r="D116" t="s">
+        <v>91</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>93</v>
+      </c>
+      <c r="G116" t="s">
+        <v>65</v>
+      </c>
+      <c r="H116">
+        <v>2020</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>253</v>
+      </c>
+      <c r="K116" t="s">
+        <v>104</v>
+      </c>
+      <c r="L116" t="s">
+        <v>105</v>
+      </c>
+      <c r="M116" t="s">
+        <v>630</v>
+      </c>
+      <c r="N116" t="s">
+        <v>97</v>
+      </c>
+      <c r="O116" t="s">
+        <v>631</v>
+      </c>
+      <c r="P116" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>627</v>
+      </c>
+      <c r="B117" t="s">
+        <v>633</v>
+      </c>
+      <c r="C117" t="s">
+        <v>634</v>
+      </c>
+      <c r="D117" t="s">
+        <v>91</v>
+      </c>
+      <c r="E117" t="s">
+        <v>141</v>
+      </c>
+      <c r="F117" t="s">
+        <v>93</v>
+      </c>
+      <c r="G117" t="s">
+        <v>65</v>
+      </c>
+      <c r="H117">
+        <v>2021</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>253</v>
+      </c>
+      <c r="K117" t="s">
+        <v>104</v>
+      </c>
+      <c r="L117" t="s">
+        <v>105</v>
+      </c>
+      <c r="M117" t="s">
+        <v>635</v>
+      </c>
+      <c r="N117" t="s">
+        <v>97</v>
+      </c>
+      <c r="O117" t="s">
+        <v>636</v>
+      </c>
+      <c r="P117"/>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>637</v>
+      </c>
+      <c r="B118" t="s">
+        <v>638</v>
+      </c>
+      <c r="C118" t="s">
+        <v>639</v>
+      </c>
+      <c r="D118" t="s">
+        <v>91</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>93</v>
+      </c>
+      <c r="G118" t="s">
+        <v>65</v>
+      </c>
+      <c r="H118">
+        <v>2021</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>157</v>
+      </c>
+      <c r="K118" t="s">
+        <v>104</v>
+      </c>
+      <c r="L118" t="s">
+        <v>105</v>
+      </c>
+      <c r="M118" t="s">
+        <v>640</v>
+      </c>
+      <c r="N118" t="s">
+        <v>97</v>
+      </c>
+      <c r="O118" t="s">
+        <v>641</v>
+      </c>
+      <c r="P118" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>643</v>
+      </c>
+      <c r="B119" t="s">
+        <v>644</v>
+      </c>
+      <c r="C119" t="s">
+        <v>126</v>
+      </c>
+      <c r="D119" t="s">
+        <v>645</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>112</v>
+      </c>
+      <c r="G119" t="s">
+        <v>65</v>
+      </c>
+      <c r="H119">
+        <v>2016</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>646</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>647</v>
+      </c>
+      <c r="N119" t="s">
+        <v>67</v>
+      </c>
+      <c r="O119" t="s">
+        <v>648</v>
+      </c>
+      <c r="P119" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>650</v>
+      </c>
+      <c r="B120" t="s">
         <v>89</v>
       </c>
-      <c r="N34" t="s">
-[...64 lines deleted...]
-      <c r="G36">
+      <c r="C120" t="s">
+        <v>651</v>
+      </c>
+      <c r="D120" t="s">
+        <v>91</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>93</v>
+      </c>
+      <c r="G120" t="s">
+        <v>65</v>
+      </c>
+      <c r="H120">
         <v>2017</v>
       </c>
-      <c r="H36"/>
-[...3486 lines deleted...]
-      </c>
+      <c r="I120"/>
       <c r="J120" t="s">
         <v>94</v>
       </c>
       <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
         <v>95</v>
       </c>
-      <c r="L120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M120" t="s">
-        <v>89</v>
+        <v>652</v>
       </c>
       <c r="N120" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>97</v>
+      </c>
+      <c r="O120" t="s">
+        <v>653</v>
+      </c>
+      <c r="P120" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>450</v>
+        <v>655</v>
       </c>
       <c r="B121" t="s">
-        <v>447</v>
+        <v>656</v>
       </c>
       <c r="C121" t="s">
-        <v>83</v>
+        <v>651</v>
       </c>
       <c r="D121" t="s">
-        <v>121</v>
+        <v>91</v>
       </c>
       <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>93</v>
+      </c>
+      <c r="G121" t="s">
+        <v>65</v>
+      </c>
+      <c r="H121">
+        <v>2020</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>94</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>95</v>
+      </c>
+      <c r="M121" t="s">
+        <v>652</v>
+      </c>
+      <c r="N121" t="s">
+        <v>97</v>
+      </c>
+      <c r="O121" t="s">
+        <v>657</v>
+      </c>
+      <c r="P121"/>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>658</v>
+      </c>
+      <c r="B122" t="s">
+        <v>101</v>
+      </c>
+      <c r="C122" t="s">
+        <v>659</v>
+      </c>
+      <c r="D122" t="s">
+        <v>91</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>93</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2016</v>
+      </c>
+      <c r="I122">
+        <v>2017</v>
+      </c>
+      <c r="J122" t="s">
+        <v>103</v>
+      </c>
+      <c r="K122" t="s">
+        <v>104</v>
+      </c>
+      <c r="L122" t="s">
+        <v>105</v>
+      </c>
+      <c r="M122" t="s">
+        <v>660</v>
+      </c>
+      <c r="N122" t="s">
+        <v>97</v>
+      </c>
+      <c r="O122" t="s">
+        <v>661</v>
+      </c>
+      <c r="P122" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>663</v>
+      </c>
+      <c r="B123" t="s">
+        <v>664</v>
+      </c>
+      <c r="C123" t="s">
+        <v>665</v>
+      </c>
+      <c r="D123" t="s">
+        <v>171</v>
+      </c>
+      <c r="E123" t="s">
+        <v>141</v>
+      </c>
+      <c r="F123" t="s">
+        <v>93</v>
+      </c>
+      <c r="G123" t="s">
+        <v>65</v>
+      </c>
+      <c r="H123">
+        <v>2019</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>103</v>
+      </c>
+      <c r="K123" t="s">
+        <v>172</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>666</v>
+      </c>
+      <c r="N123" t="s">
+        <v>174</v>
+      </c>
+      <c r="O123" t="s">
+        <v>667</v>
+      </c>
+      <c r="P123" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>669</v>
+      </c>
+      <c r="B124" t="s">
+        <v>670</v>
+      </c>
+      <c r="C124" t="s">
+        <v>665</v>
+      </c>
+      <c r="D124" t="s">
+        <v>47</v>
+      </c>
+      <c r="E124" t="s">
+        <v>141</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>65</v>
+      </c>
+      <c r="H124">
+        <v>2011</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>364</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>666</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>671</v>
+      </c>
+      <c r="P124" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>673</v>
+      </c>
+      <c r="B125" t="s">
+        <v>674</v>
+      </c>
+      <c r="C125" t="s">
+        <v>665</v>
+      </c>
+      <c r="D125" t="s">
+        <v>377</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>65</v>
+      </c>
+      <c r="H125">
+        <v>2011</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>364</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>666</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>675</v>
+      </c>
+      <c r="P125" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>677</v>
+      </c>
+      <c r="B126" t="s">
+        <v>678</v>
+      </c>
+      <c r="C126" t="s">
+        <v>665</v>
+      </c>
+      <c r="D126" t="s">
+        <v>377</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>65</v>
+      </c>
+      <c r="H126">
+        <v>2011</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>364</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>666</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>679</v>
+      </c>
+      <c r="P126" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>681</v>
+      </c>
+      <c r="B127" t="s">
+        <v>682</v>
+      </c>
+      <c r="C127" t="s">
+        <v>665</v>
+      </c>
+      <c r="D127" t="s">
+        <v>370</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>112</v>
+      </c>
+      <c r="G127" t="s">
+        <v>65</v>
+      </c>
+      <c r="H127">
+        <v>2011</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>364</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>666</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>683</v>
+      </c>
+      <c r="P127" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>685</v>
+      </c>
+      <c r="B128" t="s">
+        <v>686</v>
+      </c>
+      <c r="C128" t="s">
+        <v>665</v>
+      </c>
+      <c r="D128" t="s">
+        <v>687</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>65</v>
+      </c>
+      <c r="H128">
+        <v>2011</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>103</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>666</v>
+      </c>
+      <c r="N128" t="s">
+        <v>67</v>
+      </c>
+      <c r="O128" t="s">
+        <v>688</v>
+      </c>
+      <c r="P128" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>690</v>
+      </c>
+      <c r="B129" t="s">
+        <v>132</v>
+      </c>
+      <c r="C129" t="s">
+        <v>665</v>
+      </c>
+      <c r="D129" t="s">
+        <v>91</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>93</v>
+      </c>
+      <c r="G129" t="s">
+        <v>65</v>
+      </c>
+      <c r="H129">
+        <v>2021</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>253</v>
+      </c>
+      <c r="K129" t="s">
+        <v>104</v>
+      </c>
+      <c r="L129" t="s">
+        <v>105</v>
+      </c>
+      <c r="M129" t="s">
+        <v>666</v>
+      </c>
+      <c r="N129" t="s">
+        <v>97</v>
+      </c>
+      <c r="O129" t="s">
+        <v>691</v>
+      </c>
+      <c r="P129" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>693</v>
+      </c>
+      <c r="B130" t="s">
+        <v>694</v>
+      </c>
+      <c r="C130" t="s">
+        <v>665</v>
+      </c>
+      <c r="D130" t="s">
         <v>85</v>
       </c>
-      <c r="F121" t="s">
-[...88 lines deleted...]
-      <c r="G123">
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>112</v>
+      </c>
+      <c r="G130" t="s">
+        <v>65</v>
+      </c>
+      <c r="H130">
+        <v>2011</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>103</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>695</v>
+      </c>
+      <c r="M130" t="s">
+        <v>666</v>
+      </c>
+      <c r="N130" t="s">
+        <v>67</v>
+      </c>
+      <c r="O130" t="s">
+        <v>696</v>
+      </c>
+      <c r="P130" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>698</v>
+      </c>
+      <c r="B131" t="s">
+        <v>699</v>
+      </c>
+      <c r="C131" t="s">
+        <v>700</v>
+      </c>
+      <c r="D131" t="s">
+        <v>80</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2010</v>
+      </c>
+      <c r="I131">
+        <v>2014</v>
+      </c>
+      <c r="J131" t="s">
+        <v>195</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>701</v>
+      </c>
+      <c r="M131" t="s">
+        <v>702</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>703</v>
+      </c>
+      <c r="P131" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>705</v>
+      </c>
+      <c r="B132" t="s">
+        <v>706</v>
+      </c>
+      <c r="C132" t="s">
+        <v>700</v>
+      </c>
+      <c r="D132" t="s">
+        <v>284</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>112</v>
+      </c>
+      <c r="G132" t="s">
+        <v>65</v>
+      </c>
+      <c r="H132">
+        <v>2014</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>195</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>707</v>
+      </c>
+      <c r="M132" t="s">
+        <v>702</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>708</v>
+      </c>
+      <c r="P132" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>710</v>
+      </c>
+      <c r="B133" t="s">
+        <v>711</v>
+      </c>
+      <c r="C133" t="s">
+        <v>700</v>
+      </c>
+      <c r="D133" t="s">
+        <v>712</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>112</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2012</v>
+      </c>
+      <c r="I133">
+        <v>2014</v>
+      </c>
+      <c r="J133" t="s">
+        <v>195</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>713</v>
+      </c>
+      <c r="M133" t="s">
+        <v>702</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>714</v>
+      </c>
+      <c r="P133" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>716</v>
+      </c>
+      <c r="B134" t="s">
+        <v>717</v>
+      </c>
+      <c r="C134" t="s">
+        <v>700</v>
+      </c>
+      <c r="D134" t="s">
+        <v>377</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2012</v>
+      </c>
+      <c r="I134">
+        <v>2014</v>
+      </c>
+      <c r="J134" t="s">
+        <v>195</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>718</v>
+      </c>
+      <c r="M134" t="s">
+        <v>702</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>719</v>
+      </c>
+      <c r="P134" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>721</v>
+      </c>
+      <c r="B135" t="s">
+        <v>722</v>
+      </c>
+      <c r="C135" t="s">
+        <v>228</v>
+      </c>
+      <c r="D135" t="s">
+        <v>723</v>
+      </c>
+      <c r="E135" t="s">
+        <v>141</v>
+      </c>
+      <c r="F135" t="s">
+        <v>33</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2014</v>
+      </c>
+      <c r="I135">
+        <v>2017</v>
+      </c>
+      <c r="J135" t="s">
+        <v>253</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>231</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>724</v>
+      </c>
+      <c r="P135" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>726</v>
+      </c>
+      <c r="B136" t="s">
+        <v>727</v>
+      </c>
+      <c r="C136" t="s">
+        <v>728</v>
+      </c>
+      <c r="D136" t="s">
+        <v>91</v>
+      </c>
+      <c r="E136" t="s">
+        <v>141</v>
+      </c>
+      <c r="F136" t="s">
+        <v>93</v>
+      </c>
+      <c r="G136" t="s">
+        <v>65</v>
+      </c>
+      <c r="H136">
         <v>2021</v>
       </c>
-      <c r="H123"/>
-[...538 lines deleted...]
-      </c>
+      <c r="I136"/>
       <c r="J136" t="s">
-        <v>21</v>
+        <v>253</v>
       </c>
       <c r="K136" t="s">
-        <v>494</v>
+        <v>104</v>
       </c>
       <c r="L136" t="s">
-        <v>478</v>
+        <v>105</v>
       </c>
       <c r="M136" t="s">
-        <v>59</v>
+        <v>729</v>
       </c>
       <c r="N136" t="s">
-        <v>495</v>
-[...258 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="O136" t="s">
+        <v>730</v>
+      </c>
+      <c r="P136"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>