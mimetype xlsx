--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -12,659 +12,877 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -928,1775 +1146,2008 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N40"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G15" t="s">
+        <v>102</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>104</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>111</v>
+      </c>
+      <c r="G16" t="s">
+        <v>102</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>103</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>112</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>116</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>111</v>
+      </c>
+      <c r="G17" t="s">
+        <v>39</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>118</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>120</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>125</v>
+      </c>
+      <c r="D18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>127</v>
+      </c>
+      <c r="G18" t="s">
+        <v>39</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>87</v>
+      </c>
+      <c r="L18" t="s">
+        <v>128</v>
+      </c>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>130</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>127</v>
+      </c>
+      <c r="G19" t="s">
+        <v>39</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>135</v>
+      </c>
+      <c r="K19" t="s">
+        <v>87</v>
+      </c>
+      <c r="L19" t="s">
+        <v>128</v>
+      </c>
+      <c r="M19" t="s">
+        <v>136</v>
+      </c>
+      <c r="N19" t="s">
+        <v>137</v>
+      </c>
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" t="s">
+        <v>142</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>111</v>
+      </c>
+      <c r="G20" t="s">
+        <v>39</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>143</v>
+      </c>
+      <c r="K20" t="s">
+        <v>144</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>112</v>
+      </c>
+      <c r="N20" t="s">
+        <v>130</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>149</v>
+      </c>
+      <c r="D21" t="s">
+        <v>150</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>101</v>
+      </c>
+      <c r="G21" t="s">
+        <v>39</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>118</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>149</v>
+      </c>
+      <c r="D22" t="s">
+        <v>93</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>101</v>
+      </c>
+      <c r="G22" t="s">
+        <v>39</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>118</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
+        <v>152</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>149</v>
+      </c>
+      <c r="D23" t="s">
+        <v>159</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>111</v>
+      </c>
+      <c r="G23" t="s">
+        <v>102</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>118</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>152</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C24" t="s">
+        <v>163</v>
+      </c>
+      <c r="D24" t="s">
+        <v>164</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>111</v>
+      </c>
+      <c r="G24" t="s">
+        <v>102</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>165</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>166</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>167</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C25" t="s">
+        <v>163</v>
+      </c>
+      <c r="D25" t="s">
+        <v>170</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>111</v>
+      </c>
+      <c r="G25" t="s">
+        <v>102</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>118</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>171</v>
+      </c>
+      <c r="M25" t="s">
+        <v>166</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>172</v>
+      </c>
+      <c r="P25"/>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" t="s">
+        <v>174</v>
+      </c>
+      <c r="C26" t="s">
+        <v>175</v>
+      </c>
+      <c r="D26" t="s">
+        <v>176</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>111</v>
+      </c>
+      <c r="G26" t="s">
+        <v>39</v>
+      </c>
+      <c r="H26">
         <v>2012</v>
       </c>
-      <c r="H2">
-[...8 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>177</v>
+      </c>
+      <c r="M26" t="s">
+        <v>178</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>179</v>
+      </c>
+      <c r="P26" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>181</v>
+      </c>
+      <c r="B27" t="s">
+        <v>182</v>
+      </c>
+      <c r="C27" t="s">
+        <v>175</v>
+      </c>
+      <c r="D27" t="s">
+        <v>183</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>111</v>
+      </c>
+      <c r="G27" t="s">
+        <v>39</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>184</v>
+      </c>
+      <c r="M27" t="s">
+        <v>178</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>175</v>
+      </c>
+      <c r="D28" t="s">
+        <v>93</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>111</v>
+      </c>
+      <c r="G28" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
+      <c r="M28" t="s">
+        <v>178</v>
+      </c>
+      <c r="N28" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...8 lines deleted...]
-      <c r="G3">
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>175</v>
+      </c>
+      <c r="D29" t="s">
+        <v>194</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>101</v>
+      </c>
+      <c r="G29" t="s">
+        <v>39</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>195</v>
+      </c>
+      <c r="M29" t="s">
+        <v>178</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>196</v>
+      </c>
+      <c r="P29" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>198</v>
+      </c>
+      <c r="B30" t="s">
+        <v>199</v>
+      </c>
+      <c r="C30" t="s">
+        <v>175</v>
+      </c>
+      <c r="D30" t="s">
+        <v>200</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>111</v>
+      </c>
+      <c r="G30" t="s">
+        <v>39</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>201</v>
+      </c>
+      <c r="M30" t="s">
+        <v>178</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>202</v>
+      </c>
+      <c r="P30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" t="s">
+        <v>134</v>
+      </c>
+      <c r="C31" t="s">
+        <v>205</v>
+      </c>
+      <c r="D31" t="s">
+        <v>126</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>127</v>
+      </c>
+      <c r="G31" t="s">
+        <v>206</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>207</v>
+      </c>
+      <c r="K31" t="s">
+        <v>87</v>
+      </c>
+      <c r="L31" t="s">
+        <v>128</v>
+      </c>
+      <c r="M31" t="s">
+        <v>208</v>
+      </c>
+      <c r="N31" t="s">
+        <v>137</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" t="s">
+        <v>213</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>214</v>
+      </c>
+      <c r="G32" t="s">
+        <v>39</v>
+      </c>
+      <c r="H32">
         <v>2017</v>
       </c>
-      <c r="H3">
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>103</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>104</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>215</v>
+      </c>
+      <c r="P32" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>217</v>
+      </c>
+      <c r="B33" t="s">
+        <v>218</v>
+      </c>
+      <c r="C33" t="s">
+        <v>99</v>
+      </c>
+      <c r="D33" t="s">
+        <v>150</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>214</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>219</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>104</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>220</v>
+      </c>
+      <c r="P33" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>223</v>
+      </c>
+      <c r="D34" t="s">
+        <v>126</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>127</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2018</v>
+      </c>
+      <c r="I34">
+        <v>2022</v>
+      </c>
+      <c r="J34" t="s">
+        <v>219</v>
+      </c>
+      <c r="K34" t="s">
+        <v>87</v>
+      </c>
+      <c r="L34" t="s">
+        <v>128</v>
+      </c>
+      <c r="M34" t="s">
+        <v>224</v>
+      </c>
+      <c r="N34" t="s">
+        <v>130</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>223</v>
+      </c>
+      <c r="D35" t="s">
+        <v>126</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>127</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35">
+        <v>2022</v>
+      </c>
+      <c r="J35" t="s">
+        <v>219</v>
+      </c>
+      <c r="K35" t="s">
+        <v>144</v>
+      </c>
+      <c r="L35" t="s">
+        <v>128</v>
+      </c>
+      <c r="M35" t="s">
+        <v>224</v>
+      </c>
+      <c r="N35" t="s">
+        <v>130</v>
+      </c>
+      <c r="O35" t="s">
+        <v>229</v>
+      </c>
+      <c r="P35" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>230</v>
+      </c>
+      <c r="B36" t="s">
+        <v>231</v>
+      </c>
+      <c r="C36" t="s">
+        <v>232</v>
+      </c>
+      <c r="D36" t="s">
+        <v>126</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>127</v>
+      </c>
+      <c r="G36" t="s">
+        <v>39</v>
+      </c>
+      <c r="H36">
         <v>2021</v>
       </c>
-      <c r="I3" t="s">
-[...6 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>233</v>
+      </c>
+      <c r="K36" t="s">
+        <v>87</v>
+      </c>
+      <c r="L36" t="s">
+        <v>128</v>
+      </c>
+      <c r="M36" t="s">
+        <v>234</v>
+      </c>
+      <c r="N36" t="s">
+        <v>130</v>
+      </c>
+      <c r="O36" t="s">
+        <v>235</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>236</v>
+      </c>
+      <c r="B37" t="s">
+        <v>237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>238</v>
+      </c>
+      <c r="D37" t="s">
+        <v>239</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>127</v>
+      </c>
+      <c r="G37" t="s">
+        <v>39</v>
+      </c>
+      <c r="H37">
+        <v>2019</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K37" t="s">
+        <v>240</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>241</v>
+      </c>
+      <c r="N37" t="s">
+        <v>242</v>
+      </c>
+      <c r="O37" t="s">
+        <v>243</v>
+      </c>
+      <c r="P37" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>245</v>
+      </c>
+      <c r="B38" t="s">
+        <v>246</v>
+      </c>
+      <c r="C38" t="s">
+        <v>238</v>
+      </c>
+      <c r="D38" t="s">
+        <v>93</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>111</v>
+      </c>
+      <c r="G38" t="s">
+        <v>39</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>247</v>
+      </c>
+      <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...36 lines deleted...]
-      <c r="M4" t="s">
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>241</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>248</v>
+      </c>
+      <c r="P38" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>250</v>
+      </c>
+      <c r="B39" t="s">
+        <v>251</v>
+      </c>
+      <c r="C39" t="s">
+        <v>175</v>
+      </c>
+      <c r="D39" t="s">
+        <v>252</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>214</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39">
+        <v>2017</v>
+      </c>
+      <c r="J39" t="s">
+        <v>233</v>
+      </c>
+      <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...52 lines deleted...]
-      <c r="C6" t="s">
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>178</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>253</v>
+      </c>
+      <c r="P39" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>255</v>
+      </c>
+      <c r="B40" t="s">
+        <v>256</v>
+      </c>
+      <c r="C40" t="s">
+        <v>257</v>
+      </c>
+      <c r="D40" t="s">
+        <v>126</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>127</v>
+      </c>
+      <c r="G40" t="s">
         <v>39</v>
       </c>
-      <c r="D6" t="s">
-[...468 lines deleted...]
-      <c r="G17">
+      <c r="H40">
         <v>2021</v>
       </c>
-      <c r="H17"/>
-      <c r="I17" t="s">
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>233</v>
+      </c>
+      <c r="K40" t="s">
         <v>87</v>
       </c>
-      <c r="J17" t="s">
-[...326 lines deleted...]
-      <c r="K25" t="s">
+      <c r="L40" t="s">
         <v>128</v>
       </c>
-      <c r="L25" t="s">
-[...10 lines deleted...]
-      <c r="A26" t="s">
+      <c r="M40" t="s">
+        <v>258</v>
+      </c>
+      <c r="N40" t="s">
         <v>130</v>
       </c>
-      <c r="B26" t="s">
-[...623 lines deleted...]
-      </c>
+      <c r="O40" t="s">
+        <v>259</v>
+      </c>
+      <c r="P40"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>