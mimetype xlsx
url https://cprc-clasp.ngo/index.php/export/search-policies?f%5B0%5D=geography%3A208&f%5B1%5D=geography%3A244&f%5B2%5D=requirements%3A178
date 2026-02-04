--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="261">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -371,50 +371,53 @@
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
     <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
@@ -1160,51 +1163,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1958,1159 +1961,1159 @@
       <c r="O16" t="s">
         <v>113</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>114</v>
       </c>
       <c r="B17" t="s">
         <v>115</v>
       </c>
       <c r="C17" t="s">
         <v>116</v>
       </c>
       <c r="D17" t="s">
         <v>117</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>111</v>
       </c>
       <c r="G17" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G18" t="s">
         <v>39</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>87</v>
       </c>
       <c r="L18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="O18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
         <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G19" t="s">
         <v>39</v>
       </c>
       <c r="H19">
         <v>2020</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K19" t="s">
         <v>87</v>
       </c>
       <c r="L19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C20" t="s">
         <v>109</v>
       </c>
       <c r="D20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>111</v>
       </c>
       <c r="G20" t="s">
         <v>39</v>
       </c>
       <c r="H20">
         <v>2022</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>112</v>
       </c>
       <c r="N20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="O20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>101</v>
       </c>
       <c r="G21" t="s">
         <v>39</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D22" t="s">
         <v>93</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>101</v>
       </c>
       <c r="G22" t="s">
         <v>39</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>111</v>
       </c>
       <c r="G23" t="s">
         <v>102</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>111</v>
       </c>
       <c r="G24" t="s">
         <v>102</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>111</v>
       </c>
       <c r="G25" t="s">
         <v>102</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>111</v>
       </c>
       <c r="G26" t="s">
         <v>39</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C27" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>111</v>
       </c>
       <c r="G27" t="s">
         <v>39</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D28" t="s">
         <v>93</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>111</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28">
         <v>2015</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M28" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C29" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>101</v>
       </c>
       <c r="G29" t="s">
         <v>39</v>
       </c>
       <c r="H29">
         <v>2014</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M29" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B30" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C30" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>111</v>
       </c>
       <c r="G30" t="s">
         <v>39</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M30" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B31" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C31" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D31" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H31">
         <v>2022</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K31" t="s">
         <v>87</v>
       </c>
       <c r="L31" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B32" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C32" t="s">
         <v>99</v>
       </c>
       <c r="D32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G32" t="s">
         <v>39</v>
       </c>
       <c r="H32">
         <v>2017</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>103</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>104</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C33" t="s">
         <v>99</v>
       </c>
       <c r="D33" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2017</v>
       </c>
       <c r="I33">
         <v>2019</v>
       </c>
       <c r="J33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>104</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D34" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2018</v>
       </c>
       <c r="I34">
         <v>2022</v>
       </c>
       <c r="J34" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="K34" t="s">
         <v>87</v>
       </c>
       <c r="L34" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N34" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="O34" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P34" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C35" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D35" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2018</v>
       </c>
       <c r="I35">
         <v>2022</v>
       </c>
       <c r="J35" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="K35" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="L35" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M35" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N35" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="O35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P35" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B36" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C36" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D36" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G36" t="s">
         <v>39</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K36" t="s">
         <v>87</v>
       </c>
       <c r="L36" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N36" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="O36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P36"/>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B37" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C37" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D37" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G37" t="s">
         <v>39</v>
       </c>
       <c r="H37">
         <v>2019</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="N37" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="O37" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P37" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B38" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C38" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D38" t="s">
         <v>93</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>111</v>
       </c>
       <c r="G38" t="s">
         <v>39</v>
       </c>
       <c r="H38">
         <v>2011</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B39" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C39" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D39" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2014</v>
       </c>
       <c r="I39">
         <v>2017</v>
       </c>
       <c r="J39" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P39" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B40" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C40" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D40" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G40" t="s">
         <v>39</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K40" t="s">
         <v>87</v>
       </c>
       <c r="L40" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M40" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="N40" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="O40" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="P40"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>