--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,2172 +12,3239 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="660">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="992">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.
+This Policy is currently under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1185-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>The Gambia</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>NB 10.07.001, NB 17.02.001</t>
+  </si>
+  <si>
+    <t>Ministry of Petroleum and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
-    <t>The Gambia</t>
-[...16 lines deleted...]
-  <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-refrigerators</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
+  </si>
+  <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2441,7937 +3508,9142 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N190"/>
+  <dimension ref="A1:P192"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2024</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>52</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>58</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>50</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>52</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2023</v>
+      </c>
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>52</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2006</v>
+      </c>
+      <c r="J10" t="s">
+        <v>50</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>52</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" t="s">
+        <v>86</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>50</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>52</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" t="s">
+        <v>86</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>50</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>52</v>
+      </c>
+      <c r="N12" t="s">
+        <v>93</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" t="s">
+        <v>86</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>50</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>52</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>50</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>52</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" t="s">
+        <v>86</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>50</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>52</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>113</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" t="s">
+        <v>58</v>
+      </c>
+      <c r="G16" t="s">
+        <v>86</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>116</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>113</v>
+      </c>
+      <c r="D17" t="s">
+        <v>104</v>
+      </c>
+      <c r="E17" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" t="s">
+        <v>58</v>
+      </c>
+      <c r="G17" t="s">
+        <v>86</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>115</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>116</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>113</v>
+      </c>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
+        <v>39</v>
+      </c>
+      <c r="F18" t="s">
+        <v>58</v>
+      </c>
+      <c r="G18" t="s">
+        <v>86</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>115</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>116</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>125</v>
+      </c>
+      <c r="P18" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>127</v>
+      </c>
+      <c r="B19" t="s">
+        <v>128</v>
+      </c>
+      <c r="C19" t="s">
+        <v>129</v>
+      </c>
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>131</v>
+      </c>
+      <c r="F19" t="s">
+        <v>132</v>
+      </c>
+      <c r="G19" t="s">
+        <v>86</v>
+      </c>
+      <c r="H19">
         <v>2009</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>133</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>134</v>
+      </c>
+      <c r="M19" t="s">
+        <v>135</v>
+      </c>
+      <c r="N19" t="s">
+        <v>136</v>
+      </c>
+      <c r="O19" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>141</v>
+      </c>
+      <c r="D20" t="s">
+        <v>130</v>
+      </c>
+      <c r="E20" t="s">
+        <v>39</v>
+      </c>
+      <c r="F20" t="s">
+        <v>132</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>142</v>
+      </c>
+      <c r="K20" t="s">
+        <v>143</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>136</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>150</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H21">
+        <v>2003</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>151</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>156</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>86</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K22" t="s">
+        <v>157</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D23" t="s">
+        <v>162</v>
+      </c>
+      <c r="E23" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G23" t="s">
+        <v>86</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...34 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K23" t="s">
+        <v>163</v>
+      </c>
+      <c r="L23" t="s">
+        <v>164</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>167</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...199 lines deleted...]
-      <c r="E9" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2007</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>115</v>
+      </c>
+      <c r="K24" t="s">
+        <v>163</v>
+      </c>
+      <c r="L24" t="s">
+        <v>164</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>168</v>
+      </c>
+      <c r="P24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>170</v>
+      </c>
+      <c r="B25" t="s">
+        <v>171</v>
+      </c>
+      <c r="C25" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...5 lines deleted...]
-      <c r="H9">
+      <c r="D25" t="s">
+        <v>172</v>
+      </c>
+      <c r="E25" t="s">
+        <v>39</v>
+      </c>
+      <c r="F25" t="s">
+        <v>58</v>
+      </c>
+      <c r="G25" t="s">
+        <v>86</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>151</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>173</v>
+      </c>
+      <c r="N25" t="s">
+        <v>93</v>
+      </c>
+      <c r="O25" t="s">
+        <v>174</v>
+      </c>
+      <c r="P25" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>176</v>
+      </c>
+      <c r="B26" t="s">
+        <v>177</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>178</v>
+      </c>
+      <c r="E26" t="s">
+        <v>39</v>
+      </c>
+      <c r="F26" t="s">
+        <v>58</v>
+      </c>
+      <c r="G26" t="s">
+        <v>86</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>151</v>
+      </c>
+      <c r="K26" t="s">
+        <v>179</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>173</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>156</v>
+      </c>
+      <c r="E27" t="s">
+        <v>39</v>
+      </c>
+      <c r="F27" t="s">
+        <v>58</v>
+      </c>
+      <c r="G27" t="s">
+        <v>86</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>151</v>
+      </c>
+      <c r="K27" t="s">
+        <v>179</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>173</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>184</v>
+      </c>
+      <c r="P27" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" t="s">
+        <v>187</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>188</v>
+      </c>
+      <c r="E28" t="s">
+        <v>39</v>
+      </c>
+      <c r="F28" t="s">
+        <v>58</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>151</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
+      <c r="M28" t="s">
+        <v>173</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>194</v>
+      </c>
+      <c r="E29" t="s">
+        <v>39</v>
+      </c>
+      <c r="F29" t="s">
+        <v>58</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1995</v>
+      </c>
+      <c r="I29">
+        <v>2019</v>
+      </c>
+      <c r="J29" t="s">
+        <v>151</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>195</v>
+      </c>
+      <c r="M29" t="s">
+        <v>173</v>
+      </c>
+      <c r="N29" t="s">
+        <v>196</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>201</v>
+      </c>
+      <c r="E30" t="s">
+        <v>39</v>
+      </c>
+      <c r="F30" t="s">
+        <v>58</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1998</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>202</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>173</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>203</v>
+      </c>
+      <c r="P30" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>205</v>
+      </c>
+      <c r="B31" t="s">
+        <v>206</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>207</v>
+      </c>
+      <c r="E31" t="s">
+        <v>39</v>
+      </c>
+      <c r="F31" t="s">
+        <v>58</v>
+      </c>
+      <c r="G31" t="s">
+        <v>86</v>
+      </c>
+      <c r="H31">
+        <v>2019</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>151</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>208</v>
+      </c>
+      <c r="M31" t="s">
+        <v>173</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>213</v>
+      </c>
+      <c r="E32" t="s">
+        <v>39</v>
+      </c>
+      <c r="F32" t="s">
+        <v>58</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1997</v>
+      </c>
+      <c r="I32">
+        <v>2019</v>
+      </c>
+      <c r="J32" t="s">
+        <v>151</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>173</v>
+      </c>
+      <c r="N32" t="s">
+        <v>196</v>
+      </c>
+      <c r="O32" t="s">
+        <v>214</v>
+      </c>
+      <c r="P32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>218</v>
+      </c>
+      <c r="E33" t="s">
+        <v>39</v>
+      </c>
+      <c r="F33" t="s">
+        <v>58</v>
+      </c>
+      <c r="G33" t="s">
+        <v>86</v>
+      </c>
+      <c r="H33">
+        <v>2019</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>151</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>173</v>
+      </c>
+      <c r="N33" t="s">
+        <v>93</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>223</v>
+      </c>
+      <c r="D34" t="s">
+        <v>224</v>
+      </c>
+      <c r="E34" t="s">
+        <v>39</v>
+      </c>
+      <c r="F34" t="s">
+        <v>58</v>
+      </c>
+      <c r="G34" t="s">
+        <v>86</v>
+      </c>
+      <c r="H34">
         <v>2023</v>
       </c>
-      <c r="I9" t="s">
-[...14 lines deleted...]
-      <c r="N9" t="s">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>151</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>229</v>
+      </c>
+      <c r="E35" t="s">
+        <v>39</v>
+      </c>
+      <c r="F35" t="s">
         <v>58</v>
       </c>
-    </row>
-[...807 lines deleted...]
-      <c r="G29">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>1995</v>
       </c>
-      <c r="H29">
-[...206 lines deleted...]
-      <c r="G34">
+      <c r="I35">
         <v>2023</v>
       </c>
-      <c r="H34"/>
-[...42 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>118</v>
+        <v>230</v>
       </c>
       <c r="K35" t="s">
         <v>163</v>
       </c>
       <c r="L35" t="s">
-        <v>125</v>
+        <v>231</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="N35" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>165</v>
+        <v>234</v>
       </c>
       <c r="B36" t="s">
-        <v>15</v>
+        <v>235</v>
       </c>
       <c r="C36" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>32</v>
+        <v>236</v>
       </c>
       <c r="E36" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F36" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>58</v>
+      </c>
+      <c r="G36" t="s">
+        <v>86</v>
+      </c>
+      <c r="H36">
         <v>2014</v>
       </c>
-      <c r="H36"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>151</v>
       </c>
       <c r="K36" t="s">
-        <v>167</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>125</v>
+        <v>237</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="N36" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>169</v>
+        <v>240</v>
       </c>
       <c r="B37" t="s">
-        <v>15</v>
+        <v>241</v>
       </c>
       <c r="C37" t="s">
-        <v>170</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>32</v>
+        <v>242</v>
       </c>
       <c r="E37" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F37" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>58</v>
+      </c>
+      <c r="G37" t="s">
+        <v>86</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>171</v>
-[...4 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="K37" t="s">
+        <v>243</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="N37" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>244</v>
+      </c>
+      <c r="P37" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>248</v>
+      </c>
+      <c r="E38" t="s">
+        <v>39</v>
+      </c>
+      <c r="F38" t="s">
+        <v>58</v>
+      </c>
+      <c r="G38" t="s">
+        <v>86</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>151</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
         <v>173</v>
       </c>
-      <c r="B38" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="N38" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>249</v>
+      </c>
+      <c r="P38" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>176</v>
+        <v>251</v>
       </c>
       <c r="B39" t="s">
-        <v>157</v>
+        <v>252</v>
       </c>
       <c r="C39" t="s">
-        <v>177</v>
+        <v>223</v>
       </c>
       <c r="D39" t="s">
-        <v>32</v>
+        <v>253</v>
       </c>
       <c r="E39" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>58</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>1979</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2013</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>118</v>
-[...4 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="K39" t="s">
+        <v>163</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>254</v>
+      </c>
+      <c r="P39" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>256</v>
+      </c>
+      <c r="B40" t="s">
+        <v>257</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>258</v>
+      </c>
+      <c r="E40" t="s">
+        <v>39</v>
+      </c>
+      <c r="F40" t="s">
+        <v>58</v>
+      </c>
+      <c r="G40" t="s">
+        <v>86</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>151</v>
+      </c>
+      <c r="K40" t="s">
+        <v>243</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>173</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>259</v>
+      </c>
+      <c r="P40" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>261</v>
+      </c>
+      <c r="B41" t="s">
+        <v>262</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>263</v>
+      </c>
+      <c r="E41" t="s">
+        <v>39</v>
+      </c>
+      <c r="F41" t="s">
+        <v>40</v>
+      </c>
+      <c r="G41" t="s">
+        <v>86</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>151</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>173</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>264</v>
+      </c>
+      <c r="P41" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>266</v>
+      </c>
+      <c r="B42" t="s">
+        <v>267</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>268</v>
+      </c>
+      <c r="E42" t="s">
+        <v>39</v>
+      </c>
+      <c r="F42" t="s">
+        <v>40</v>
+      </c>
+      <c r="G42" t="s">
+        <v>269</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>151</v>
+      </c>
+      <c r="K42" t="s">
+        <v>179</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42"/>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>270</v>
+      </c>
+      <c r="P42" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>272</v>
+      </c>
+      <c r="B43" t="s">
+        <v>273</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>156</v>
+      </c>
+      <c r="E43" t="s">
+        <v>39</v>
+      </c>
+      <c r="F43" t="s">
+        <v>40</v>
+      </c>
+      <c r="G43" t="s">
+        <v>86</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>151</v>
+      </c>
+      <c r="K43" t="s">
+        <v>179</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>173</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>274</v>
+      </c>
+      <c r="P43" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>276</v>
+      </c>
+      <c r="B44" t="s">
+        <v>277</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>278</v>
+      </c>
+      <c r="E44" t="s">
+        <v>39</v>
+      </c>
+      <c r="F44" t="s">
+        <v>40</v>
+      </c>
+      <c r="G44" t="s">
+        <v>86</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>151</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>173</v>
+      </c>
+      <c r="N44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O44" t="s">
+        <v>279</v>
+      </c>
+      <c r="P44" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>281</v>
+      </c>
+      <c r="B45" t="s">
+        <v>282</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>283</v>
+      </c>
+      <c r="E45" t="s">
+        <v>39</v>
+      </c>
+      <c r="F45" t="s">
+        <v>40</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45">
+        <v>2019</v>
+      </c>
+      <c r="J45" t="s">
+        <v>151</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>173</v>
+      </c>
+      <c r="N45" t="s">
+        <v>93</v>
+      </c>
+      <c r="O45" t="s">
+        <v>284</v>
+      </c>
+      <c r="P45" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>286</v>
+      </c>
+      <c r="B46" t="s">
+        <v>287</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>288</v>
+      </c>
+      <c r="E46" t="s">
+        <v>39</v>
+      </c>
+      <c r="F46" t="s">
+        <v>40</v>
+      </c>
+      <c r="G46" t="s">
+        <v>289</v>
+      </c>
+      <c r="H46">
+        <v>2009</v>
+      </c>
+      <c r="I46">
+        <v>2019</v>
+      </c>
+      <c r="J46" t="s">
+        <v>151</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>173</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>290</v>
+      </c>
+      <c r="P46" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>292</v>
+      </c>
+      <c r="B47" t="s">
+        <v>293</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>91</v>
+      </c>
+      <c r="E47" t="s">
+        <v>39</v>
+      </c>
+      <c r="F47" t="s">
+        <v>40</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>151</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>294</v>
+      </c>
+      <c r="M47" t="s">
+        <v>295</v>
+      </c>
+      <c r="N47" t="s">
+        <v>93</v>
+      </c>
+      <c r="O47" t="s">
+        <v>296</v>
+      </c>
+      <c r="P47" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>298</v>
+      </c>
+      <c r="B48" t="s">
+        <v>299</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>300</v>
+      </c>
+      <c r="E48" t="s">
+        <v>39</v>
+      </c>
+      <c r="F48" t="s">
+        <v>40</v>
+      </c>
+      <c r="G48" t="s">
+        <v>86</v>
+      </c>
+      <c r="H48">
+        <v>2019</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>133</v>
+      </c>
+      <c r="K48" t="s">
+        <v>163</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48"/>
+      <c r="N48" t="s">
+        <v>93</v>
+      </c>
+      <c r="O48" t="s">
+        <v>301</v>
+      </c>
+      <c r="P48" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>303</v>
+      </c>
+      <c r="B49" t="s">
+        <v>304</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>207</v>
+      </c>
+      <c r="E49" t="s">
+        <v>39</v>
+      </c>
+      <c r="F49" t="s">
+        <v>40</v>
+      </c>
+      <c r="G49" t="s">
+        <v>86</v>
+      </c>
+      <c r="H49">
+        <v>2019</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>151</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>173</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>305</v>
+      </c>
+      <c r="P49" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>307</v>
+      </c>
+      <c r="B50" t="s">
+        <v>308</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>201</v>
+      </c>
+      <c r="E50" t="s">
+        <v>39</v>
+      </c>
+      <c r="F50" t="s">
+        <v>40</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2000</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>309</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>173</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>310</v>
+      </c>
+      <c r="P50" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>312</v>
+      </c>
+      <c r="B51" t="s">
+        <v>313</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>188</v>
+      </c>
+      <c r="E51" t="s">
+        <v>39</v>
+      </c>
+      <c r="F51" t="s">
+        <v>40</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2009</v>
+      </c>
+      <c r="I51">
+        <v>2019</v>
+      </c>
+      <c r="J51" t="s">
+        <v>151</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>173</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>314</v>
+      </c>
+      <c r="P51" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>316</v>
+      </c>
+      <c r="B52" t="s">
+        <v>317</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>213</v>
+      </c>
+      <c r="E52" t="s">
+        <v>39</v>
+      </c>
+      <c r="F52" t="s">
+        <v>40</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2010</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>151</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>318</v>
+      </c>
+      <c r="M52" t="s">
+        <v>173</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>319</v>
+      </c>
+      <c r="P52" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>321</v>
+      </c>
+      <c r="B53" t="s">
+        <v>322</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>323</v>
+      </c>
+      <c r="E53" t="s">
+        <v>39</v>
+      </c>
+      <c r="F53" t="s">
+        <v>40</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2010</v>
+      </c>
+      <c r="I53">
+        <v>2019</v>
+      </c>
+      <c r="J53" t="s">
+        <v>151</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>195</v>
+      </c>
+      <c r="M53" t="s">
+        <v>324</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>325</v>
+      </c>
+      <c r="P53" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>327</v>
+      </c>
+      <c r="B54" t="s">
+        <v>328</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>218</v>
+      </c>
+      <c r="E54" t="s">
+        <v>39</v>
+      </c>
+      <c r="F54" t="s">
+        <v>40</v>
+      </c>
+      <c r="G54" t="s">
+        <v>86</v>
+      </c>
+      <c r="H54">
+        <v>2019</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>151</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>173</v>
+      </c>
+      <c r="N54" t="s">
+        <v>93</v>
+      </c>
+      <c r="O54" t="s">
+        <v>329</v>
+      </c>
+      <c r="P54" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>331</v>
+      </c>
+      <c r="B55" t="s">
+        <v>332</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>333</v>
+      </c>
+      <c r="E55" t="s">
+        <v>39</v>
+      </c>
+      <c r="F55" t="s">
+        <v>40</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2014</v>
+      </c>
+      <c r="I55">
+        <v>2019</v>
+      </c>
+      <c r="J55" t="s">
+        <v>151</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>173</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>334</v>
+      </c>
+      <c r="P55" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>336</v>
+      </c>
+      <c r="B56" t="s">
+        <v>337</v>
+      </c>
+      <c r="C56" t="s">
+        <v>223</v>
+      </c>
+      <c r="D56" t="s">
+        <v>224</v>
+      </c>
+      <c r="E56" t="s">
+        <v>39</v>
+      </c>
+      <c r="F56" t="s">
+        <v>40</v>
+      </c>
+      <c r="G56" t="s">
+        <v>86</v>
+      </c>
+      <c r="H56">
+        <v>2023</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>151</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56"/>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>338</v>
+      </c>
+      <c r="P56" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>340</v>
+      </c>
+      <c r="B57" t="s">
+        <v>341</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>229</v>
+      </c>
+      <c r="E57" t="s">
+        <v>39</v>
+      </c>
+      <c r="F57" t="s">
+        <v>40</v>
+      </c>
+      <c r="G57" t="s">
+        <v>86</v>
+      </c>
+      <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57">
+        <v>2023</v>
+      </c>
+      <c r="J57" t="s">
+        <v>230</v>
+      </c>
+      <c r="K57" t="s">
+        <v>163</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>342</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>343</v>
+      </c>
+      <c r="P57" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>345</v>
+      </c>
+      <c r="B58" t="s">
+        <v>346</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>347</v>
+      </c>
+      <c r="E58" t="s">
+        <v>39</v>
+      </c>
+      <c r="F58" t="s">
+        <v>40</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58">
+        <v>2023</v>
+      </c>
+      <c r="J58" t="s">
+        <v>151</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>173</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>348</v>
+      </c>
+      <c r="P58" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>350</v>
+      </c>
+      <c r="B59" t="s">
+        <v>351</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
         <v>178</v>
       </c>
-    </row>
-[...99 lines deleted...]
-      <c r="G42">
+      <c r="E59" t="s">
+        <v>39</v>
+      </c>
+      <c r="F59" t="s">
+        <v>40</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2015</v>
       </c>
-      <c r="H42"/>
-[...514 lines deleted...]
-      <c r="A55" t="s">
+      <c r="I59">
+        <v>2024</v>
+      </c>
+      <c r="J59" t="s">
+        <v>352</v>
+      </c>
+      <c r="K59" t="s">
+        <v>353</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>173</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>354</v>
+      </c>
+      <c r="P59" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>356</v>
+      </c>
+      <c r="B60" t="s">
+        <v>357</v>
+      </c>
+      <c r="C60" t="s">
         <v>223</v>
       </c>
-      <c r="B55" t="s">
-[...210 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>32</v>
+        <v>358</v>
       </c>
       <c r="E60" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F60" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>40</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2024</v>
       </c>
-      <c r="I60" t="s">
-        <v>241</v>
+      <c r="I60">
+        <v>2024</v>
       </c>
       <c r="J60" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>70</v>
+        <v>173</v>
       </c>
       <c r="N60" t="s">
+        <v>93</v>
+      </c>
+      <c r="O60" t="s">
+        <v>360</v>
+      </c>
+      <c r="P60" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>362</v>
+      </c>
+      <c r="B61" t="s">
+        <v>363</v>
+      </c>
+      <c r="C61" t="s">
+        <v>223</v>
+      </c>
+      <c r="D61" t="s">
+        <v>364</v>
+      </c>
+      <c r="E61" t="s">
+        <v>39</v>
+      </c>
+      <c r="F61" t="s">
+        <v>40</v>
+      </c>
+      <c r="G61" t="s">
+        <v>365</v>
+      </c>
+      <c r="H61">
+        <v>2009</v>
+      </c>
+      <c r="I61">
+        <v>2019</v>
+      </c>
+      <c r="J61" t="s">
+        <v>366</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>367</v>
+      </c>
+      <c r="M61" t="s">
+        <v>368</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>369</v>
+      </c>
+      <c r="P61" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>371</v>
+      </c>
+      <c r="B62" t="s">
+        <v>372</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>236</v>
+      </c>
+      <c r="E62" t="s">
+        <v>39</v>
+      </c>
+      <c r="F62" t="s">
+        <v>40</v>
+      </c>
+      <c r="G62" t="s">
+        <v>86</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>151</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>237</v>
+      </c>
+      <c r="M62" t="s">
+        <v>173</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>373</v>
+      </c>
+      <c r="P62" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>375</v>
+      </c>
+      <c r="B63" t="s">
+        <v>376</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>377</v>
+      </c>
+      <c r="E63" t="s">
+        <v>39</v>
+      </c>
+      <c r="F63" t="s">
+        <v>40</v>
+      </c>
+      <c r="G63" t="s">
+        <v>86</v>
+      </c>
+      <c r="H63">
+        <v>2012</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>151</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>173</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>378</v>
+      </c>
+      <c r="P63" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>380</v>
+      </c>
+      <c r="B64" t="s">
+        <v>381</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>358</v>
+      </c>
+      <c r="E64" t="s">
+        <v>39</v>
+      </c>
+      <c r="F64" t="s">
+        <v>40</v>
+      </c>
+      <c r="G64" t="s">
+        <v>86</v>
+      </c>
+      <c r="H64">
+        <v>2011</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>151</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>173</v>
+      </c>
+      <c r="N64" t="s">
+        <v>93</v>
+      </c>
+      <c r="O64" t="s">
+        <v>382</v>
+      </c>
+      <c r="P64" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>384</v>
+      </c>
+      <c r="B65" t="s">
+        <v>385</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>386</v>
+      </c>
+      <c r="E65" t="s">
+        <v>39</v>
+      </c>
+      <c r="F65" t="s">
+        <v>40</v>
+      </c>
+      <c r="G65" t="s">
+        <v>86</v>
+      </c>
+      <c r="H65">
+        <v>2012</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>151</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>173</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>387</v>
+      </c>
+      <c r="P65" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>389</v>
+      </c>
+      <c r="B66" t="s">
+        <v>390</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>391</v>
+      </c>
+      <c r="E66" t="s">
+        <v>39</v>
+      </c>
+      <c r="F66" t="s">
+        <v>40</v>
+      </c>
+      <c r="G66" t="s">
+        <v>86</v>
+      </c>
+      <c r="H66">
+        <v>2014</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>151</v>
+      </c>
+      <c r="K66" t="s">
+        <v>163</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>173</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>392</v>
+      </c>
+      <c r="P66" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>394</v>
+      </c>
+      <c r="B67" t="s">
+        <v>395</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>396</v>
+      </c>
+      <c r="E67" t="s">
+        <v>39</v>
+      </c>
+      <c r="F67" t="s">
+        <v>40</v>
+      </c>
+      <c r="G67" t="s">
+        <v>86</v>
+      </c>
+      <c r="H67">
+        <v>2013</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>202</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>173</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>397</v>
+      </c>
+      <c r="P67" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>399</v>
+      </c>
+      <c r="B68" t="s">
+        <v>400</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
         <v>242</v>
       </c>
-    </row>
-[...296 lines deleted...]
-      </c>
       <c r="E68" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>40</v>
+      </c>
+      <c r="G68" t="s">
+        <v>86</v>
       </c>
       <c r="H68">
         <v>2013</v>
       </c>
-      <c r="I68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="K68"/>
+        <v>202</v>
+      </c>
+      <c r="K68" t="s">
+        <v>243</v>
+      </c>
       <c r="L68" t="s">
-        <v>125</v>
+        <v>401</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="N68" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>402</v>
+      </c>
+      <c r="P68" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>266</v>
+        <v>404</v>
       </c>
       <c r="B69" t="s">
-        <v>15</v>
+        <v>405</v>
       </c>
       <c r="C69" t="s">
-        <v>267</v>
+        <v>18</v>
       </c>
       <c r="D69" t="s">
-        <v>32</v>
+        <v>258</v>
       </c>
       <c r="E69" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F69" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>40</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>1992</v>
+      </c>
+      <c r="I69">
         <v>2013</v>
       </c>
-      <c r="H69"/>
-      <c r="I69" t="s">
+      <c r="J69" t="s">
+        <v>406</v>
+      </c>
+      <c r="K69" t="s">
+        <v>407</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>173</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>408</v>
+      </c>
+      <c r="P69" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>410</v>
+      </c>
+      <c r="B70" t="s">
+        <v>411</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>412</v>
+      </c>
+      <c r="E70" t="s">
+        <v>39</v>
+      </c>
+      <c r="F70" t="s">
+        <v>40</v>
+      </c>
+      <c r="G70" t="s">
+        <v>86</v>
+      </c>
+      <c r="H70">
+        <v>2013</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>23</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>173</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>413</v>
+      </c>
+      <c r="P70" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>415</v>
+      </c>
+      <c r="B71" t="s">
+        <v>416</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>417</v>
+      </c>
+      <c r="E71" t="s">
+        <v>39</v>
+      </c>
+      <c r="F71" t="s">
+        <v>40</v>
+      </c>
+      <c r="G71" t="s">
+        <v>86</v>
+      </c>
+      <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>151</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>173</v>
+      </c>
+      <c r="N71" t="s">
+        <v>93</v>
+      </c>
+      <c r="O71" t="s">
+        <v>418</v>
+      </c>
+      <c r="P71" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>420</v>
+      </c>
+      <c r="B72" t="s">
+        <v>421</v>
+      </c>
+      <c r="C72" t="s">
+        <v>422</v>
+      </c>
+      <c r="D72" t="s">
+        <v>423</v>
+      </c>
+      <c r="E72" t="s">
+        <v>39</v>
+      </c>
+      <c r="F72" t="s">
+        <v>40</v>
+      </c>
+      <c r="G72" t="s">
+        <v>424</v>
+      </c>
+      <c r="H72">
+        <v>2023</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>425</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>426</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>427</v>
+      </c>
+      <c r="P72" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>429</v>
+      </c>
+      <c r="B73" t="s">
+        <v>430</v>
+      </c>
+      <c r="C73" t="s">
+        <v>431</v>
+      </c>
+      <c r="D73" t="s">
+        <v>104</v>
+      </c>
+      <c r="E73" t="s">
+        <v>39</v>
+      </c>
+      <c r="F73" t="s">
+        <v>432</v>
+      </c>
+      <c r="G73" t="s">
+        <v>86</v>
+      </c>
+      <c r="H73">
+        <v>2013</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>50</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>433</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>434</v>
+      </c>
+      <c r="P73" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>436</v>
+      </c>
+      <c r="B74" t="s">
+        <v>437</v>
+      </c>
+      <c r="C74" t="s">
+        <v>438</v>
+      </c>
+      <c r="D74" t="s">
+        <v>439</v>
+      </c>
+      <c r="E74" t="s">
+        <v>39</v>
+      </c>
+      <c r="F74" t="s">
+        <v>58</v>
+      </c>
+      <c r="G74" t="s">
+        <v>86</v>
+      </c>
+      <c r="H74">
+        <v>2020</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>440</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>441</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>442</v>
+      </c>
+      <c r="P74" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>444</v>
+      </c>
+      <c r="B75" t="s">
+        <v>445</v>
+      </c>
+      <c r="C75" t="s">
+        <v>446</v>
+      </c>
+      <c r="D75" t="s">
+        <v>447</v>
+      </c>
+      <c r="E75" t="s">
+        <v>39</v>
+      </c>
+      <c r="F75" t="s">
+        <v>40</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2016</v>
+      </c>
+      <c r="I75">
+        <v>2019</v>
+      </c>
+      <c r="J75" t="s">
+        <v>142</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>448</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>449</v>
+      </c>
+      <c r="P75" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>451</v>
+      </c>
+      <c r="B76" t="s">
+        <v>452</v>
+      </c>
+      <c r="C76" t="s">
+        <v>453</v>
+      </c>
+      <c r="D76" t="s">
+        <v>194</v>
+      </c>
+      <c r="E76" t="s">
+        <v>131</v>
+      </c>
+      <c r="F76" t="s">
+        <v>40</v>
+      </c>
+      <c r="G76" t="s">
+        <v>454</v>
+      </c>
+      <c r="H76"/>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>142</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>455</v>
+      </c>
+      <c r="M76" t="s">
+        <v>456</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>457</v>
+      </c>
+      <c r="P76" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>459</v>
+      </c>
+      <c r="B77" t="s">
+        <v>460</v>
+      </c>
+      <c r="C77" t="s">
+        <v>461</v>
+      </c>
+      <c r="D77" t="s">
+        <v>130</v>
+      </c>
+      <c r="E77" t="s">
+        <v>39</v>
+      </c>
+      <c r="F77" t="s">
+        <v>132</v>
+      </c>
+      <c r="G77" t="s">
+        <v>86</v>
+      </c>
+      <c r="H77">
+        <v>2020</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>462</v>
+      </c>
+      <c r="K77" t="s">
+        <v>143</v>
+      </c>
+      <c r="L77" t="s">
+        <v>144</v>
+      </c>
+      <c r="M77" t="s">
+        <v>463</v>
+      </c>
+      <c r="N77" t="s">
+        <v>136</v>
+      </c>
+      <c r="O77" t="s">
+        <v>464</v>
+      </c>
+      <c r="P77" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>466</v>
+      </c>
+      <c r="B78" t="s">
+        <v>467</v>
+      </c>
+      <c r="C78" t="s">
+        <v>461</v>
+      </c>
+      <c r="D78" t="s">
+        <v>468</v>
+      </c>
+      <c r="E78" t="s">
         <v>20</v>
       </c>
-      <c r="J69" t="s">
-[...14 lines deleted...]
-      <c r="A70" t="s">
+      <c r="F78" t="s">
+        <v>432</v>
+      </c>
+      <c r="G78" t="s">
+        <v>454</v>
+      </c>
+      <c r="H78"/>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>469</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>463</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>470</v>
+      </c>
+      <c r="P78" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>472</v>
+      </c>
+      <c r="B79" t="s">
+        <v>473</v>
+      </c>
+      <c r="C79" t="s">
+        <v>474</v>
+      </c>
+      <c r="D79" t="s">
+        <v>475</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G79" t="s">
+        <v>454</v>
+      </c>
+      <c r="H79"/>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>469</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>476</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>477</v>
+      </c>
+      <c r="P79"/>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>478</v>
+      </c>
+      <c r="B80" t="s">
+        <v>479</v>
+      </c>
+      <c r="C80" t="s">
+        <v>37</v>
+      </c>
+      <c r="D80" t="s">
+        <v>480</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>40</v>
+      </c>
+      <c r="G80" t="s">
+        <v>86</v>
+      </c>
+      <c r="H80">
+        <v>2021</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>50</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>481</v>
+      </c>
+      <c r="M80" t="s">
+        <v>482</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>483</v>
+      </c>
+      <c r="P80" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>485</v>
+      </c>
+      <c r="B81" t="s">
+        <v>486</v>
+      </c>
+      <c r="C81" t="s">
+        <v>487</v>
+      </c>
+      <c r="D81" t="s">
+        <v>488</v>
+      </c>
+      <c r="E81" t="s">
+        <v>39</v>
+      </c>
+      <c r="F81" t="s">
+        <v>40</v>
+      </c>
+      <c r="G81" t="s">
+        <v>86</v>
+      </c>
+      <c r="H81">
+        <v>2016</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>142</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>489</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>490</v>
+      </c>
+      <c r="P81" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>492</v>
+      </c>
+      <c r="B82" t="s">
+        <v>493</v>
+      </c>
+      <c r="C82" t="s">
+        <v>487</v>
+      </c>
+      <c r="D82" t="s">
+        <v>130</v>
+      </c>
+      <c r="E82" t="s">
+        <v>131</v>
+      </c>
+      <c r="F82" t="s">
+        <v>494</v>
+      </c>
+      <c r="G82" t="s">
+        <v>86</v>
+      </c>
+      <c r="H82">
+        <v>2015</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>495</v>
+      </c>
+      <c r="K82" t="s">
+        <v>496</v>
+      </c>
+      <c r="L82" t="s">
+        <v>144</v>
+      </c>
+      <c r="M82" t="s">
+        <v>489</v>
+      </c>
+      <c r="N82" t="s">
+        <v>136</v>
+      </c>
+      <c r="O82" t="s">
+        <v>497</v>
+      </c>
+      <c r="P82" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>499</v>
+      </c>
+      <c r="B83" t="s">
+        <v>500</v>
+      </c>
+      <c r="C83" t="s">
+        <v>487</v>
+      </c>
+      <c r="D83" t="s">
+        <v>48</v>
+      </c>
+      <c r="E83" t="s">
+        <v>39</v>
+      </c>
+      <c r="F83" t="s">
+        <v>40</v>
+      </c>
+      <c r="G83" t="s">
+        <v>86</v>
+      </c>
+      <c r="H83">
+        <v>2017</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>115</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>489</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>501</v>
+      </c>
+      <c r="P83"/>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>502</v>
+      </c>
+      <c r="B84" t="s">
+        <v>503</v>
+      </c>
+      <c r="C84" t="s">
+        <v>487</v>
+      </c>
+      <c r="D84" t="s">
+        <v>504</v>
+      </c>
+      <c r="E84" t="s">
+        <v>39</v>
+      </c>
+      <c r="F84" t="s">
+        <v>432</v>
+      </c>
+      <c r="G84" t="s">
+        <v>86</v>
+      </c>
+      <c r="H84">
+        <v>2017</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>115</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>505</v>
+      </c>
+      <c r="M84" t="s">
+        <v>489</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>506</v>
+      </c>
+      <c r="P84"/>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>507</v>
+      </c>
+      <c r="B85" t="s">
+        <v>508</v>
+      </c>
+      <c r="C85" t="s">
+        <v>461</v>
+      </c>
+      <c r="D85" t="s">
+        <v>509</v>
+      </c>
+      <c r="E85" t="s">
+        <v>131</v>
+      </c>
+      <c r="F85" t="s">
+        <v>40</v>
+      </c>
+      <c r="G85" t="s">
+        <v>86</v>
+      </c>
+      <c r="H85">
+        <v>2018</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>495</v>
+      </c>
+      <c r="K85" t="s">
+        <v>510</v>
+      </c>
+      <c r="L85" t="s">
+        <v>511</v>
+      </c>
+      <c r="M85" t="s">
+        <v>463</v>
+      </c>
+      <c r="N85" t="s">
+        <v>512</v>
+      </c>
+      <c r="O85" t="s">
+        <v>513</v>
+      </c>
+      <c r="P85" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>515</v>
+      </c>
+      <c r="B86" t="s">
+        <v>516</v>
+      </c>
+      <c r="C86" t="s">
+        <v>37</v>
+      </c>
+      <c r="D86" t="s">
+        <v>517</v>
+      </c>
+      <c r="E86" t="s">
+        <v>39</v>
+      </c>
+      <c r="F86" t="s">
+        <v>40</v>
+      </c>
+      <c r="G86" t="s">
+        <v>86</v>
+      </c>
+      <c r="H86">
+        <v>2014</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>50</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>518</v>
+      </c>
+      <c r="M86" t="s">
+        <v>519</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>520</v>
+      </c>
+      <c r="P86" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>522</v>
+      </c>
+      <c r="B87" t="s">
+        <v>523</v>
+      </c>
+      <c r="C87" t="s">
+        <v>37</v>
+      </c>
+      <c r="D87" t="s">
+        <v>524</v>
+      </c>
+      <c r="E87" t="s">
+        <v>39</v>
+      </c>
+      <c r="F87" t="s">
+        <v>40</v>
+      </c>
+      <c r="G87" t="s">
+        <v>86</v>
+      </c>
+      <c r="H87">
+        <v>2017</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>50</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>525</v>
+      </c>
+      <c r="M87" t="s">
+        <v>43</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>526</v>
+      </c>
+      <c r="P87" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>528</v>
+      </c>
+      <c r="B88" t="s">
+        <v>529</v>
+      </c>
+      <c r="C88" t="s">
+        <v>37</v>
+      </c>
+      <c r="D88" t="s">
+        <v>530</v>
+      </c>
+      <c r="E88" t="s">
+        <v>39</v>
+      </c>
+      <c r="F88" t="s">
+        <v>40</v>
+      </c>
+      <c r="G88" t="s">
+        <v>86</v>
+      </c>
+      <c r="H88">
+        <v>2017</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>50</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>531</v>
+      </c>
+      <c r="M88" t="s">
+        <v>43</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>532</v>
+      </c>
+      <c r="P88" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>534</v>
+      </c>
+      <c r="B89" t="s">
+        <v>535</v>
+      </c>
+      <c r="C89" t="s">
+        <v>536</v>
+      </c>
+      <c r="D89" t="s">
+        <v>537</v>
+      </c>
+      <c r="E89" t="s">
+        <v>39</v>
+      </c>
+      <c r="F89" t="s">
+        <v>58</v>
+      </c>
+      <c r="G89" t="s">
         <v>269</v>
       </c>
-      <c r="B70" t="s">
-[...98 lines deleted...]
-      <c r="I72" t="s">
+      <c r="H89">
+        <v>2010</v>
+      </c>
+      <c r="I89">
+        <v>2011</v>
+      </c>
+      <c r="J89" t="s">
+        <v>538</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>539</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>540</v>
+      </c>
+      <c r="P89" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>542</v>
+      </c>
+      <c r="B90" t="s">
+        <v>543</v>
+      </c>
+      <c r="C90" t="s">
+        <v>536</v>
+      </c>
+      <c r="D90" t="s">
+        <v>544</v>
+      </c>
+      <c r="E90" t="s">
+        <v>39</v>
+      </c>
+      <c r="F90" t="s">
+        <v>432</v>
+      </c>
+      <c r="G90" t="s">
+        <v>269</v>
+      </c>
+      <c r="H90">
+        <v>2018</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>538</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>539</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>545</v>
+      </c>
+      <c r="P90" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>547</v>
+      </c>
+      <c r="B91" t="s">
+        <v>548</v>
+      </c>
+      <c r="C91" t="s">
+        <v>141</v>
+      </c>
+      <c r="D91" t="s">
+        <v>130</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>132</v>
+      </c>
+      <c r="G91" t="s">
+        <v>86</v>
+      </c>
+      <c r="H91">
+        <v>2017</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>142</v>
+      </c>
+      <c r="K91" t="s">
+        <v>143</v>
+      </c>
+      <c r="L91" t="s">
+        <v>144</v>
+      </c>
+      <c r="M91" t="s">
+        <v>145</v>
+      </c>
+      <c r="N91" t="s">
+        <v>136</v>
+      </c>
+      <c r="O91" t="s">
+        <v>549</v>
+      </c>
+      <c r="P91" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>551</v>
+      </c>
+      <c r="B92" t="s">
+        <v>552</v>
+      </c>
+      <c r="C92" t="s">
+        <v>141</v>
+      </c>
+      <c r="D92" t="s">
+        <v>130</v>
+      </c>
+      <c r="E92" t="s">
+        <v>39</v>
+      </c>
+      <c r="F92" t="s">
+        <v>132</v>
+      </c>
+      <c r="G92" t="s">
+        <v>86</v>
+      </c>
+      <c r="H92">
+        <v>2021</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>495</v>
+      </c>
+      <c r="K92" t="s">
+        <v>143</v>
+      </c>
+      <c r="L92" t="s">
+        <v>144</v>
+      </c>
+      <c r="M92" t="s">
+        <v>145</v>
+      </c>
+      <c r="N92" t="s">
+        <v>136</v>
+      </c>
+      <c r="O92" t="s">
+        <v>553</v>
+      </c>
+      <c r="P92"/>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>554</v>
+      </c>
+      <c r="B93" t="s">
+        <v>500</v>
+      </c>
+      <c r="C93" t="s">
+        <v>487</v>
+      </c>
+      <c r="D93" t="s">
+        <v>207</v>
+      </c>
+      <c r="E93" t="s">
+        <v>39</v>
+      </c>
+      <c r="F93" t="s">
+        <v>432</v>
+      </c>
+      <c r="G93" t="s">
+        <v>86</v>
+      </c>
+      <c r="H93">
+        <v>2017</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>115</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>555</v>
+      </c>
+      <c r="M93" t="s">
+        <v>489</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>556</v>
+      </c>
+      <c r="P93"/>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>557</v>
+      </c>
+      <c r="B94" t="s">
+        <v>558</v>
+      </c>
+      <c r="C94" t="s">
+        <v>461</v>
+      </c>
+      <c r="D94" t="s">
+        <v>504</v>
+      </c>
+      <c r="E94" t="s">
+        <v>39</v>
+      </c>
+      <c r="F94" t="s">
         <v>40</v>
       </c>
-      <c r="J72" t="s">
-[...72 lines deleted...]
-      <c r="G74">
+      <c r="G94" t="s">
+        <v>86</v>
+      </c>
+      <c r="H94">
+        <v>2017</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>115</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>505</v>
+      </c>
+      <c r="M94" t="s">
+        <v>463</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>559</v>
+      </c>
+      <c r="P94" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>561</v>
+      </c>
+      <c r="B95" t="s">
+        <v>562</v>
+      </c>
+      <c r="C95" t="s">
+        <v>453</v>
+      </c>
+      <c r="D95" t="s">
+        <v>563</v>
+      </c>
+      <c r="E95" t="s">
+        <v>39</v>
+      </c>
+      <c r="F95" t="s">
+        <v>58</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2019</v>
+      </c>
+      <c r="I95">
+        <v>2019</v>
+      </c>
+      <c r="J95" t="s">
+        <v>142</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>564</v>
+      </c>
+      <c r="M95" t="s">
+        <v>456</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>565</v>
+      </c>
+      <c r="P95" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>567</v>
+      </c>
+      <c r="B96" t="s">
+        <v>568</v>
+      </c>
+      <c r="C96" t="s">
+        <v>446</v>
+      </c>
+      <c r="D96" t="s">
+        <v>104</v>
+      </c>
+      <c r="E96" t="s">
+        <v>39</v>
+      </c>
+      <c r="F96" t="s">
+        <v>40</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
         <v>2016</v>
       </c>
-      <c r="H74">
+      <c r="I96">
+        <v>2018</v>
+      </c>
+      <c r="J96" t="s">
+        <v>569</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>570</v>
+      </c>
+      <c r="M96" t="s">
+        <v>448</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>571</v>
+      </c>
+      <c r="P96" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>573</v>
+      </c>
+      <c r="B97" t="s">
+        <v>574</v>
+      </c>
+      <c r="C97" t="s">
+        <v>446</v>
+      </c>
+      <c r="D97" t="s">
+        <v>575</v>
+      </c>
+      <c r="E97" t="s">
+        <v>39</v>
+      </c>
+      <c r="F97" t="s">
+        <v>40</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2016</v>
+      </c>
+      <c r="I97">
+        <v>2018</v>
+      </c>
+      <c r="J97" t="s">
+        <v>576</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>577</v>
+      </c>
+      <c r="M97" t="s">
+        <v>448</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>578</v>
+      </c>
+      <c r="P97" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>580</v>
+      </c>
+      <c r="B98" t="s">
+        <v>581</v>
+      </c>
+      <c r="C98" t="s">
+        <v>446</v>
+      </c>
+      <c r="D98" t="s">
+        <v>582</v>
+      </c>
+      <c r="E98" t="s">
+        <v>39</v>
+      </c>
+      <c r="F98" t="s">
+        <v>40</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2016</v>
+      </c>
+      <c r="I98">
+        <v>2018</v>
+      </c>
+      <c r="J98" t="s">
+        <v>142</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>448</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>583</v>
+      </c>
+      <c r="P98" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>585</v>
+      </c>
+      <c r="B99" t="s">
+        <v>586</v>
+      </c>
+      <c r="C99" t="s">
+        <v>446</v>
+      </c>
+      <c r="D99" t="s">
+        <v>69</v>
+      </c>
+      <c r="E99" t="s">
+        <v>39</v>
+      </c>
+      <c r="F99" t="s">
+        <v>40</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2016</v>
+      </c>
+      <c r="I99">
         <v>2019</v>
       </c>
-      <c r="I74" t="s">
-[...82 lines deleted...]
-      <c r="J76" t="s">
+      <c r="J99" t="s">
+        <v>142</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>448</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>587</v>
+      </c>
+      <c r="P99" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>589</v>
+      </c>
+      <c r="B100" t="s">
+        <v>590</v>
+      </c>
+      <c r="C100" t="s">
+        <v>446</v>
+      </c>
+      <c r="D100" t="s">
+        <v>130</v>
+      </c>
+      <c r="E100" t="s">
+        <v>39</v>
+      </c>
+      <c r="F100" t="s">
+        <v>132</v>
+      </c>
+      <c r="G100" t="s">
+        <v>86</v>
+      </c>
+      <c r="H100">
+        <v>2021</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>591</v>
+      </c>
+      <c r="K100" t="s">
+        <v>143</v>
+      </c>
+      <c r="L100" t="s">
+        <v>592</v>
+      </c>
+      <c r="M100" t="s">
+        <v>448</v>
+      </c>
+      <c r="N100" t="s">
+        <v>136</v>
+      </c>
+      <c r="O100" t="s">
+        <v>593</v>
+      </c>
+      <c r="P100" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>595</v>
+      </c>
+      <c r="B101" t="s">
+        <v>596</v>
+      </c>
+      <c r="C101" t="s">
+        <v>474</v>
+      </c>
+      <c r="D101" t="s">
         <v>104</v>
       </c>
-      <c r="K76" t="s">
-[...111 lines deleted...]
-      <c r="I79" t="s">
+      <c r="E101" t="s">
+        <v>39</v>
+      </c>
+      <c r="F101" t="s">
         <v>40</v>
       </c>
-      <c r="J79" t="s">
-[...116 lines deleted...]
-      <c r="G82">
+      <c r="G101" t="s">
+        <v>86</v>
+      </c>
+      <c r="H101">
         <v>2017</v>
       </c>
-      <c r="H82"/>
-[...124 lines deleted...]
-      <c r="I85" t="s">
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>142</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>476</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>597</v>
+      </c>
+      <c r="P101" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>599</v>
+      </c>
+      <c r="B102" t="s">
+        <v>600</v>
+      </c>
+      <c r="C102" t="s">
+        <v>474</v>
+      </c>
+      <c r="D102" t="s">
+        <v>48</v>
+      </c>
+      <c r="E102" t="s">
+        <v>39</v>
+      </c>
+      <c r="F102" t="s">
         <v>40</v>
       </c>
-      <c r="J85" t="s">
-[...38 lines deleted...]
-      <c r="I86" t="s">
+      <c r="G102" t="s">
+        <v>86</v>
+      </c>
+      <c r="H102">
+        <v>2022</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>601</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>476</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>602</v>
+      </c>
+      <c r="P102" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>604</v>
+      </c>
+      <c r="B103" t="s">
+        <v>605</v>
+      </c>
+      <c r="C103" t="s">
+        <v>474</v>
+      </c>
+      <c r="D103" t="s">
+        <v>423</v>
+      </c>
+      <c r="E103" t="s">
+        <v>39</v>
+      </c>
+      <c r="F103" t="s">
+        <v>494</v>
+      </c>
+      <c r="G103" t="s">
+        <v>86</v>
+      </c>
+      <c r="H103">
+        <v>2022</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>601</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>476</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>606</v>
+      </c>
+      <c r="P103" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>607</v>
+      </c>
+      <c r="B104" t="s">
+        <v>608</v>
+      </c>
+      <c r="C104" t="s">
+        <v>474</v>
+      </c>
+      <c r="D104" t="s">
+        <v>609</v>
+      </c>
+      <c r="E104" t="s">
+        <v>39</v>
+      </c>
+      <c r="F104" t="s">
+        <v>432</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2005</v>
+      </c>
+      <c r="I104">
+        <v>2008</v>
+      </c>
+      <c r="J104" t="s">
+        <v>115</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>610</v>
+      </c>
+      <c r="M104" t="s">
+        <v>476</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>611</v>
+      </c>
+      <c r="P104" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>613</v>
+      </c>
+      <c r="B105" t="s">
+        <v>614</v>
+      </c>
+      <c r="C105" t="s">
+        <v>474</v>
+      </c>
+      <c r="D105" t="s">
+        <v>48</v>
+      </c>
+      <c r="E105" t="s">
+        <v>39</v>
+      </c>
+      <c r="F105" t="s">
+        <v>432</v>
+      </c>
+      <c r="G105" t="s">
+        <v>86</v>
+      </c>
+      <c r="H105">
+        <v>2009</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>115</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>615</v>
+      </c>
+      <c r="M105" t="s">
+        <v>476</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>616</v>
+      </c>
+      <c r="P105" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>618</v>
+      </c>
+      <c r="B106" t="s">
+        <v>619</v>
+      </c>
+      <c r="C106" t="s">
+        <v>431</v>
+      </c>
+      <c r="D106" t="s">
+        <v>48</v>
+      </c>
+      <c r="E106" t="s">
+        <v>39</v>
+      </c>
+      <c r="F106" t="s">
         <v>40</v>
       </c>
-      <c r="J86" t="s">
-[...38 lines deleted...]
-      <c r="I87" t="s">
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2004</v>
+      </c>
+      <c r="I106">
+        <v>2010</v>
+      </c>
+      <c r="J106" t="s">
+        <v>50</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>208</v>
+      </c>
+      <c r="M106" t="s">
+        <v>433</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>620</v>
+      </c>
+      <c r="P106" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>618</v>
+      </c>
+      <c r="B107" t="s">
+        <v>622</v>
+      </c>
+      <c r="C107" t="s">
+        <v>431</v>
+      </c>
+      <c r="D107" t="s">
+        <v>623</v>
+      </c>
+      <c r="E107" t="s">
+        <v>39</v>
+      </c>
+      <c r="F107" t="s">
+        <v>432</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2004</v>
+      </c>
+      <c r="I107">
+        <v>2010</v>
+      </c>
+      <c r="J107" t="s">
+        <v>538</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>208</v>
+      </c>
+      <c r="M107" t="s">
+        <v>433</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>624</v>
+      </c>
+      <c r="P107" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>626</v>
+      </c>
+      <c r="B108" t="s">
+        <v>627</v>
+      </c>
+      <c r="C108" t="s">
+        <v>431</v>
+      </c>
+      <c r="D108" t="s">
+        <v>69</v>
+      </c>
+      <c r="E108" t="s">
+        <v>39</v>
+      </c>
+      <c r="F108" t="s">
+        <v>58</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2009</v>
+      </c>
+      <c r="I108">
+        <v>2012</v>
+      </c>
+      <c r="J108" t="s">
+        <v>50</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>433</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>628</v>
+      </c>
+      <c r="P108" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>626</v>
+      </c>
+      <c r="B109" t="s">
+        <v>630</v>
+      </c>
+      <c r="C109" t="s">
+        <v>431</v>
+      </c>
+      <c r="D109" t="s">
+        <v>69</v>
+      </c>
+      <c r="E109" t="s">
+        <v>39</v>
+      </c>
+      <c r="F109" t="s">
         <v>40</v>
       </c>
-      <c r="J87" t="s">
-[...34 lines deleted...]
-      <c r="G88">
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2010</v>
       </c>
-      <c r="H88">
-[...9 lines deleted...]
-      <c r="L88" t="s">
+      <c r="I109">
+        <v>2012</v>
+      </c>
+      <c r="J109" t="s">
+        <v>50</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>631</v>
+      </c>
+      <c r="M109" t="s">
+        <v>433</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>632</v>
+      </c>
+      <c r="P109" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>633</v>
+      </c>
+      <c r="B110" t="s">
+        <v>634</v>
+      </c>
+      <c r="C110" t="s">
+        <v>474</v>
+      </c>
+      <c r="D110" t="s">
+        <v>194</v>
+      </c>
+      <c r="E110" t="s">
+        <v>39</v>
+      </c>
+      <c r="F110" t="s">
+        <v>40</v>
+      </c>
+      <c r="G110" t="s">
+        <v>86</v>
+      </c>
+      <c r="H110">
+        <v>2022</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>601</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>476</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>635</v>
+      </c>
+      <c r="P110" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>636</v>
+      </c>
+      <c r="B111" t="s">
+        <v>637</v>
+      </c>
+      <c r="C111" t="s">
+        <v>474</v>
+      </c>
+      <c r="D111" t="s">
         <v>358</v>
       </c>
-      <c r="M88" t="s">
-[...531 lines deleted...]
-      <c r="G101">
+      <c r="E111" t="s">
+        <v>39</v>
+      </c>
+      <c r="F111" t="s">
+        <v>40</v>
+      </c>
+      <c r="G111" t="s">
+        <v>86</v>
+      </c>
+      <c r="H111">
         <v>2022</v>
       </c>
-      <c r="H101"/>
-[...36 lines deleted...]
-      <c r="G102">
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>601</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>476</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>638</v>
+      </c>
+      <c r="P111" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>639</v>
+      </c>
+      <c r="B112" t="s">
+        <v>640</v>
+      </c>
+      <c r="C112" t="s">
+        <v>474</v>
+      </c>
+      <c r="D112" t="s">
+        <v>641</v>
+      </c>
+      <c r="E112" t="s">
+        <v>39</v>
+      </c>
+      <c r="F112" t="s">
+        <v>40</v>
+      </c>
+      <c r="G112" t="s">
+        <v>86</v>
+      </c>
+      <c r="H112">
         <v>2022</v>
       </c>
-      <c r="H102"/>
-[...422 lines deleted...]
-      </c>
+      <c r="I112"/>
       <c r="J112" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>601</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>476</v>
       </c>
       <c r="N112" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>642</v>
+      </c>
+      <c r="P112" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>425</v>
+        <v>643</v>
       </c>
       <c r="B113" t="s">
-        <v>310</v>
+        <v>644</v>
       </c>
       <c r="C113" t="s">
-        <v>426</v>
+        <v>474</v>
       </c>
       <c r="D113" t="s">
         <v>32</v>
       </c>
       <c r="E113" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F113" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="G113" t="s">
+        <v>86</v>
+      </c>
+      <c r="H113">
+        <v>2022</v>
+      </c>
+      <c r="I113"/>
       <c r="J113" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>601</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>476</v>
       </c>
       <c r="N113" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>645</v>
+      </c>
+      <c r="P113" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>429</v>
+        <v>646</v>
       </c>
       <c r="B114" t="s">
-        <v>310</v>
+        <v>647</v>
       </c>
       <c r="C114" t="s">
-        <v>430</v>
+        <v>474</v>
       </c>
       <c r="D114" t="s">
-        <v>32</v>
+        <v>648</v>
       </c>
       <c r="E114" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F114" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G114">
+        <v>40</v>
+      </c>
+      <c r="G114" t="s">
+        <v>86</v>
+      </c>
+      <c r="H114"/>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>649</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>476</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>650</v>
+      </c>
+      <c r="P114" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>651</v>
+      </c>
+      <c r="B115" t="s">
+        <v>652</v>
+      </c>
+      <c r="C115" t="s">
+        <v>474</v>
+      </c>
+      <c r="D115" t="s">
+        <v>653</v>
+      </c>
+      <c r="E115" t="s">
+        <v>39</v>
+      </c>
+      <c r="F115" t="s">
+        <v>40</v>
+      </c>
+      <c r="G115" t="s">
+        <v>86</v>
+      </c>
+      <c r="H115">
         <v>2022</v>
       </c>
-      <c r="H114"/>
-[...18 lines deleted...]
-      <c r="A115" t="s">
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>649</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>476</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>654</v>
+      </c>
+      <c r="P115" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>655</v>
+      </c>
+      <c r="B116" t="s">
+        <v>656</v>
+      </c>
+      <c r="C116" t="s">
+        <v>474</v>
+      </c>
+      <c r="D116" t="s">
+        <v>657</v>
+      </c>
+      <c r="E116" t="s">
+        <v>39</v>
+      </c>
+      <c r="F116" t="s">
+        <v>40</v>
+      </c>
+      <c r="G116" t="s">
+        <v>86</v>
+      </c>
+      <c r="H116">
+        <v>2022</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>649</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>476</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>658</v>
+      </c>
+      <c r="P116" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>659</v>
+      </c>
+      <c r="B117" t="s">
+        <v>660</v>
+      </c>
+      <c r="C117" t="s">
+        <v>474</v>
+      </c>
+      <c r="D117" t="s">
+        <v>242</v>
+      </c>
+      <c r="E117" t="s">
+        <v>39</v>
+      </c>
+      <c r="F117" t="s">
+        <v>40</v>
+      </c>
+      <c r="G117" t="s">
+        <v>86</v>
+      </c>
+      <c r="H117">
+        <v>2022</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>601</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>476</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>661</v>
+      </c>
+      <c r="P117" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>662</v>
+      </c>
+      <c r="B118" t="s">
+        <v>663</v>
+      </c>
+      <c r="C118" t="s">
+        <v>474</v>
+      </c>
+      <c r="D118" t="s">
+        <v>664</v>
+      </c>
+      <c r="E118" t="s">
+        <v>39</v>
+      </c>
+      <c r="F118" t="s">
+        <v>40</v>
+      </c>
+      <c r="G118" t="s">
+        <v>86</v>
+      </c>
+      <c r="H118">
+        <v>2022</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>601</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>476</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>665</v>
+      </c>
+      <c r="P118" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>666</v>
+      </c>
+      <c r="B119" t="s">
+        <v>667</v>
+      </c>
+      <c r="C119" t="s">
+        <v>474</v>
+      </c>
+      <c r="D119" t="s">
+        <v>668</v>
+      </c>
+      <c r="E119" t="s">
+        <v>39</v>
+      </c>
+      <c r="F119" t="s">
+        <v>40</v>
+      </c>
+      <c r="G119" t="s">
+        <v>86</v>
+      </c>
+      <c r="H119">
+        <v>2022</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>601</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>476</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>669</v>
+      </c>
+      <c r="P119" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>670</v>
+      </c>
+      <c r="B120" t="s">
+        <v>671</v>
+      </c>
+      <c r="C120" t="s">
+        <v>474</v>
+      </c>
+      <c r="D120" t="s">
+        <v>19</v>
+      </c>
+      <c r="E120" t="s">
+        <v>39</v>
+      </c>
+      <c r="F120" t="s">
+        <v>40</v>
+      </c>
+      <c r="G120" t="s">
+        <v>86</v>
+      </c>
+      <c r="H120">
+        <v>2022</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>601</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>476</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>672</v>
+      </c>
+      <c r="P120" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>673</v>
+      </c>
+      <c r="B121" t="s">
+        <v>674</v>
+      </c>
+      <c r="C121" t="s">
+        <v>474</v>
+      </c>
+      <c r="D121" t="s">
+        <v>675</v>
+      </c>
+      <c r="E121" t="s">
+        <v>39</v>
+      </c>
+      <c r="F121" t="s">
+        <v>40</v>
+      </c>
+      <c r="G121" t="s">
+        <v>86</v>
+      </c>
+      <c r="H121">
+        <v>2022</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>601</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>476</v>
+      </c>
+      <c r="N121" t="s">
+        <v>93</v>
+      </c>
+      <c r="O121" t="s">
+        <v>676</v>
+      </c>
+      <c r="P121" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>677</v>
+      </c>
+      <c r="B122" t="s">
+        <v>678</v>
+      </c>
+      <c r="C122" t="s">
+        <v>474</v>
+      </c>
+      <c r="D122" t="s">
+        <v>679</v>
+      </c>
+      <c r="E122" t="s">
+        <v>39</v>
+      </c>
+      <c r="F122" t="s">
+        <v>40</v>
+      </c>
+      <c r="G122" t="s">
+        <v>86</v>
+      </c>
+      <c r="H122">
+        <v>2022</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>601</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>476</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>680</v>
+      </c>
+      <c r="P122" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>681</v>
+      </c>
+      <c r="B123" t="s">
+        <v>682</v>
+      </c>
+      <c r="C123" t="s">
+        <v>474</v>
+      </c>
+      <c r="D123" t="s">
+        <v>544</v>
+      </c>
+      <c r="E123" t="s">
+        <v>39</v>
+      </c>
+      <c r="F123" t="s">
+        <v>40</v>
+      </c>
+      <c r="G123" t="s">
+        <v>86</v>
+      </c>
+      <c r="H123">
+        <v>2022</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>601</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>476</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>683</v>
+      </c>
+      <c r="P123" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>684</v>
+      </c>
+      <c r="B124" t="s">
+        <v>685</v>
+      </c>
+      <c r="C124" t="s">
+        <v>474</v>
+      </c>
+      <c r="D124" t="s">
+        <v>91</v>
+      </c>
+      <c r="E124" t="s">
+        <v>39</v>
+      </c>
+      <c r="F124" t="s">
+        <v>40</v>
+      </c>
+      <c r="G124" t="s">
+        <v>86</v>
+      </c>
+      <c r="H124">
+        <v>2022</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>601</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>476</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>686</v>
+      </c>
+      <c r="P124" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>687</v>
+      </c>
+      <c r="B125" t="s">
+        <v>688</v>
+      </c>
+      <c r="C125" t="s">
+        <v>474</v>
+      </c>
+      <c r="D125" t="s">
+        <v>689</v>
+      </c>
+      <c r="E125" t="s">
+        <v>39</v>
+      </c>
+      <c r="F125" t="s">
+        <v>40</v>
+      </c>
+      <c r="G125" t="s">
+        <v>86</v>
+      </c>
+      <c r="H125">
+        <v>2022</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>601</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>476</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>690</v>
+      </c>
+      <c r="P125" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>691</v>
+      </c>
+      <c r="B126" t="s">
+        <v>692</v>
+      </c>
+      <c r="C126" t="s">
+        <v>474</v>
+      </c>
+      <c r="D126" t="s">
+        <v>693</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>40</v>
+      </c>
+      <c r="G126" t="s">
+        <v>86</v>
+      </c>
+      <c r="H126">
+        <v>2022</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>601</v>
+      </c>
+      <c r="K126" t="s">
+        <v>496</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>476</v>
+      </c>
+      <c r="N126" t="s">
+        <v>136</v>
+      </c>
+      <c r="O126" t="s">
+        <v>694</v>
+      </c>
+      <c r="P126" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>695</v>
+      </c>
+      <c r="B127" t="s">
+        <v>696</v>
+      </c>
+      <c r="C127" t="s">
+        <v>697</v>
+      </c>
+      <c r="D127" t="s">
+        <v>698</v>
+      </c>
+      <c r="E127" t="s">
+        <v>39</v>
+      </c>
+      <c r="F127" t="s">
+        <v>132</v>
+      </c>
+      <c r="G127" t="s">
+        <v>86</v>
+      </c>
+      <c r="H127">
+        <v>2022</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>699</v>
+      </c>
+      <c r="K127" t="s">
+        <v>143</v>
+      </c>
+      <c r="L127" t="s">
+        <v>144</v>
+      </c>
+      <c r="M127" t="s">
+        <v>700</v>
+      </c>
+      <c r="N127" t="s">
+        <v>136</v>
+      </c>
+      <c r="O127" t="s">
+        <v>701</v>
+      </c>
+      <c r="P127" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>703</v>
+      </c>
+      <c r="B128" t="s">
+        <v>128</v>
+      </c>
+      <c r="C128" t="s">
+        <v>704</v>
+      </c>
+      <c r="D128" t="s">
+        <v>130</v>
+      </c>
+      <c r="E128" t="s">
+        <v>131</v>
+      </c>
+      <c r="F128" t="s">
+        <v>132</v>
+      </c>
+      <c r="G128" t="s">
+        <v>86</v>
+      </c>
+      <c r="H128">
+        <v>2022</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>705</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>134</v>
+      </c>
+      <c r="M128" t="s">
+        <v>706</v>
+      </c>
+      <c r="N128" t="s">
+        <v>136</v>
+      </c>
+      <c r="O128" t="s">
+        <v>707</v>
+      </c>
+      <c r="P128" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>709</v>
+      </c>
+      <c r="B129" t="s">
+        <v>128</v>
+      </c>
+      <c r="C129" t="s">
+        <v>704</v>
+      </c>
+      <c r="D129" t="s">
+        <v>130</v>
+      </c>
+      <c r="E129" t="s">
+        <v>39</v>
+      </c>
+      <c r="F129" t="s">
+        <v>132</v>
+      </c>
+      <c r="G129" t="s">
+        <v>86</v>
+      </c>
+      <c r="H129">
+        <v>2022</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>705</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>710</v>
+      </c>
+      <c r="M129" t="s">
+        <v>706</v>
+      </c>
+      <c r="N129" t="s">
+        <v>136</v>
+      </c>
+      <c r="O129" t="s">
+        <v>711</v>
+      </c>
+      <c r="P129" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>713</v>
+      </c>
+      <c r="B130" t="s">
+        <v>714</v>
+      </c>
+      <c r="C130" t="s">
+        <v>715</v>
+      </c>
+      <c r="D130" t="s">
+        <v>447</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
         <v>432</v>
       </c>
-      <c r="B115" t="s">
-[...351 lines deleted...]
-      <c r="N123" t="s">
+      <c r="G130" t="s">
+        <v>86</v>
+      </c>
+      <c r="H130">
+        <v>2015</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>50</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>716</v>
+      </c>
+      <c r="M130" t="s">
+        <v>717</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>718</v>
+      </c>
+      <c r="P130" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>720</v>
+      </c>
+      <c r="B131" t="s">
+        <v>473</v>
+      </c>
+      <c r="C131" t="s">
+        <v>721</v>
+      </c>
+      <c r="D131" t="s">
+        <v>69</v>
+      </c>
+      <c r="E131" t="s">
+        <v>39</v>
+      </c>
+      <c r="F131" t="s">
+        <v>432</v>
+      </c>
+      <c r="G131" t="s">
         <v>454</v>
       </c>
-    </row>
-[...193 lines deleted...]
-      <c r="K128" t="s">
+      <c r="H131"/>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>115</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>722</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>723</v>
+      </c>
+      <c r="P131" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>720</v>
+      </c>
+      <c r="B132" t="s">
+        <v>714</v>
+      </c>
+      <c r="C132" t="s">
+        <v>715</v>
+      </c>
+      <c r="D132" t="s">
+        <v>69</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>432</v>
+      </c>
+      <c r="G132" t="s">
+        <v>86</v>
+      </c>
+      <c r="H132">
+        <v>2015</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>50</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>716</v>
+      </c>
+      <c r="M132" t="s">
+        <v>717</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>725</v>
+      </c>
+      <c r="P132" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>726</v>
+      </c>
+      <c r="B133" t="s">
         <v>473</v>
       </c>
-      <c r="L128" t="s">
-[...32 lines deleted...]
-      <c r="I129" t="s">
+      <c r="C133" t="s">
+        <v>721</v>
+      </c>
+      <c r="D133" t="s">
+        <v>488</v>
+      </c>
+      <c r="E133" t="s">
+        <v>39</v>
+      </c>
+      <c r="F133" t="s">
+        <v>432</v>
+      </c>
+      <c r="G133" t="s">
+        <v>454</v>
+      </c>
+      <c r="H133"/>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>115</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>722</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>727</v>
+      </c>
+      <c r="P133" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>729</v>
+      </c>
+      <c r="B134" t="s">
+        <v>473</v>
+      </c>
+      <c r="C134" t="s">
+        <v>721</v>
+      </c>
+      <c r="D134" t="s">
+        <v>85</v>
+      </c>
+      <c r="E134" t="s">
+        <v>39</v>
+      </c>
+      <c r="F134" t="s">
+        <v>432</v>
+      </c>
+      <c r="G134" t="s">
+        <v>454</v>
+      </c>
+      <c r="H134"/>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>115</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>722</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>730</v>
+      </c>
+      <c r="P134" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>732</v>
+      </c>
+      <c r="B135" t="s">
+        <v>473</v>
+      </c>
+      <c r="C135" t="s">
+        <v>721</v>
+      </c>
+      <c r="D135" t="s">
+        <v>733</v>
+      </c>
+      <c r="E135" t="s">
+        <v>39</v>
+      </c>
+      <c r="F135" t="s">
+        <v>432</v>
+      </c>
+      <c r="G135" t="s">
+        <v>454</v>
+      </c>
+      <c r="H135"/>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>115</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>722</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>734</v>
+      </c>
+      <c r="P135" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>736</v>
+      </c>
+      <c r="B136" t="s">
+        <v>473</v>
+      </c>
+      <c r="C136" t="s">
+        <v>721</v>
+      </c>
+      <c r="D136" t="s">
+        <v>194</v>
+      </c>
+      <c r="E136" t="s">
+        <v>39</v>
+      </c>
+      <c r="F136" t="s">
+        <v>432</v>
+      </c>
+      <c r="G136" t="s">
+        <v>454</v>
+      </c>
+      <c r="H136"/>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>115</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>722</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>737</v>
+      </c>
+      <c r="P136" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>739</v>
+      </c>
+      <c r="B137" t="s">
+        <v>740</v>
+      </c>
+      <c r="C137" t="s">
+        <v>113</v>
+      </c>
+      <c r="D137" t="s">
+        <v>114</v>
+      </c>
+      <c r="E137" t="s">
+        <v>39</v>
+      </c>
+      <c r="F137" t="s">
         <v>40</v>
       </c>
-      <c r="J129" t="s">
-[...307 lines deleted...]
-        <v>2010</v>
+      <c r="G137" t="s">
+        <v>86</v>
       </c>
       <c r="H137">
         <v>2010</v>
       </c>
-      <c r="I137" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I137"/>
       <c r="J137" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137"/>
       <c r="M137" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="N137" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>741</v>
+      </c>
+      <c r="P137" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>496</v>
+        <v>743</v>
       </c>
       <c r="B138" t="s">
-        <v>498</v>
+        <v>473</v>
       </c>
       <c r="C138" t="s">
-        <v>499</v>
+        <v>744</v>
       </c>
       <c r="D138" t="s">
-        <v>94</v>
+        <v>745</v>
       </c>
       <c r="E138" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="F138" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="G138"/>
+        <v>40</v>
+      </c>
+      <c r="G138" t="s">
+        <v>454</v>
+      </c>
       <c r="H138"/>
-      <c r="I138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I138"/>
       <c r="J138" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="K138" t="s">
-        <v>500</v>
+        <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>501</v>
+        <v>746</v>
       </c>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>747</v>
       </c>
       <c r="N138" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>748</v>
+      </c>
+      <c r="P138"/>
+    </row>
+    <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>496</v>
+        <v>743</v>
       </c>
       <c r="B139" t="s">
-        <v>476</v>
+        <v>749</v>
       </c>
       <c r="C139" t="s">
-        <v>321</v>
+        <v>715</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>488</v>
       </c>
       <c r="E139" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="G139"/>
+        <v>40</v>
+      </c>
+      <c r="G139" t="s">
+        <v>454</v>
+      </c>
       <c r="H139"/>
-      <c r="I139" t="s">
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>50</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>717</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>750</v>
+      </c>
+      <c r="P139" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>743</v>
+      </c>
+      <c r="B140" t="s">
+        <v>120</v>
+      </c>
+      <c r="C140" t="s">
+        <v>113</v>
+      </c>
+      <c r="D140" t="s">
+        <v>104</v>
+      </c>
+      <c r="E140" t="s">
+        <v>39</v>
+      </c>
+      <c r="F140" t="s">
         <v>40</v>
       </c>
-      <c r="J139" t="s">
-[...32 lines deleted...]
-      <c r="G140">
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
         <v>2010</v>
       </c>
-      <c r="H140"/>
-[...1 lines deleted...]
-        <v>84</v>
+      <c r="I140">
+        <v>2010</v>
       </c>
       <c r="J140" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
       <c r="M140" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="N140" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>751</v>
+      </c>
+      <c r="P140" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>506</v>
+        <v>752</v>
       </c>
       <c r="B141" t="s">
-        <v>507</v>
+        <v>124</v>
       </c>
       <c r="C141" t="s">
-        <v>508</v>
+        <v>113</v>
       </c>
       <c r="D141" t="s">
-        <v>94</v>
+        <v>48</v>
       </c>
       <c r="E141" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F141" t="s">
-        <v>296</v>
-[...3 lines deleted...]
-      <c r="I141" t="s">
         <v>40</v>
       </c>
+      <c r="G141" t="s">
+        <v>86</v>
+      </c>
+      <c r="H141">
+        <v>2010</v>
+      </c>
+      <c r="I141"/>
       <c r="J141" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="K141" t="s">
-        <v>509</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L141"/>
       <c r="M141" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="N141" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>753</v>
+      </c>
+      <c r="P141" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>512</v>
+        <v>754</v>
       </c>
       <c r="B142" t="s">
-        <v>102</v>
+        <v>755</v>
       </c>
       <c r="C142" t="s">
-        <v>513</v>
+        <v>756</v>
       </c>
       <c r="D142" t="s">
-        <v>32</v>
+        <v>757</v>
       </c>
       <c r="E142" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="F142" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G142">
+        <v>40</v>
+      </c>
+      <c r="G142" t="s">
+        <v>454</v>
+      </c>
+      <c r="H142"/>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>50</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>758</v>
+      </c>
+      <c r="M142" t="s">
+        <v>759</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>760</v>
+      </c>
+      <c r="P142"/>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>761</v>
+      </c>
+      <c r="B143" t="s">
+        <v>762</v>
+      </c>
+      <c r="C143" t="s">
+        <v>141</v>
+      </c>
+      <c r="D143" t="s">
+        <v>763</v>
+      </c>
+      <c r="E143" t="s">
+        <v>39</v>
+      </c>
+      <c r="F143" t="s">
+        <v>40</v>
+      </c>
+      <c r="G143" t="s">
+        <v>86</v>
+      </c>
+      <c r="H143">
         <v>2017</v>
       </c>
-      <c r="H142"/>
-[...40 lines deleted...]
-      </c>
+      <c r="I143"/>
       <c r="J143" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N143" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>764</v>
+      </c>
+      <c r="P143" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>519</v>
+        <v>766</v>
       </c>
       <c r="B144" t="s">
-        <v>468</v>
+        <v>767</v>
       </c>
       <c r="C144" t="s">
-        <v>508</v>
+        <v>129</v>
       </c>
       <c r="D144" t="s">
-        <v>94</v>
+        <v>768</v>
       </c>
       <c r="E144" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="G144"/>
+        <v>40</v>
+      </c>
+      <c r="G144" t="s">
+        <v>454</v>
+      </c>
       <c r="H144"/>
-      <c r="I144" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I144"/>
       <c r="J144" t="s">
-        <v>21</v>
+        <v>538</v>
       </c>
       <c r="K144" t="s">
-        <v>520</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L144"/>
       <c r="M144" t="s">
-        <v>24</v>
+        <v>769</v>
       </c>
       <c r="N144" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>770</v>
+      </c>
+      <c r="P144"/>
+    </row>
+    <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>519</v>
+        <v>771</v>
       </c>
       <c r="B145" t="s">
-        <v>476</v>
+        <v>772</v>
       </c>
       <c r="C145" t="s">
-        <v>508</v>
+        <v>704</v>
       </c>
       <c r="D145" t="s">
-        <v>94</v>
+        <v>757</v>
       </c>
       <c r="E145" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="F145" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="G145"/>
+        <v>40</v>
+      </c>
+      <c r="G145" t="s">
+        <v>454</v>
+      </c>
       <c r="H145"/>
-      <c r="I145" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I145"/>
       <c r="J145" t="s">
-        <v>21</v>
+        <v>538</v>
       </c>
       <c r="K145" t="s">
-        <v>520</v>
-[...1 lines deleted...]
-      <c r="L145"/>
+        <v>24</v>
+      </c>
+      <c r="L145" t="s">
+        <v>773</v>
+      </c>
       <c r="M145" t="s">
-        <v>24</v>
+        <v>774</v>
       </c>
       <c r="N145" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>775</v>
+      </c>
+      <c r="P145"/>
+    </row>
+    <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>524</v>
+        <v>771</v>
       </c>
       <c r="B146" t="s">
-        <v>92</v>
+        <v>776</v>
       </c>
       <c r="C146" t="s">
-        <v>508</v>
+        <v>715</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>757</v>
       </c>
       <c r="E146" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="F146" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="G146"/>
+        <v>40</v>
+      </c>
+      <c r="G146" t="s">
+        <v>454</v>
+      </c>
       <c r="H146"/>
-      <c r="I146" t="s">
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>538</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>773</v>
+      </c>
+      <c r="M146"/>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>777</v>
+      </c>
+      <c r="P146"/>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>778</v>
+      </c>
+      <c r="B147" t="s">
+        <v>755</v>
+      </c>
+      <c r="C147" t="s">
+        <v>129</v>
+      </c>
+      <c r="D147" t="s">
+        <v>757</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
         <v>40</v>
       </c>
-      <c r="J146" t="s">
-[...31 lines deleted...]
-      <c r="F147" t="s">
+      <c r="G147" t="s">
+        <v>454</v>
+      </c>
+      <c r="H147"/>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>50</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>758</v>
+      </c>
+      <c r="M147" t="s">
+        <v>769</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>779</v>
+      </c>
+      <c r="P147"/>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>780</v>
+      </c>
+      <c r="B148" t="s">
+        <v>781</v>
+      </c>
+      <c r="C148" t="s">
+        <v>782</v>
+      </c>
+      <c r="D148" t="s">
+        <v>130</v>
+      </c>
+      <c r="E148" t="s">
+        <v>39</v>
+      </c>
+      <c r="F148" t="s">
+        <v>132</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2019</v>
+      </c>
+      <c r="I148">
+        <v>2022</v>
+      </c>
+      <c r="J148" t="s">
+        <v>495</v>
+      </c>
+      <c r="K148" t="s">
+        <v>143</v>
+      </c>
+      <c r="L148" t="s">
+        <v>144</v>
+      </c>
+      <c r="M148" t="s">
+        <v>783</v>
+      </c>
+      <c r="N148" t="s">
+        <v>136</v>
+      </c>
+      <c r="O148" t="s">
+        <v>784</v>
+      </c>
+      <c r="P148" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>786</v>
+      </c>
+      <c r="B149" t="s">
+        <v>787</v>
+      </c>
+      <c r="C149" t="s">
+        <v>453</v>
+      </c>
+      <c r="D149" t="s">
         <v>19</v>
       </c>
-      <c r="G147">
-[...43 lines deleted...]
-      <c r="G148">
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>40</v>
+      </c>
+      <c r="G149" t="s">
+        <v>86</v>
+      </c>
+      <c r="H149">
         <v>2012</v>
       </c>
-      <c r="H148"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I149"/>
       <c r="J149" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="K149" t="s">
-        <v>534</v>
+        <v>24</v>
       </c>
       <c r="L149" t="s">
-        <v>298</v>
+        <v>788</v>
       </c>
       <c r="M149" t="s">
-        <v>24</v>
+        <v>456</v>
       </c>
       <c r="N149" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>789</v>
+      </c>
+      <c r="P149" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>536</v>
+        <v>791</v>
       </c>
       <c r="B150" t="s">
-        <v>295</v>
+        <v>792</v>
       </c>
       <c r="C150" t="s">
-        <v>53</v>
+        <v>453</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>396</v>
       </c>
       <c r="E150" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>40</v>
+      </c>
+      <c r="G150" t="s">
+        <v>86</v>
       </c>
       <c r="H150">
         <v>2015</v>
       </c>
-      <c r="I150" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I150"/>
       <c r="J150" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="K150" t="s">
-        <v>537</v>
+        <v>24</v>
       </c>
       <c r="L150" t="s">
-        <v>298</v>
+        <v>793</v>
       </c>
       <c r="M150" t="s">
-        <v>24</v>
+        <v>456</v>
       </c>
       <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>794</v>
+      </c>
+      <c r="P150" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>796</v>
+      </c>
+      <c r="B151" t="s">
+        <v>797</v>
+      </c>
+      <c r="C151" t="s">
+        <v>453</v>
+      </c>
+      <c r="D151" t="s">
+        <v>69</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>40</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2013</v>
+      </c>
+      <c r="I151">
+        <v>2015</v>
+      </c>
+      <c r="J151" t="s">
+        <v>142</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>798</v>
+      </c>
+      <c r="M151" t="s">
+        <v>456</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>799</v>
+      </c>
+      <c r="P151" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>801</v>
+      </c>
+      <c r="B152" t="s">
+        <v>802</v>
+      </c>
+      <c r="C152" t="s">
+        <v>453</v>
+      </c>
+      <c r="D152" t="s">
+        <v>803</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>432</v>
+      </c>
+      <c r="G152" t="s">
+        <v>86</v>
+      </c>
+      <c r="H152">
+        <v>2014</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>142</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>804</v>
+      </c>
+      <c r="M152" t="s">
+        <v>456</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>805</v>
+      </c>
+      <c r="P152" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>807</v>
+      </c>
+      <c r="B153" t="s">
+        <v>808</v>
+      </c>
+      <c r="C153" t="s">
+        <v>453</v>
+      </c>
+      <c r="D153" t="s">
+        <v>207</v>
+      </c>
+      <c r="E153" t="s">
+        <v>39</v>
+      </c>
+      <c r="F153" t="s">
+        <v>40</v>
+      </c>
+      <c r="G153" t="s">
+        <v>86</v>
+      </c>
+      <c r="H153">
+        <v>2012</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>142</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>564</v>
+      </c>
+      <c r="M153" t="s">
+        <v>456</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>809</v>
+      </c>
+      <c r="P153" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>811</v>
+      </c>
+      <c r="B154" t="s">
+        <v>808</v>
+      </c>
+      <c r="C154" t="s">
+        <v>453</v>
+      </c>
+      <c r="D154" t="s">
+        <v>253</v>
+      </c>
+      <c r="E154" t="s">
+        <v>39</v>
+      </c>
+      <c r="F154" t="s">
+        <v>40</v>
+      </c>
+      <c r="G154" t="s">
+        <v>86</v>
+      </c>
+      <c r="H154">
+        <v>2015</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>142</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>812</v>
+      </c>
+      <c r="M154" t="s">
+        <v>456</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>813</v>
+      </c>
+      <c r="P154" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>815</v>
+      </c>
+      <c r="B155" t="s">
+        <v>816</v>
+      </c>
+      <c r="C155" t="s">
+        <v>453</v>
+      </c>
+      <c r="D155" t="s">
+        <v>213</v>
+      </c>
+      <c r="E155" t="s">
+        <v>39</v>
+      </c>
+      <c r="F155" t="s">
+        <v>40</v>
+      </c>
+      <c r="G155" t="s">
+        <v>86</v>
+      </c>
+      <c r="H155">
+        <v>2011</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>142</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>817</v>
+      </c>
+      <c r="M155" t="s">
+        <v>456</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>818</v>
+      </c>
+      <c r="P155" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>820</v>
+      </c>
+      <c r="B156" t="s">
+        <v>821</v>
+      </c>
+      <c r="C156" t="s">
+        <v>453</v>
+      </c>
+      <c r="D156" t="s">
+        <v>229</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>40</v>
+      </c>
+      <c r="G156" t="s">
+        <v>86</v>
+      </c>
+      <c r="H156">
+        <v>2013</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>142</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>822</v>
+      </c>
+      <c r="M156" t="s">
+        <v>456</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>823</v>
+      </c>
+      <c r="P156" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>825</v>
+      </c>
+      <c r="B157" t="s">
+        <v>826</v>
+      </c>
+      <c r="C157" t="s">
+        <v>422</v>
+      </c>
+      <c r="D157" t="s">
+        <v>827</v>
+      </c>
+      <c r="E157" t="s">
+        <v>39</v>
+      </c>
+      <c r="F157" t="s">
+        <v>40</v>
+      </c>
+      <c r="G157" t="s">
+        <v>424</v>
+      </c>
+      <c r="H157">
+        <v>2024</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>425</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>828</v>
+      </c>
+      <c r="M157" t="s">
+        <v>426</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>829</v>
+      </c>
+      <c r="P157" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>831</v>
+      </c>
+      <c r="B158" t="s">
+        <v>832</v>
+      </c>
+      <c r="C158" t="s">
+        <v>461</v>
+      </c>
+      <c r="D158" t="s">
+        <v>167</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>58</v>
+      </c>
+      <c r="G158" t="s">
+        <v>86</v>
+      </c>
+      <c r="H158">
+        <v>2017</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>469</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>463</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>833</v>
+      </c>
+      <c r="P158" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>834</v>
+      </c>
+      <c r="B159" t="s">
+        <v>835</v>
+      </c>
+      <c r="C159" t="s">
+        <v>461</v>
+      </c>
+      <c r="D159" t="s">
+        <v>423</v>
+      </c>
+      <c r="E159" t="s">
+        <v>39</v>
+      </c>
+      <c r="F159" t="s">
+        <v>432</v>
+      </c>
+      <c r="G159" t="s">
+        <v>424</v>
+      </c>
+      <c r="H159">
+        <v>2024</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>836</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>837</v>
+      </c>
+      <c r="M159" t="s">
+        <v>838</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>839</v>
+      </c>
+      <c r="P159" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>841</v>
+      </c>
+      <c r="B160" t="s">
+        <v>842</v>
+      </c>
+      <c r="C160" t="s">
+        <v>461</v>
+      </c>
+      <c r="D160" t="s">
+        <v>843</v>
+      </c>
+      <c r="E160" t="s">
+        <v>39</v>
+      </c>
+      <c r="F160" t="s">
+        <v>432</v>
+      </c>
+      <c r="G160" t="s">
+        <v>86</v>
+      </c>
+      <c r="H160">
+        <v>2024</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>836</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>844</v>
+      </c>
+      <c r="M160" t="s">
+        <v>838</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>845</v>
+      </c>
+      <c r="P160" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>846</v>
+      </c>
+      <c r="B161"/>
+      <c r="C161" t="s">
+        <v>461</v>
+      </c>
+      <c r="D161" t="s">
+        <v>69</v>
+      </c>
+      <c r="E161" t="s">
+        <v>39</v>
+      </c>
+      <c r="F161" t="s">
+        <v>432</v>
+      </c>
+      <c r="G161" t="s">
+        <v>424</v>
+      </c>
+      <c r="H161">
+        <v>2017</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>847</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>838</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>848</v>
+      </c>
+      <c r="P161" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>849</v>
+      </c>
+      <c r="B162" t="s">
+        <v>850</v>
+      </c>
+      <c r="C162" t="s">
+        <v>461</v>
+      </c>
+      <c r="D162" t="s">
+        <v>447</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>58</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2017</v>
+      </c>
+      <c r="I162">
+        <v>2019</v>
+      </c>
+      <c r="J162" t="s">
+        <v>495</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>463</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>851</v>
+      </c>
+      <c r="P162" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>852</v>
+      </c>
+      <c r="B163" t="s">
+        <v>853</v>
+      </c>
+      <c r="C163" t="s">
+        <v>461</v>
+      </c>
+      <c r="D163" t="s">
+        <v>854</v>
+      </c>
+      <c r="E163" t="s">
+        <v>39</v>
+      </c>
+      <c r="F163" t="s">
+        <v>494</v>
+      </c>
+      <c r="G163" t="s">
+        <v>86</v>
+      </c>
+      <c r="H163">
+        <v>2018</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>495</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>855</v>
+      </c>
+      <c r="M163" t="s">
+        <v>856</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>857</v>
+      </c>
+      <c r="P163" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>859</v>
+      </c>
+      <c r="B164" t="s">
+        <v>860</v>
+      </c>
+      <c r="C164" t="s">
+        <v>861</v>
+      </c>
+      <c r="D164" t="s">
+        <v>130</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>132</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2018</v>
+      </c>
+      <c r="I164">
+        <v>2022</v>
+      </c>
+      <c r="J164" t="s">
+        <v>495</v>
+      </c>
+      <c r="K164" t="s">
+        <v>143</v>
+      </c>
+      <c r="L164" t="s">
+        <v>144</v>
+      </c>
+      <c r="M164" t="s">
+        <v>862</v>
+      </c>
+      <c r="N164" t="s">
+        <v>136</v>
+      </c>
+      <c r="O164" t="s">
+        <v>863</v>
+      </c>
+      <c r="P164" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>865</v>
+      </c>
+      <c r="B165" t="s">
+        <v>866</v>
+      </c>
+      <c r="C165" t="s">
+        <v>861</v>
+      </c>
+      <c r="D165" t="s">
+        <v>130</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>132</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2018</v>
+      </c>
+      <c r="I165">
+        <v>2022</v>
+      </c>
+      <c r="J165" t="s">
+        <v>495</v>
+      </c>
+      <c r="K165" t="s">
+        <v>496</v>
+      </c>
+      <c r="L165" t="s">
+        <v>144</v>
+      </c>
+      <c r="M165" t="s">
+        <v>862</v>
+      </c>
+      <c r="N165" t="s">
+        <v>136</v>
+      </c>
+      <c r="O165" t="s">
+        <v>867</v>
+      </c>
+      <c r="P165" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>868</v>
+      </c>
+      <c r="B166" t="s">
+        <v>869</v>
+      </c>
+      <c r="C166" t="s">
+        <v>870</v>
+      </c>
+      <c r="D166" t="s">
+        <v>130</v>
+      </c>
+      <c r="E166" t="s">
+        <v>39</v>
+      </c>
+      <c r="F166" t="s">
+        <v>132</v>
+      </c>
+      <c r="G166" t="s">
+        <v>86</v>
+      </c>
+      <c r="H166">
+        <v>2020</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>591</v>
+      </c>
+      <c r="K166" t="s">
+        <v>143</v>
+      </c>
+      <c r="L166" t="s">
+        <v>144</v>
+      </c>
+      <c r="M166" t="s">
+        <v>871</v>
+      </c>
+      <c r="N166" t="s">
+        <v>136</v>
+      </c>
+      <c r="O166" t="s">
+        <v>872</v>
+      </c>
+      <c r="P166" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>868</v>
+      </c>
+      <c r="B167" t="s">
+        <v>874</v>
+      </c>
+      <c r="C167" t="s">
+        <v>875</v>
+      </c>
+      <c r="D167" t="s">
+        <v>130</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>132</v>
+      </c>
+      <c r="G167" t="s">
+        <v>86</v>
+      </c>
+      <c r="H167">
+        <v>2021</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>591</v>
+      </c>
+      <c r="K167" t="s">
+        <v>143</v>
+      </c>
+      <c r="L167" t="s">
+        <v>144</v>
+      </c>
+      <c r="M167" t="s">
+        <v>876</v>
+      </c>
+      <c r="N167" t="s">
+        <v>136</v>
+      </c>
+      <c r="O167" t="s">
+        <v>877</v>
+      </c>
+      <c r="P167"/>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>878</v>
+      </c>
+      <c r="B168" t="s">
+        <v>879</v>
+      </c>
+      <c r="C168" t="s">
+        <v>487</v>
+      </c>
+      <c r="D168" t="s">
+        <v>698</v>
+      </c>
+      <c r="E168" t="s">
+        <v>131</v>
+      </c>
+      <c r="F168" t="s">
+        <v>132</v>
+      </c>
+      <c r="G168" t="s">
+        <v>454</v>
+      </c>
+      <c r="H168"/>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>495</v>
+      </c>
+      <c r="K168" t="s">
+        <v>143</v>
+      </c>
+      <c r="L168" t="s">
+        <v>144</v>
+      </c>
+      <c r="M168" t="s">
+        <v>489</v>
+      </c>
+      <c r="N168" t="s">
+        <v>136</v>
+      </c>
+      <c r="O168" t="s">
+        <v>880</v>
+      </c>
+      <c r="P168"/>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>881</v>
+      </c>
+      <c r="B169" t="s">
+        <v>882</v>
+      </c>
+      <c r="C169" t="s">
+        <v>782</v>
+      </c>
+      <c r="D169" t="s">
+        <v>69</v>
+      </c>
+      <c r="E169" t="s">
+        <v>39</v>
+      </c>
+      <c r="F169" t="s">
+        <v>40</v>
+      </c>
+      <c r="G169" t="s">
+        <v>454</v>
+      </c>
+      <c r="H169"/>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>142</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169"/>
+      <c r="M169" t="s">
+        <v>883</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>884</v>
+      </c>
+      <c r="P169" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>886</v>
+      </c>
+      <c r="B170" t="s">
+        <v>882</v>
+      </c>
+      <c r="C170" t="s">
+        <v>782</v>
+      </c>
+      <c r="D170" t="s">
+        <v>447</v>
+      </c>
+      <c r="E170" t="s">
+        <v>39</v>
+      </c>
+      <c r="F170" t="s">
+        <v>40</v>
+      </c>
+      <c r="G170" t="s">
+        <v>454</v>
+      </c>
+      <c r="H170"/>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>142</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>883</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>887</v>
+      </c>
+      <c r="P170" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>888</v>
+      </c>
+      <c r="B171" t="s">
+        <v>889</v>
+      </c>
+      <c r="C171" t="s">
+        <v>890</v>
+      </c>
+      <c r="D171" t="s">
+        <v>130</v>
+      </c>
+      <c r="E171" t="s">
+        <v>39</v>
+      </c>
+      <c r="F171" t="s">
+        <v>132</v>
+      </c>
+      <c r="G171" t="s">
+        <v>86</v>
+      </c>
+      <c r="H171">
+        <v>2021</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>495</v>
+      </c>
+      <c r="K171" t="s">
+        <v>143</v>
+      </c>
+      <c r="L171" t="s">
+        <v>144</v>
+      </c>
+      <c r="M171" t="s">
+        <v>891</v>
+      </c>
+      <c r="N171" t="s">
+        <v>136</v>
+      </c>
+      <c r="O171" t="s">
+        <v>892</v>
+      </c>
+      <c r="P171" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>894</v>
+      </c>
+      <c r="B172" t="s">
+        <v>895</v>
+      </c>
+      <c r="C172" t="s">
+        <v>446</v>
+      </c>
+      <c r="D172" t="s">
+        <v>896</v>
+      </c>
+      <c r="E172" t="s">
+        <v>39</v>
+      </c>
+      <c r="F172" t="s">
+        <v>432</v>
+      </c>
+      <c r="G172" t="s">
+        <v>86</v>
+      </c>
+      <c r="H172">
+        <v>2016</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>897</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>898</v>
+      </c>
+      <c r="N172" t="s">
+        <v>93</v>
+      </c>
+      <c r="O172" t="s">
+        <v>899</v>
+      </c>
+      <c r="P172" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>901</v>
+      </c>
+      <c r="B173" t="s">
+        <v>128</v>
+      </c>
+      <c r="C173" t="s">
+        <v>902</v>
+      </c>
+      <c r="D173" t="s">
+        <v>130</v>
+      </c>
+      <c r="E173" t="s">
+        <v>39</v>
+      </c>
+      <c r="F173" t="s">
+        <v>132</v>
+      </c>
+      <c r="G173" t="s">
+        <v>86</v>
+      </c>
+      <c r="H173">
+        <v>2017</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>133</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>134</v>
+      </c>
+      <c r="M173" t="s">
+        <v>903</v>
+      </c>
+      <c r="N173" t="s">
+        <v>136</v>
+      </c>
+      <c r="O173" t="s">
+        <v>904</v>
+      </c>
+      <c r="P173" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>906</v>
+      </c>
+      <c r="B174" t="s">
+        <v>907</v>
+      </c>
+      <c r="C174" t="s">
+        <v>902</v>
+      </c>
+      <c r="D174" t="s">
+        <v>130</v>
+      </c>
+      <c r="E174" t="s">
+        <v>39</v>
+      </c>
+      <c r="F174" t="s">
+        <v>132</v>
+      </c>
+      <c r="G174" t="s">
+        <v>86</v>
+      </c>
+      <c r="H174">
+        <v>2020</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>133</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>134</v>
+      </c>
+      <c r="M174" t="s">
+        <v>903</v>
+      </c>
+      <c r="N174" t="s">
+        <v>136</v>
+      </c>
+      <c r="O174" t="s">
+        <v>908</v>
+      </c>
+      <c r="P174"/>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>909</v>
+      </c>
+      <c r="B175" t="s">
+        <v>473</v>
+      </c>
+      <c r="C175" t="s">
+        <v>431</v>
+      </c>
+      <c r="D175" t="s">
+        <v>194</v>
+      </c>
+      <c r="E175" t="s">
+        <v>131</v>
+      </c>
+      <c r="F175" t="s">
+        <v>432</v>
+      </c>
+      <c r="G175" t="s">
+        <v>454</v>
+      </c>
+      <c r="H175"/>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>50</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>433</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>910</v>
+      </c>
+      <c r="P175" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>912</v>
+      </c>
+      <c r="B176" t="s">
+        <v>140</v>
+      </c>
+      <c r="C176" t="s">
+        <v>913</v>
+      </c>
+      <c r="D176" t="s">
+        <v>130</v>
+      </c>
+      <c r="E176" t="s">
+        <v>39</v>
+      </c>
+      <c r="F176" t="s">
+        <v>132</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2016</v>
+      </c>
+      <c r="I176">
+        <v>2017</v>
+      </c>
+      <c r="J176" t="s">
+        <v>142</v>
+      </c>
+      <c r="K176" t="s">
+        <v>143</v>
+      </c>
+      <c r="L176" t="s">
+        <v>144</v>
+      </c>
+      <c r="M176" t="s">
+        <v>914</v>
+      </c>
+      <c r="N176" t="s">
+        <v>136</v>
+      </c>
+      <c r="O176" t="s">
+        <v>915</v>
+      </c>
+      <c r="P176" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>917</v>
+      </c>
+      <c r="B177" t="s">
+        <v>918</v>
+      </c>
+      <c r="C177" t="s">
+        <v>919</v>
+      </c>
+      <c r="D177" t="s">
+        <v>509</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>132</v>
+      </c>
+      <c r="G177" t="s">
+        <v>86</v>
+      </c>
+      <c r="H177">
+        <v>2019</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>142</v>
+      </c>
+      <c r="K177" t="s">
+        <v>510</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>920</v>
+      </c>
+      <c r="N177" t="s">
+        <v>512</v>
+      </c>
+      <c r="O177" t="s">
+        <v>921</v>
+      </c>
+      <c r="P177" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>923</v>
+      </c>
+      <c r="B178" t="s">
+        <v>924</v>
+      </c>
+      <c r="C178" t="s">
+        <v>919</v>
+      </c>
+      <c r="D178" t="s">
+        <v>69</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>40</v>
+      </c>
+      <c r="G178" t="s">
+        <v>86</v>
+      </c>
+      <c r="H178">
+        <v>2011</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>569</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>920</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>925</v>
+      </c>
+      <c r="P178" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>927</v>
+      </c>
+      <c r="B179" t="s">
+        <v>928</v>
+      </c>
+      <c r="C179" t="s">
+        <v>919</v>
+      </c>
+      <c r="D179" t="s">
+        <v>582</v>
+      </c>
+      <c r="E179" t="s">
+        <v>39</v>
+      </c>
+      <c r="F179" t="s">
+        <v>40</v>
+      </c>
+      <c r="G179" t="s">
+        <v>86</v>
+      </c>
+      <c r="H179">
+        <v>2011</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>569</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179"/>
+      <c r="M179" t="s">
+        <v>920</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>929</v>
+      </c>
+      <c r="P179" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>931</v>
+      </c>
+      <c r="B180" t="s">
+        <v>932</v>
+      </c>
+      <c r="C180" t="s">
+        <v>919</v>
+      </c>
+      <c r="D180" t="s">
+        <v>582</v>
+      </c>
+      <c r="E180" t="s">
+        <v>39</v>
+      </c>
+      <c r="F180" t="s">
+        <v>40</v>
+      </c>
+      <c r="G180" t="s">
+        <v>86</v>
+      </c>
+      <c r="H180">
+        <v>2011</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>569</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>920</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>933</v>
+      </c>
+      <c r="P180" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>935</v>
+      </c>
+      <c r="B181" t="s">
+        <v>936</v>
+      </c>
+      <c r="C181" t="s">
+        <v>919</v>
+      </c>
+      <c r="D181" t="s">
+        <v>575</v>
+      </c>
+      <c r="E181" t="s">
+        <v>39</v>
+      </c>
+      <c r="F181" t="s">
+        <v>432</v>
+      </c>
+      <c r="G181" t="s">
+        <v>86</v>
+      </c>
+      <c r="H181">
+        <v>2011</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>569</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181" t="s">
+        <v>920</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>937</v>
+      </c>
+      <c r="P181" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>939</v>
+      </c>
+      <c r="B182" t="s">
+        <v>940</v>
+      </c>
+      <c r="C182" t="s">
+        <v>919</v>
+      </c>
+      <c r="D182" t="s">
+        <v>941</v>
+      </c>
+      <c r="E182" t="s">
+        <v>39</v>
+      </c>
+      <c r="F182" t="s">
+        <v>40</v>
+      </c>
+      <c r="G182" t="s">
+        <v>86</v>
+      </c>
+      <c r="H182">
+        <v>2011</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>142</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>920</v>
+      </c>
+      <c r="N182" t="s">
+        <v>93</v>
+      </c>
+      <c r="O182" t="s">
+        <v>942</v>
+      </c>
+      <c r="P182" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>944</v>
+      </c>
+      <c r="B183" t="s">
+        <v>460</v>
+      </c>
+      <c r="C183" t="s">
+        <v>919</v>
+      </c>
+      <c r="D183" t="s">
+        <v>130</v>
+      </c>
+      <c r="E183" t="s">
+        <v>39</v>
+      </c>
+      <c r="F183" t="s">
+        <v>132</v>
+      </c>
+      <c r="G183" t="s">
+        <v>86</v>
+      </c>
+      <c r="H183">
+        <v>2021</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>591</v>
+      </c>
+      <c r="K183" t="s">
+        <v>143</v>
+      </c>
+      <c r="L183" t="s">
+        <v>144</v>
+      </c>
+      <c r="M183" t="s">
+        <v>920</v>
+      </c>
+      <c r="N183" t="s">
+        <v>136</v>
+      </c>
+      <c r="O183" t="s">
+        <v>945</v>
+      </c>
+      <c r="P183" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>947</v>
+      </c>
+      <c r="B184" t="s">
+        <v>948</v>
+      </c>
+      <c r="C184" t="s">
+        <v>919</v>
+      </c>
+      <c r="D184" t="s">
+        <v>48</v>
+      </c>
+      <c r="E184" t="s">
+        <v>39</v>
+      </c>
+      <c r="F184" t="s">
+        <v>432</v>
+      </c>
+      <c r="G184" t="s">
+        <v>86</v>
+      </c>
+      <c r="H184">
+        <v>2011</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>142</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>949</v>
+      </c>
+      <c r="M184" t="s">
+        <v>920</v>
+      </c>
+      <c r="N184" t="s">
+        <v>93</v>
+      </c>
+      <c r="O184" t="s">
+        <v>950</v>
+      </c>
+      <c r="P184" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>952</v>
+      </c>
+      <c r="B185" t="s">
+        <v>953</v>
+      </c>
+      <c r="C185" t="s">
+        <v>422</v>
+      </c>
+      <c r="D185" t="s">
+        <v>104</v>
+      </c>
+      <c r="E185" t="s">
+        <v>39</v>
+      </c>
+      <c r="F185" t="s">
+        <v>40</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2010</v>
+      </c>
+      <c r="I185">
+        <v>2014</v>
+      </c>
+      <c r="J185" t="s">
         <v>538</v>
       </c>
-    </row>
-[...1438 lines deleted...]
-      </c>
       <c r="K185" t="s">
-        <v>643</v>
+        <v>24</v>
       </c>
       <c r="L185" t="s">
-        <v>276</v>
+        <v>954</v>
       </c>
       <c r="M185" t="s">
-        <v>24</v>
+        <v>426</v>
       </c>
       <c r="N185" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>955</v>
+      </c>
+      <c r="P185" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>645</v>
+        <v>957</v>
       </c>
       <c r="B186" t="s">
-        <v>273</v>
+        <v>958</v>
       </c>
       <c r="C186" t="s">
-        <v>386</v>
+        <v>422</v>
       </c>
       <c r="D186" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="E186" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F186" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>432</v>
+      </c>
+      <c r="G186" t="s">
+        <v>86</v>
       </c>
       <c r="H186">
         <v>2014</v>
       </c>
-      <c r="I186" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I186"/>
       <c r="J186" t="s">
-        <v>21</v>
+        <v>538</v>
       </c>
       <c r="K186" t="s">
-        <v>646</v>
+        <v>24</v>
       </c>
       <c r="L186" t="s">
-        <v>276</v>
+        <v>959</v>
       </c>
       <c r="M186" t="s">
-        <v>24</v>
+        <v>426</v>
       </c>
       <c r="N186" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>960</v>
+      </c>
+      <c r="P186" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>648</v>
+        <v>962</v>
       </c>
       <c r="B187" t="s">
-        <v>15</v>
+        <v>963</v>
       </c>
       <c r="C187" t="s">
-        <v>649</v>
+        <v>422</v>
       </c>
       <c r="D187" t="s">
-        <v>17</v>
+        <v>964</v>
       </c>
       <c r="E187" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F187" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G187">
+        <v>432</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2012</v>
+      </c>
+      <c r="I187">
         <v>2014</v>
       </c>
-      <c r="H187"/>
-[...2 lines deleted...]
-      </c>
       <c r="J187" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L187"/>
+        <v>538</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>965</v>
+      </c>
       <c r="M187" t="s">
-        <v>24</v>
+        <v>426</v>
       </c>
       <c r="N187" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>966</v>
+      </c>
+      <c r="P187" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>651</v>
+        <v>968</v>
       </c>
       <c r="B188" t="s">
-        <v>157</v>
+        <v>969</v>
       </c>
       <c r="C188" t="s">
-        <v>109</v>
+        <v>422</v>
       </c>
       <c r="D188" t="s">
-        <v>17</v>
+        <v>582</v>
       </c>
       <c r="E188" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F188" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G188">
+        <v>40</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2012</v>
+      </c>
+      <c r="I188">
+        <v>2014</v>
+      </c>
+      <c r="J188" t="s">
+        <v>538</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188" t="s">
+        <v>970</v>
+      </c>
+      <c r="M188" t="s">
+        <v>426</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>971</v>
+      </c>
+      <c r="P188" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>973</v>
+      </c>
+      <c r="B189" t="s">
+        <v>974</v>
+      </c>
+      <c r="C189" t="s">
+        <v>18</v>
+      </c>
+      <c r="D189" t="s">
+        <v>975</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>40</v>
+      </c>
+      <c r="G189" t="s">
+        <v>86</v>
+      </c>
+      <c r="H189">
+        <v>2014</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>151</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189"/>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>976</v>
+      </c>
+      <c r="P189" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>978</v>
+      </c>
+      <c r="B190" t="s">
+        <v>979</v>
+      </c>
+      <c r="C190" t="s">
+        <v>223</v>
+      </c>
+      <c r="D190" t="s">
+        <v>150</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>40</v>
+      </c>
+      <c r="G190" t="s">
+        <v>86</v>
+      </c>
+      <c r="H190">
         <v>2013</v>
       </c>
-      <c r="H188"/>
-[...34 lines deleted...]
-      <c r="G189">
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>151</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190"/>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>980</v>
+      </c>
+      <c r="P190" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>982</v>
+      </c>
+      <c r="B191" t="s">
+        <v>983</v>
+      </c>
+      <c r="C191" t="s">
+        <v>453</v>
+      </c>
+      <c r="D191" t="s">
+        <v>984</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>58</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
         <v>2014</v>
       </c>
-      <c r="H189">
+      <c r="I191">
         <v>2017</v>
       </c>
-      <c r="I189" t="s">
-[...35 lines deleted...]
-      <c r="G190">
+      <c r="J191" t="s">
+        <v>591</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>456</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>985</v>
+      </c>
+      <c r="P191" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>987</v>
+      </c>
+      <c r="B192" t="s">
+        <v>988</v>
+      </c>
+      <c r="C192" t="s">
+        <v>989</v>
+      </c>
+      <c r="D192" t="s">
+        <v>130</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>132</v>
+      </c>
+      <c r="G192" t="s">
+        <v>86</v>
+      </c>
+      <c r="H192">
         <v>2021</v>
       </c>
-      <c r="H190"/>
-[...17 lines deleted...]
-      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>591</v>
+      </c>
+      <c r="K192" t="s">
+        <v>143</v>
+      </c>
+      <c r="L192" t="s">
+        <v>144</v>
+      </c>
+      <c r="M192" t="s">
+        <v>990</v>
+      </c>
+      <c r="N192" t="s">
+        <v>136</v>
+      </c>
+      <c r="O192" t="s">
+        <v>991</v>
+      </c>
+      <c r="P192"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>