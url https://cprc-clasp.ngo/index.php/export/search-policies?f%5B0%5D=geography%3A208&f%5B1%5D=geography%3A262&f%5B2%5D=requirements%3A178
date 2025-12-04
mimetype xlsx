--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,608 +12,794 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -877,1553 +1063,1756 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G9" t="s">
+        <v>64</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>73</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>89</v>
+      </c>
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>90</v>
+      </c>
+      <c r="K11" t="s">
+        <v>91</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>94</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>89</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>91</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>101</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>73</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>108</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
+        <v>94</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>113</v>
+      </c>
+      <c r="D14" t="s">
+        <v>114</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>80</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>115</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>80</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
+        <v>116</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>113</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" t="s">
+        <v>64</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>80</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>116</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" t="s">
+        <v>64</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
+        <v>135</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>73</v>
+      </c>
+      <c r="G18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>80</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>136</v>
+      </c>
+      <c r="M18" t="s">
+        <v>131</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>73</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>90</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>142</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>140</v>
+      </c>
+      <c r="D20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>73</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>90</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>142</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>140</v>
+      </c>
+      <c r="D21" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>73</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>90</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>142</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>140</v>
+      </c>
+      <c r="D22" t="s">
+        <v>158</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>63</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>90</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>159</v>
+      </c>
+      <c r="M22" t="s">
+        <v>142</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>140</v>
+      </c>
+      <c r="D23" t="s">
+        <v>164</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>73</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>90</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>165</v>
+      </c>
+      <c r="M23" t="s">
+        <v>142</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>166</v>
+      </c>
+      <c r="P23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C24" t="s">
+        <v>169</v>
+      </c>
+      <c r="D24" t="s">
+        <v>88</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>89</v>
+      </c>
+      <c r="G24" t="s">
+        <v>170</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>171</v>
+      </c>
+      <c r="K24" t="s">
+        <v>91</v>
+      </c>
+      <c r="L24" t="s">
+        <v>92</v>
+      </c>
+      <c r="M24" t="s">
+        <v>172</v>
+      </c>
+      <c r="N24" t="s">
+        <v>101</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>61</v>
+      </c>
+      <c r="D25" t="s">
+        <v>55</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>177</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>65</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>66</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>178</v>
+      </c>
+      <c r="P25" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>180</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>61</v>
+      </c>
+      <c r="D26" t="s">
+        <v>114</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>177</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>182</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>66</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>184</v>
+      </c>
+      <c r="B27" t="s">
+        <v>185</v>
+      </c>
+      <c r="C27" t="s">
+        <v>186</v>
+      </c>
+      <c r="D27" t="s">
+        <v>88</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>89</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I27">
+        <v>2022</v>
+      </c>
+      <c r="J27" t="s">
+        <v>182</v>
+      </c>
+      <c r="K27" t="s">
+        <v>91</v>
+      </c>
+      <c r="L27" t="s">
+        <v>92</v>
+      </c>
+      <c r="M27" t="s">
+        <v>187</v>
+      </c>
+      <c r="N27" t="s">
+        <v>94</v>
+      </c>
+      <c r="O27" t="s">
+        <v>188</v>
+      </c>
+      <c r="P27" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B28" t="s">
+        <v>191</v>
+      </c>
+      <c r="C28" t="s">
+        <v>186</v>
+      </c>
+      <c r="D28" t="s">
+        <v>88</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>89</v>
+      </c>
+      <c r="G28" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28">
+        <v>2022</v>
+      </c>
+      <c r="J28" t="s">
+        <v>182</v>
+      </c>
+      <c r="K28" t="s">
+        <v>108</v>
+      </c>
+      <c r="L28" t="s">
+        <v>92</v>
+      </c>
+      <c r="M28" t="s">
+        <v>187</v>
+      </c>
+      <c r="N28" t="s">
+        <v>94</v>
+      </c>
+      <c r="O28" t="s">
+        <v>192</v>
+      </c>
+      <c r="P28" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>193</v>
+      </c>
+      <c r="B29" t="s">
+        <v>194</v>
+      </c>
+      <c r="C29" t="s">
+        <v>195</v>
+      </c>
+      <c r="D29" t="s">
+        <v>88</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>89</v>
+      </c>
+      <c r="G29" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>196</v>
+      </c>
+      <c r="K29" t="s">
+        <v>91</v>
+      </c>
+      <c r="L29" t="s">
+        <v>92</v>
+      </c>
+      <c r="M29" t="s">
+        <v>197</v>
+      </c>
+      <c r="N29" t="s">
+        <v>94</v>
+      </c>
+      <c r="O29" t="s">
+        <v>198</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>201</v>
+      </c>
+      <c r="D30" t="s">
+        <v>202</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>89</v>
+      </c>
+      <c r="G30" t="s">
+        <v>44</v>
+      </c>
+      <c r="H30">
+        <v>2019</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>90</v>
+      </c>
+      <c r="K30" t="s">
+        <v>203</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>204</v>
+      </c>
+      <c r="N30" t="s">
+        <v>205</v>
+      </c>
+      <c r="O30" t="s">
+        <v>206</v>
+      </c>
+      <c r="P30" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>201</v>
+      </c>
+      <c r="D31" t="s">
+        <v>120</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>73</v>
+      </c>
+      <c r="G31" t="s">
+        <v>44</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>210</v>
+      </c>
+      <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>204</v>
+      </c>
+      <c r="N31" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O31" t="s">
+        <v>211</v>
+      </c>
+      <c r="P31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>213</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...18 lines deleted...]
-      <c r="M3" t="s">
+      <c r="D32" t="s">
+        <v>215</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>73</v>
+      </c>
+      <c r="G32" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>38</v>
+      </c>
+      <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...25 lines deleted...]
-      <c r="H4">
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>216</v>
+      </c>
+      <c r="P32" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>218</v>
+      </c>
+      <c r="B33" t="s">
+        <v>219</v>
+      </c>
+      <c r="C33" t="s">
+        <v>220</v>
+      </c>
+      <c r="D33" t="s">
+        <v>37</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>73</v>
+      </c>
+      <c r="G33" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...9 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>38</v>
+      </c>
+      <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...22 lines deleted...]
-      <c r="G5">
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>221</v>
+      </c>
+      <c r="P33" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>223</v>
+      </c>
+      <c r="B34" t="s">
+        <v>224</v>
+      </c>
+      <c r="C34" t="s">
+        <v>140</v>
+      </c>
+      <c r="D34" t="s">
+        <v>225</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>177</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2014</v>
       </c>
-      <c r="H5"/>
-[...10 lines deleted...]
-      <c r="M5" t="s">
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>196</v>
+      </c>
+      <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...70 lines deleted...]
-      <c r="I7" t="s">
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>142</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>226</v>
+      </c>
+      <c r="P34" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>228</v>
+      </c>
+      <c r="B35" t="s">
+        <v>229</v>
+      </c>
+      <c r="C35" t="s">
+        <v>230</v>
+      </c>
+      <c r="D35" t="s">
+        <v>88</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>89</v>
+      </c>
+      <c r="G35" t="s">
         <v>44</v>
       </c>
-      <c r="J7" t="s">
-[...110 lines deleted...]
-      <c r="G10">
+      <c r="H35">
         <v>2021</v>
       </c>
-      <c r="H10"/>
-[...175 lines deleted...]
-      <c r="L14" t="s">
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>196</v>
+      </c>
+      <c r="K35" t="s">
         <v>91</v>
       </c>
-      <c r="M14" t="s">
-[...2 lines deleted...]
-      <c r="N14" t="s">
+      <c r="L35" t="s">
         <v>92</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C15" t="s">
+      <c r="M35" t="s">
+        <v>231</v>
+      </c>
+      <c r="N35" t="s">
         <v>94</v>
       </c>
-      <c r="D15" t="s">
-[...851 lines deleted...]
-      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>