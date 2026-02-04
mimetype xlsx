--- v1 (2025-12-04)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -253,50 +253,53 @@
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
     <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
@@ -1077,51 +1080,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1535,1247 +1538,1247 @@
       <c r="O9" t="s">
         <v>75</v>
       </c>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>76</v>
       </c>
       <c r="B10" t="s">
         <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>78</v>
       </c>
       <c r="D10" t="s">
         <v>79</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>73</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G11" t="s">
         <v>44</v>
       </c>
       <c r="H11">
         <v>2017</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G12" t="s">
         <v>44</v>
       </c>
       <c r="H12">
         <v>2020</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C13" t="s">
         <v>71</v>
       </c>
       <c r="D13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>73</v>
       </c>
       <c r="G13" t="s">
         <v>44</v>
       </c>
       <c r="H13">
         <v>2022</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>74</v>
       </c>
       <c r="N13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>63</v>
       </c>
       <c r="G14" t="s">
         <v>44</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>63</v>
       </c>
       <c r="G15" t="s">
         <v>44</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>73</v>
       </c>
       <c r="G16" t="s">
         <v>64</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>73</v>
       </c>
       <c r="G17" t="s">
         <v>64</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>73</v>
       </c>
       <c r="G18" t="s">
         <v>64</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>73</v>
       </c>
       <c r="G19" t="s">
         <v>44</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>73</v>
       </c>
       <c r="G20" t="s">
         <v>44</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>73</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2015</v>
       </c>
       <c r="J21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C22" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>63</v>
       </c>
       <c r="G22" t="s">
         <v>44</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C23" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>73</v>
       </c>
       <c r="G23" t="s">
         <v>44</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B24" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D24" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H24">
         <v>2022</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M24" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="O24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P24" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C25" t="s">
         <v>61</v>
       </c>
       <c r="D25" t="s">
         <v>55</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G25" t="s">
         <v>44</v>
       </c>
       <c r="H25">
         <v>2017</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>65</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>66</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26">
         <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>66</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D27" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2018</v>
       </c>
       <c r="I27">
         <v>2022</v>
       </c>
       <c r="J27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K27" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L27" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N27" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D28" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2018</v>
       </c>
       <c r="I28">
         <v>2022</v>
       </c>
       <c r="J28" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K28" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L28" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N28" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D29" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G29" t="s">
         <v>44</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K29" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L29" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N29" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G30" t="s">
         <v>44</v>
       </c>
       <c r="H30">
         <v>2019</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="K30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="O30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>73</v>
       </c>
       <c r="G31" t="s">
         <v>44</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>73</v>
       </c>
       <c r="G32" t="s">
         <v>44</v>
       </c>
       <c r="H32">
         <v>2014</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>38</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C33" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D33" t="s">
         <v>37</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>73</v>
       </c>
       <c r="G33" t="s">
         <v>44</v>
       </c>
       <c r="H33">
         <v>2013</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>38</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P33" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C34" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D34" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2014</v>
       </c>
       <c r="I34">
         <v>2017</v>
       </c>
       <c r="J34" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P34" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D35" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G35" t="s">
         <v>44</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K35" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L35" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M35" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="N35" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O35" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P35"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>