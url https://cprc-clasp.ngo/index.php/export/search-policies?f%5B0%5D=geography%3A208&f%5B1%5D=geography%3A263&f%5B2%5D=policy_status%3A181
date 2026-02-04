--- v0 (2025-10-10)
+++ v1 (2026-02-04)
@@ -12,2727 +12,3827 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="847">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1208">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...11 lines deleted...]
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...31 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2996,10311 +4096,11454 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N242"/>
+  <dimension ref="A1:P236"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...5 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>65</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F12" t="s">
+        <v>93</v>
+      </c>
+      <c r="G12" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>97</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>93</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...37 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>104</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>97</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>112</v>
+      </c>
+      <c r="G14" t="s">
+        <v>65</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>80</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>112</v>
+      </c>
+      <c r="G15" t="s">
+        <v>65</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>65</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...34 lines deleted...]
-      <c r="H4">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2016</v>
       </c>
-      <c r="I4" t="s">
-[...211 lines deleted...]
-      <c r="G9">
+      <c r="I17">
         <v>2019</v>
       </c>
-      <c r="H9"/>
-[...102 lines deleted...]
-      <c r="A12" t="s">
+      <c r="J17" t="s">
+        <v>103</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D18" t="s">
+        <v>91</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>93</v>
+      </c>
+      <c r="G18" t="s">
         <v>65</v>
       </c>
-      <c r="B12" t="s">
-[...17 lines deleted...]
-      <c r="H12">
+      <c r="H18">
         <v>2020</v>
       </c>
-      <c r="I12" t="s">
-[...245 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>94</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="L18" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="M18" t="s">
-        <v>89</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
         <v>97</v>
       </c>
-    </row>
-    <row r="19" spans="1:14">
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>98</v>
+        <v>146</v>
       </c>
       <c r="B19" t="s">
-        <v>99</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="E19" t="s">
-        <v>100</v>
+        <v>149</v>
       </c>
       <c r="F19" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>150</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>157</v>
+      </c>
+      <c r="D20" t="s">
+        <v>158</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>65</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>103</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>159</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>157</v>
+      </c>
+      <c r="D21" t="s">
+        <v>91</v>
+      </c>
+      <c r="E21" t="s">
+        <v>92</v>
+      </c>
+      <c r="F21" t="s">
+        <v>164</v>
+      </c>
+      <c r="G21" t="s">
+        <v>65</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>165</v>
+      </c>
+      <c r="K21" t="s">
+        <v>166</v>
+      </c>
+      <c r="L21" t="s">
+        <v>105</v>
+      </c>
+      <c r="M21" t="s">
+        <v>159</v>
+      </c>
+      <c r="N21" t="s">
+        <v>97</v>
+      </c>
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>85</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>65</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>74</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23" t="s">
+        <v>157</v>
+      </c>
+      <c r="D23" t="s">
+        <v>174</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>112</v>
+      </c>
+      <c r="G23" t="s">
+        <v>65</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>74</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>175</v>
+      </c>
+      <c r="M23" t="s">
+        <v>159</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>141</v>
+      </c>
+      <c r="D24" t="s">
+        <v>179</v>
+      </c>
+      <c r="E24" t="s">
+        <v>92</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>65</v>
+      </c>
+      <c r="H24">
+        <v>2018</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>165</v>
+      </c>
+      <c r="K24" t="s">
+        <v>180</v>
+      </c>
+      <c r="L24" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>143</v>
+      </c>
+      <c r="N24" t="s">
+        <v>182</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>186</v>
+      </c>
+      <c r="D25" t="s">
+        <v>187</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>65</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>142</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>188</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>193</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>65</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>35</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>194</v>
+      </c>
+      <c r="M26" t="s">
+        <v>195</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>196</v>
+      </c>
+      <c r="P26" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>198</v>
+      </c>
+      <c r="B27" t="s">
+        <v>199</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>200</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>65</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>35</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>201</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>205</v>
+      </c>
+      <c r="C28" t="s">
+        <v>111</v>
+      </c>
+      <c r="D28" t="s">
+        <v>158</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>65</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>206</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>115</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>207</v>
+      </c>
+      <c r="P28" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>209</v>
+      </c>
+      <c r="B29" t="s">
+        <v>210</v>
+      </c>
+      <c r="C29" t="s">
+        <v>211</v>
+      </c>
+      <c r="D29" t="s">
+        <v>212</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>213</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2011</v>
+      </c>
+      <c r="J29" t="s">
+        <v>214</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>215</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>216</v>
+      </c>
+      <c r="P29" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>218</v>
+      </c>
+      <c r="B30" t="s">
+        <v>219</v>
+      </c>
+      <c r="C30" t="s">
+        <v>211</v>
+      </c>
+      <c r="D30" t="s">
+        <v>220</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>112</v>
+      </c>
+      <c r="G30" t="s">
+        <v>213</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>214</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>215</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>221</v>
+      </c>
+      <c r="P30" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>223</v>
+      </c>
+      <c r="B31" t="s">
+        <v>224</v>
+      </c>
+      <c r="C31" t="s">
+        <v>225</v>
+      </c>
+      <c r="D31" t="s">
+        <v>226</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>112</v>
+      </c>
+      <c r="G31" t="s">
+        <v>65</v>
+      </c>
+      <c r="H31">
+        <v>2006</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>35</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>227</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>228</v>
+      </c>
+      <c r="P31" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>230</v>
+      </c>
+      <c r="B32" t="s">
+        <v>231</v>
+      </c>
+      <c r="C32" t="s">
+        <v>225</v>
+      </c>
+      <c r="D32" t="s">
+        <v>232</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>65</v>
+      </c>
+      <c r="H32">
+        <v>1993</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>35</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>227</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>233</v>
+      </c>
+      <c r="P32" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>235</v>
+      </c>
+      <c r="B33" t="s">
+        <v>236</v>
+      </c>
+      <c r="C33" t="s">
+        <v>225</v>
+      </c>
+      <c r="D33" t="s">
+        <v>85</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>112</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1986</v>
+      </c>
+      <c r="I33">
+        <v>2004</v>
+      </c>
+      <c r="J33" t="s">
+        <v>35</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>227</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>237</v>
+      </c>
+      <c r="P33" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>239</v>
+      </c>
+      <c r="B34" t="s">
+        <v>240</v>
+      </c>
+      <c r="C34" t="s">
+        <v>102</v>
+      </c>
+      <c r="D34" t="s">
+        <v>91</v>
+      </c>
+      <c r="E34" t="s">
+        <v>149</v>
+      </c>
+      <c r="F34" t="s">
+        <v>93</v>
+      </c>
+      <c r="G34" t="s">
+        <v>65</v>
+      </c>
+      <c r="H34">
+        <v>2017</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>103</v>
+      </c>
+      <c r="K34" t="s">
+        <v>104</v>
+      </c>
+      <c r="L34" t="s">
+        <v>105</v>
+      </c>
+      <c r="M34" t="s">
+        <v>106</v>
+      </c>
+      <c r="N34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O34" t="s">
+        <v>241</v>
+      </c>
+      <c r="P34" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>243</v>
+      </c>
+      <c r="B35" t="s">
+        <v>244</v>
+      </c>
+      <c r="C35" t="s">
+        <v>102</v>
+      </c>
+      <c r="D35" t="s">
+        <v>91</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>93</v>
+      </c>
+      <c r="G35" t="s">
+        <v>65</v>
+      </c>
+      <c r="H35">
+        <v>2021</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>165</v>
+      </c>
+      <c r="K35" t="s">
+        <v>104</v>
+      </c>
+      <c r="L35" t="s">
+        <v>105</v>
+      </c>
+      <c r="M35" t="s">
+        <v>106</v>
+      </c>
+      <c r="N35" t="s">
+        <v>97</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>246</v>
+      </c>
+      <c r="B36" t="s">
+        <v>170</v>
+      </c>
+      <c r="C36" t="s">
+        <v>157</v>
+      </c>
+      <c r="D36" t="s">
+        <v>247</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>112</v>
+      </c>
+      <c r="G36" t="s">
+        <v>65</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>74</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>248</v>
+      </c>
+      <c r="M36" t="s">
+        <v>159</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>249</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>250</v>
+      </c>
+      <c r="B37" t="s">
+        <v>251</v>
+      </c>
+      <c r="C37" t="s">
+        <v>141</v>
+      </c>
+      <c r="D37" t="s">
+        <v>174</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>65</v>
+      </c>
+      <c r="H37">
+        <v>2017</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>74</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>175</v>
+      </c>
+      <c r="M37" t="s">
+        <v>143</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>252</v>
+      </c>
+      <c r="P37" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>254</v>
+      </c>
+      <c r="B38" t="s">
+        <v>255</v>
+      </c>
+      <c r="C38" t="s">
+        <v>256</v>
+      </c>
+      <c r="D38" t="s">
+        <v>257</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2019</v>
       </c>
-      <c r="H19"/>
-[...3 lines deleted...]
-      <c r="J19" t="s">
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>103</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>258</v>
+      </c>
+      <c r="M38" t="s">
+        <v>259</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>260</v>
+      </c>
+      <c r="P38" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>262</v>
+      </c>
+      <c r="B39" t="s">
+        <v>263</v>
+      </c>
+      <c r="C39" t="s">
+        <v>264</v>
+      </c>
+      <c r="D39" t="s">
+        <v>91</v>
+      </c>
+      <c r="E39" t="s">
+        <v>149</v>
+      </c>
+      <c r="F39" t="s">
+        <v>93</v>
+      </c>
+      <c r="G39" t="s">
+        <v>65</v>
+      </c>
+      <c r="H39">
+        <v>2020</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>265</v>
+      </c>
+      <c r="K39" t="s">
+        <v>104</v>
+      </c>
+      <c r="L39" t="s">
+        <v>105</v>
+      </c>
+      <c r="M39" t="s">
+        <v>266</v>
+      </c>
+      <c r="N39" t="s">
+        <v>267</v>
+      </c>
+      <c r="O39" t="s">
+        <v>268</v>
+      </c>
+      <c r="P39" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>270</v>
+      </c>
+      <c r="B40" t="s">
+        <v>271</v>
+      </c>
+      <c r="C40" t="s">
+        <v>272</v>
+      </c>
+      <c r="D40" t="s">
+        <v>85</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>112</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1998</v>
+      </c>
+      <c r="I40">
+        <v>2012</v>
+      </c>
+      <c r="J40" t="s">
+        <v>273</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>274</v>
+      </c>
+      <c r="M40" t="s">
+        <v>275</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>276</v>
+      </c>
+      <c r="P40" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>278</v>
+      </c>
+      <c r="B41" t="s">
+        <v>279</v>
+      </c>
+      <c r="C41" t="s">
+        <v>272</v>
+      </c>
+      <c r="D41" t="s">
+        <v>280</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>112</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2008</v>
+      </c>
+      <c r="I41">
+        <v>2010</v>
+      </c>
+      <c r="J41" t="s">
+        <v>273</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>281</v>
+      </c>
+      <c r="M41" t="s">
+        <v>275</v>
+      </c>
+      <c r="N41" t="s">
+        <v>67</v>
+      </c>
+      <c r="O41" t="s">
+        <v>282</v>
+      </c>
+      <c r="P41" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>283</v>
+      </c>
+      <c r="B42" t="s">
+        <v>284</v>
+      </c>
+      <c r="C42" t="s">
+        <v>272</v>
+      </c>
+      <c r="D42" t="s">
+        <v>285</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>112</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2002</v>
+      </c>
+      <c r="I42">
+        <v>2008</v>
+      </c>
+      <c r="J42" t="s">
+        <v>273</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>286</v>
+      </c>
+      <c r="M42" t="s">
+        <v>275</v>
+      </c>
+      <c r="N42" t="s">
+        <v>67</v>
+      </c>
+      <c r="O42" t="s">
+        <v>287</v>
+      </c>
+      <c r="P42" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>288</v>
+      </c>
+      <c r="B43" t="s">
+        <v>289</v>
+      </c>
+      <c r="C43" t="s">
+        <v>272</v>
+      </c>
+      <c r="D43" t="s">
+        <v>47</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...31 lines deleted...]
-      <c r="G20">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2008</v>
+      </c>
+      <c r="I43">
+        <v>2006</v>
+      </c>
+      <c r="J43" t="s">
+        <v>273</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>290</v>
+      </c>
+      <c r="M43" t="s">
+        <v>275</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>291</v>
+      </c>
+      <c r="P43" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>292</v>
+      </c>
+      <c r="B44" t="s">
+        <v>293</v>
+      </c>
+      <c r="C44" t="s">
+        <v>272</v>
+      </c>
+      <c r="D44" t="s">
+        <v>294</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>112</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2007</v>
+      </c>
+      <c r="I44">
+        <v>2012</v>
+      </c>
+      <c r="J44" t="s">
+        <v>273</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>295</v>
+      </c>
+      <c r="M44" t="s">
+        <v>275</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>296</v>
+      </c>
+      <c r="P44" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>297</v>
+      </c>
+      <c r="B45" t="s">
+        <v>298</v>
+      </c>
+      <c r="C45" t="s">
+        <v>272</v>
+      </c>
+      <c r="D45" t="s">
+        <v>47</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>33</v>
+      </c>
+      <c r="G45" t="s">
+        <v>65</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>273</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>275</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>299</v>
+      </c>
+      <c r="P45" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>300</v>
+      </c>
+      <c r="B46" t="s">
+        <v>301</v>
+      </c>
+      <c r="C46" t="s">
+        <v>272</v>
+      </c>
+      <c r="D46" t="s">
+        <v>302</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>112</v>
+      </c>
+      <c r="G46" t="s">
+        <v>65</v>
+      </c>
+      <c r="H46">
         <v>2013</v>
       </c>
-      <c r="H20"/>
-[...3 lines deleted...]
-      <c r="J20" t="s">
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>273</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>303</v>
+      </c>
+      <c r="M46" t="s">
+        <v>275</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>304</v>
+      </c>
+      <c r="P46" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>305</v>
+      </c>
+      <c r="B47" t="s">
+        <v>306</v>
+      </c>
+      <c r="C47" t="s">
+        <v>272</v>
+      </c>
+      <c r="D47" t="s">
+        <v>307</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>112</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47">
+        <v>2010</v>
+      </c>
+      <c r="J47" t="s">
+        <v>273</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>308</v>
+      </c>
+      <c r="M47" t="s">
+        <v>275</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>309</v>
+      </c>
+      <c r="P47" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>310</v>
+      </c>
+      <c r="B48" t="s">
+        <v>311</v>
+      </c>
+      <c r="C48" t="s">
+        <v>272</v>
+      </c>
+      <c r="D48" t="s">
+        <v>312</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>112</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
+      <c r="J48" t="s">
+        <v>273</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>313</v>
+      </c>
+      <c r="M48" t="s">
+        <v>275</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>314</v>
+      </c>
+      <c r="P48" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>315</v>
+      </c>
+      <c r="B49" t="s">
+        <v>316</v>
+      </c>
+      <c r="C49" t="s">
+        <v>272</v>
+      </c>
+      <c r="D49" t="s">
+        <v>317</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>112</v>
+      </c>
+      <c r="G49" t="s">
+        <v>65</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>273</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>318</v>
+      </c>
+      <c r="M49" t="s">
+        <v>275</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>319</v>
+      </c>
+      <c r="P49" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>320</v>
+      </c>
+      <c r="B50" t="s">
+        <v>321</v>
+      </c>
+      <c r="C50" t="s">
+        <v>272</v>
+      </c>
+      <c r="D50" t="s">
+        <v>322</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K20"/>
-[...33 lines deleted...]
-      <c r="I21" t="s">
+      <c r="G50" t="s">
+        <v>65</v>
+      </c>
+      <c r="H50">
+        <v>2009</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>273</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>323</v>
+      </c>
+      <c r="M50" t="s">
+        <v>275</v>
+      </c>
+      <c r="N50" t="s">
+        <v>67</v>
+      </c>
+      <c r="O50" t="s">
+        <v>324</v>
+      </c>
+      <c r="P50" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>325</v>
+      </c>
+      <c r="B51" t="s">
+        <v>326</v>
+      </c>
+      <c r="C51" t="s">
+        <v>272</v>
+      </c>
+      <c r="D51" t="s">
+        <v>327</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>112</v>
       </c>
-      <c r="J21" t="s">
+      <c r="G51" t="s">
+        <v>65</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>273</v>
+      </c>
+      <c r="K51" t="s">
+        <v>328</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>275</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>329</v>
+      </c>
+      <c r="P51" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>330</v>
+      </c>
+      <c r="B52" t="s">
+        <v>331</v>
+      </c>
+      <c r="C52" t="s">
+        <v>272</v>
+      </c>
+      <c r="D52" t="s">
+        <v>232</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>33</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2002</v>
+      </c>
+      <c r="I52">
+        <v>2002</v>
+      </c>
+      <c r="J52" t="s">
+        <v>273</v>
+      </c>
+      <c r="K52" t="s">
+        <v>328</v>
+      </c>
+      <c r="L52" t="s">
+        <v>332</v>
+      </c>
+      <c r="M52" t="s">
+        <v>275</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>333</v>
+      </c>
+      <c r="P52" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>334</v>
+      </c>
+      <c r="B53" t="s">
+        <v>335</v>
+      </c>
+      <c r="C53" t="s">
+        <v>272</v>
+      </c>
+      <c r="D53" t="s">
+        <v>232</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...38 lines deleted...]
-      <c r="J22" t="s">
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1998</v>
+      </c>
+      <c r="I53">
+        <v>2009</v>
+      </c>
+      <c r="J53" t="s">
+        <v>273</v>
+      </c>
+      <c r="K53" t="s">
+        <v>328</v>
+      </c>
+      <c r="L53" t="s">
+        <v>336</v>
+      </c>
+      <c r="M53" t="s">
+        <v>275</v>
+      </c>
+      <c r="N53" t="s">
+        <v>67</v>
+      </c>
+      <c r="O53" t="s">
+        <v>337</v>
+      </c>
+      <c r="P53" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>338</v>
+      </c>
+      <c r="B54" t="s">
+        <v>339</v>
+      </c>
+      <c r="C54" t="s">
+        <v>272</v>
+      </c>
+      <c r="D54" t="s">
+        <v>64</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...78 lines deleted...]
-      <c r="J24" t="s">
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54">
+        <v>2012</v>
+      </c>
+      <c r="J54" t="s">
+        <v>273</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>340</v>
+      </c>
+      <c r="M54" t="s">
+        <v>275</v>
+      </c>
+      <c r="N54" t="s">
+        <v>67</v>
+      </c>
+      <c r="O54" t="s">
+        <v>341</v>
+      </c>
+      <c r="P54" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>342</v>
+      </c>
+      <c r="B55" t="s">
+        <v>343</v>
+      </c>
+      <c r="C55" t="s">
+        <v>272</v>
+      </c>
+      <c r="D55" t="s">
+        <v>232</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>112</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2011</v>
+      </c>
+      <c r="I55">
+        <v>2015</v>
+      </c>
+      <c r="J55" t="s">
+        <v>344</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>345</v>
+      </c>
+      <c r="M55" t="s">
+        <v>275</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>346</v>
+      </c>
+      <c r="P55" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>347</v>
+      </c>
+      <c r="B56" t="s">
+        <v>348</v>
+      </c>
+      <c r="C56" t="s">
+        <v>272</v>
+      </c>
+      <c r="D56" t="s">
+        <v>349</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...38 lines deleted...]
-      <c r="J25" t="s">
+      <c r="G56" t="s">
+        <v>65</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>273</v>
+      </c>
+      <c r="K56" t="s">
+        <v>328</v>
+      </c>
+      <c r="L56" t="s">
+        <v>350</v>
+      </c>
+      <c r="M56" t="s">
+        <v>275</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>351</v>
+      </c>
+      <c r="P56" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>352</v>
+      </c>
+      <c r="B57" t="s">
+        <v>353</v>
+      </c>
+      <c r="C57" t="s">
+        <v>272</v>
+      </c>
+      <c r="D57" t="s">
+        <v>232</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K25"/>
-[...78 lines deleted...]
-      <c r="J27" t="s">
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2011</v>
+      </c>
+      <c r="I57">
+        <v>2013</v>
+      </c>
+      <c r="J57" t="s">
+        <v>273</v>
+      </c>
+      <c r="K57" t="s">
+        <v>328</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>275</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>354</v>
+      </c>
+      <c r="P57" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>355</v>
+      </c>
+      <c r="B58" t="s">
+        <v>356</v>
+      </c>
+      <c r="C58" t="s">
+        <v>272</v>
+      </c>
+      <c r="D58" t="s">
+        <v>327</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>112</v>
+      </c>
+      <c r="G58" t="s">
+        <v>65</v>
+      </c>
+      <c r="H58">
+        <v>2009</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>273</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>357</v>
+      </c>
+      <c r="M58" t="s">
+        <v>275</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>358</v>
+      </c>
+      <c r="P58" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>359</v>
+      </c>
+      <c r="B59" t="s">
+        <v>360</v>
+      </c>
+      <c r="C59" t="s">
+        <v>272</v>
+      </c>
+      <c r="D59" t="s">
+        <v>361</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>21</v>
       </c>
-      <c r="K27"/>
-[...319 lines deleted...]
-      <c r="G35">
+      <c r="G59" t="s">
+        <v>65</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>273</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>275</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>362</v>
+      </c>
+      <c r="P59" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>363</v>
+      </c>
+      <c r="B60" t="s">
+        <v>364</v>
+      </c>
+      <c r="C60" t="s">
+        <v>272</v>
+      </c>
+      <c r="D60" t="s">
+        <v>365</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>112</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2003</v>
+      </c>
+      <c r="I60">
         <v>2010</v>
       </c>
-      <c r="H35">
-[...161 lines deleted...]
-      <c r="H39">
+      <c r="J60" t="s">
+        <v>273</v>
+      </c>
+      <c r="K60" t="s">
+        <v>328</v>
+      </c>
+      <c r="L60" t="s">
+        <v>366</v>
+      </c>
+      <c r="M60" t="s">
+        <v>275</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>367</v>
+      </c>
+      <c r="P60" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>368</v>
+      </c>
+      <c r="B61" t="s">
+        <v>369</v>
+      </c>
+      <c r="C61" t="s">
+        <v>272</v>
+      </c>
+      <c r="D61" t="s">
+        <v>370</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>112</v>
+      </c>
+      <c r="G61" t="s">
+        <v>65</v>
+      </c>
+      <c r="H61">
+        <v>2002</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>273</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>371</v>
+      </c>
+      <c r="M61" t="s">
+        <v>275</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>372</v>
+      </c>
+      <c r="P61" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>373</v>
+      </c>
+      <c r="B62" t="s">
+        <v>374</v>
+      </c>
+      <c r="C62" t="s">
+        <v>272</v>
+      </c>
+      <c r="D62" t="s">
+        <v>375</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>112</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2002</v>
+      </c>
+      <c r="I62">
+        <v>2002</v>
+      </c>
+      <c r="J62" t="s">
+        <v>273</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>376</v>
+      </c>
+      <c r="M62" t="s">
+        <v>275</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>377</v>
+      </c>
+      <c r="P62" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>378</v>
+      </c>
+      <c r="B63" t="s">
+        <v>379</v>
+      </c>
+      <c r="C63" t="s">
+        <v>272</v>
+      </c>
+      <c r="D63" t="s">
+        <v>380</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>112</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>1999</v>
+      </c>
+      <c r="I63">
+        <v>2009</v>
+      </c>
+      <c r="J63" t="s">
+        <v>273</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>381</v>
+      </c>
+      <c r="M63" t="s">
+        <v>275</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>382</v>
+      </c>
+      <c r="P63" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>383</v>
+      </c>
+      <c r="B64" t="s">
+        <v>384</v>
+      </c>
+      <c r="C64" t="s">
+        <v>272</v>
+      </c>
+      <c r="D64" t="s">
+        <v>80</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>112</v>
+      </c>
+      <c r="G64" t="s">
+        <v>65</v>
+      </c>
+      <c r="H64">
         <v>2004</v>
       </c>
-      <c r="I39" t="s">
-[...292 lines deleted...]
-      <c r="H46">
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>273</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>385</v>
+      </c>
+      <c r="M64" t="s">
+        <v>275</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>386</v>
+      </c>
+      <c r="P64" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>387</v>
+      </c>
+      <c r="B65" t="s">
+        <v>388</v>
+      </c>
+      <c r="C65" t="s">
+        <v>272</v>
+      </c>
+      <c r="D65" t="s">
+        <v>47</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>112</v>
+      </c>
+      <c r="G65" t="s">
+        <v>65</v>
+      </c>
+      <c r="H65">
+        <v>2002</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>273</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>389</v>
+      </c>
+      <c r="M65" t="s">
+        <v>275</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>390</v>
+      </c>
+      <c r="P65" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>391</v>
+      </c>
+      <c r="B66" t="s">
+        <v>392</v>
+      </c>
+      <c r="C66" t="s">
+        <v>272</v>
+      </c>
+      <c r="D66" t="s">
+        <v>232</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>33</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2002</v>
+      </c>
+      <c r="I66">
+        <v>2010</v>
+      </c>
+      <c r="J66" t="s">
+        <v>273</v>
+      </c>
+      <c r="K66" t="s">
+        <v>328</v>
+      </c>
+      <c r="L66" t="s">
+        <v>393</v>
+      </c>
+      <c r="M66" t="s">
+        <v>275</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>394</v>
+      </c>
+      <c r="P66" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>395</v>
+      </c>
+      <c r="B67" t="s">
+        <v>396</v>
+      </c>
+      <c r="C67" t="s">
+        <v>272</v>
+      </c>
+      <c r="D67" t="s">
+        <v>232</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>33</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2002</v>
+      </c>
+      <c r="I67">
         <v>2012</v>
       </c>
-      <c r="I46" t="s">
-[...645 lines deleted...]
-      <c r="I61" t="s">
+      <c r="J67" t="s">
+        <v>273</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>275</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>397</v>
+      </c>
+      <c r="P67" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>398</v>
+      </c>
+      <c r="B68" t="s">
+        <v>399</v>
+      </c>
+      <c r="C68" t="s">
         <v>272</v>
       </c>
-      <c r="J61" t="s">
-[...276 lines deleted...]
-      </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>400</v>
       </c>
       <c r="E68" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>112</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
       </c>
       <c r="H68">
         <v>2002</v>
       </c>
-      <c r="I68" t="s">
-        <v>218</v>
+      <c r="I68">
+        <v>2002</v>
       </c>
       <c r="J68" t="s">
-        <v>21</v>
+        <v>273</v>
       </c>
       <c r="K68" t="s">
-        <v>297</v>
+        <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>220</v>
+        <v>401</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>275</v>
       </c>
       <c r="N68" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>67</v>
+      </c>
+      <c r="O68" t="s">
+        <v>402</v>
+      </c>
+      <c r="P68" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>299</v>
+        <v>403</v>
       </c>
       <c r="B69" t="s">
-        <v>217</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
-        <v>300</v>
+        <v>272</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>405</v>
       </c>
       <c r="E69" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1999</v>
+        <v>112</v>
+      </c>
+      <c r="G69" t="s">
+        <v>65</v>
       </c>
       <c r="H69">
         <v>2009</v>
       </c>
-      <c r="I69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
+        <v>273</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>308</v>
+      </c>
+      <c r="M69" t="s">
+        <v>275</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>406</v>
+      </c>
+      <c r="P69" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>407</v>
+      </c>
+      <c r="B70" t="s">
+        <v>408</v>
+      </c>
+      <c r="C70" t="s">
+        <v>272</v>
+      </c>
+      <c r="D70" t="s">
+        <v>409</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>112</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2012</v>
+      </c>
+      <c r="I70">
+        <v>2012</v>
+      </c>
+      <c r="J70" t="s">
+        <v>273</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>410</v>
+      </c>
+      <c r="M70" t="s">
+        <v>275</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>411</v>
+      </c>
+      <c r="P70" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>412</v>
+      </c>
+      <c r="B71" t="s">
+        <v>413</v>
+      </c>
+      <c r="C71" t="s">
+        <v>272</v>
+      </c>
+      <c r="D71" t="s">
+        <v>414</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>112</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2012</v>
+      </c>
+      <c r="I71">
+        <v>2012</v>
+      </c>
+      <c r="J71" t="s">
+        <v>273</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>275</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>415</v>
+      </c>
+      <c r="P71" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>416</v>
+      </c>
+      <c r="B72" t="s">
+        <v>417</v>
+      </c>
+      <c r="C72" t="s">
+        <v>272</v>
+      </c>
+      <c r="D72" t="s">
+        <v>226</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>112</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2012</v>
+      </c>
+      <c r="I72">
+        <v>2012</v>
+      </c>
+      <c r="J72" t="s">
+        <v>273</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>275</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>418</v>
+      </c>
+      <c r="P72" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>419</v>
+      </c>
+      <c r="B73" t="s">
+        <v>420</v>
+      </c>
+      <c r="C73" t="s">
+        <v>272</v>
+      </c>
+      <c r="D73" t="s">
+        <v>421</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>112</v>
+      </c>
+      <c r="G73" t="s">
+        <v>65</v>
+      </c>
+      <c r="H73">
+        <v>2004</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>273</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>422</v>
+      </c>
+      <c r="M73" t="s">
+        <v>275</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>423</v>
+      </c>
+      <c r="P73" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>424</v>
+      </c>
+      <c r="B74" t="s">
+        <v>425</v>
+      </c>
+      <c r="C74" t="s">
+        <v>426</v>
+      </c>
+      <c r="D74" t="s">
+        <v>80</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
         <v>21</v>
       </c>
-      <c r="K69" t="s">
-[...2 lines deleted...]
-      <c r="L69" t="s">
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
+        <v>427</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>428</v>
+      </c>
+      <c r="M74" t="s">
+        <v>429</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>430</v>
+      </c>
+      <c r="P74" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>432</v>
+      </c>
+      <c r="B75" t="s">
+        <v>433</v>
+      </c>
+      <c r="C75" t="s">
+        <v>426</v>
+      </c>
+      <c r="D75" t="s">
+        <v>434</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>33</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75">
+        <v>2014</v>
+      </c>
+      <c r="J75" t="s">
+        <v>427</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>428</v>
+      </c>
+      <c r="M75" t="s">
+        <v>429</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>435</v>
+      </c>
+      <c r="P75" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>437</v>
+      </c>
+      <c r="B76" t="s">
+        <v>438</v>
+      </c>
+      <c r="C76" t="s">
+        <v>426</v>
+      </c>
+      <c r="D76" t="s">
+        <v>439</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2013</v>
+      </c>
+      <c r="I76">
+        <v>2014</v>
+      </c>
+      <c r="J76" t="s">
+        <v>427</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>428</v>
+      </c>
+      <c r="M76" t="s">
+        <v>429</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>440</v>
+      </c>
+      <c r="P76" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>442</v>
+      </c>
+      <c r="B77" t="s">
+        <v>443</v>
+      </c>
+      <c r="C77" t="s">
+        <v>426</v>
+      </c>
+      <c r="D77" t="s">
+        <v>226</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2013</v>
+      </c>
+      <c r="I77">
+        <v>2014</v>
+      </c>
+      <c r="J77" t="s">
+        <v>427</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>444</v>
+      </c>
+      <c r="M77" t="s">
+        <v>429</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>445</v>
+      </c>
+      <c r="P77" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>447</v>
+      </c>
+      <c r="B78" t="s">
+        <v>448</v>
+      </c>
+      <c r="C78" t="s">
+        <v>426</v>
+      </c>
+      <c r="D78" t="s">
+        <v>449</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2013</v>
+      </c>
+      <c r="I78">
+        <v>2014</v>
+      </c>
+      <c r="J78" t="s">
+        <v>427</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>450</v>
+      </c>
+      <c r="M78" t="s">
+        <v>429</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>451</v>
+      </c>
+      <c r="P78" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>453</v>
+      </c>
+      <c r="B79" t="s">
+        <v>454</v>
+      </c>
+      <c r="C79" t="s">
+        <v>426</v>
+      </c>
+      <c r="D79" t="s">
+        <v>455</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>33</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2013</v>
+      </c>
+      <c r="I79">
+        <v>2014</v>
+      </c>
+      <c r="J79" t="s">
+        <v>427</v>
+      </c>
+      <c r="K79" t="s">
+        <v>456</v>
+      </c>
+      <c r="L79" t="s">
+        <v>457</v>
+      </c>
+      <c r="M79" t="s">
+        <v>429</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>458</v>
+      </c>
+      <c r="P79" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>460</v>
+      </c>
+      <c r="B80" t="s">
+        <v>461</v>
+      </c>
+      <c r="C80" t="s">
+        <v>426</v>
+      </c>
+      <c r="D80" t="s">
+        <v>462</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>33</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2013</v>
+      </c>
+      <c r="I80">
+        <v>2014</v>
+      </c>
+      <c r="J80" t="s">
+        <v>427</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>463</v>
+      </c>
+      <c r="M80" t="s">
+        <v>429</v>
+      </c>
+      <c r="N80" t="s">
+        <v>464</v>
+      </c>
+      <c r="O80" t="s">
+        <v>465</v>
+      </c>
+      <c r="P80" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>467</v>
+      </c>
+      <c r="B81" t="s">
+        <v>468</v>
+      </c>
+      <c r="C81" t="s">
+        <v>426</v>
+      </c>
+      <c r="D81" t="s">
+        <v>361</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2013</v>
+      </c>
+      <c r="I81">
+        <v>2014</v>
+      </c>
+      <c r="J81" t="s">
+        <v>427</v>
+      </c>
+      <c r="K81" t="s">
+        <v>456</v>
+      </c>
+      <c r="L81" t="s">
+        <v>469</v>
+      </c>
+      <c r="M81" t="s">
+        <v>429</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>470</v>
+      </c>
+      <c r="P81" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>472</v>
+      </c>
+      <c r="B82" t="s">
+        <v>473</v>
+      </c>
+      <c r="C82" t="s">
+        <v>426</v>
+      </c>
+      <c r="D82" t="s">
+        <v>361</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>33</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2013</v>
+      </c>
+      <c r="I82">
+        <v>2014</v>
+      </c>
+      <c r="J82" t="s">
+        <v>427</v>
+      </c>
+      <c r="K82" t="s">
+        <v>456</v>
+      </c>
+      <c r="L82" t="s">
+        <v>474</v>
+      </c>
+      <c r="M82" t="s">
+        <v>429</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>475</v>
+      </c>
+      <c r="P82" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>477</v>
+      </c>
+      <c r="B83" t="s">
+        <v>478</v>
+      </c>
+      <c r="C83" t="s">
+        <v>426</v>
+      </c>
+      <c r="D83" t="s">
+        <v>85</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>33</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2013</v>
+      </c>
+      <c r="I83">
+        <v>2014</v>
+      </c>
+      <c r="J83" t="s">
+        <v>427</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>479</v>
+      </c>
+      <c r="M83" t="s">
+        <v>429</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>480</v>
+      </c>
+      <c r="P83" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>482</v>
+      </c>
+      <c r="B84" t="s">
+        <v>483</v>
+      </c>
+      <c r="C84" t="s">
+        <v>426</v>
+      </c>
+      <c r="D84" t="s">
+        <v>85</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2013</v>
+      </c>
+      <c r="I84">
+        <v>2014</v>
+      </c>
+      <c r="J84" t="s">
+        <v>427</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>479</v>
+      </c>
+      <c r="M84" t="s">
+        <v>429</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>484</v>
+      </c>
+      <c r="P84" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>486</v>
+      </c>
+      <c r="B85" t="s">
+        <v>487</v>
+      </c>
+      <c r="C85" t="s">
+        <v>426</v>
+      </c>
+      <c r="D85" t="s">
+        <v>488</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>33</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2013</v>
+      </c>
+      <c r="I85">
+        <v>2014</v>
+      </c>
+      <c r="J85" t="s">
+        <v>427</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>489</v>
+      </c>
+      <c r="M85" t="s">
+        <v>429</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>490</v>
+      </c>
+      <c r="P85" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>492</v>
+      </c>
+      <c r="B86" t="s">
+        <v>493</v>
+      </c>
+      <c r="C86" t="s">
+        <v>426</v>
+      </c>
+      <c r="D86" t="s">
+        <v>488</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2013</v>
+      </c>
+      <c r="I86">
+        <v>2014</v>
+      </c>
+      <c r="J86" t="s">
+        <v>427</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>494</v>
+      </c>
+      <c r="M86" t="s">
+        <v>429</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>495</v>
+      </c>
+      <c r="P86" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>497</v>
+      </c>
+      <c r="B87" t="s">
+        <v>498</v>
+      </c>
+      <c r="C87" t="s">
+        <v>426</v>
+      </c>
+      <c r="D87" t="s">
+        <v>499</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2013</v>
+      </c>
+      <c r="I87">
+        <v>2014</v>
+      </c>
+      <c r="J87" t="s">
+        <v>427</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>500</v>
+      </c>
+      <c r="M87" t="s">
+        <v>429</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>501</v>
+      </c>
+      <c r="P87"/>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>502</v>
+      </c>
+      <c r="B88" t="s">
+        <v>503</v>
+      </c>
+      <c r="C88" t="s">
+        <v>426</v>
+      </c>
+      <c r="D88" t="s">
+        <v>47</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>33</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2012</v>
+      </c>
+      <c r="I88">
+        <v>2013</v>
+      </c>
+      <c r="J88" t="s">
+        <v>427</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>500</v>
+      </c>
+      <c r="M88" t="s">
+        <v>429</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>504</v>
+      </c>
+      <c r="P88" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>506</v>
+      </c>
+      <c r="B89" t="s">
+        <v>507</v>
+      </c>
+      <c r="C89" t="s">
+        <v>426</v>
+      </c>
+      <c r="D89" t="s">
+        <v>508</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2013</v>
+      </c>
+      <c r="I89">
+        <v>2014</v>
+      </c>
+      <c r="J89" t="s">
+        <v>427</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>509</v>
+      </c>
+      <c r="M89" t="s">
+        <v>429</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>510</v>
+      </c>
+      <c r="P89" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>512</v>
+      </c>
+      <c r="B90" t="s">
+        <v>513</v>
+      </c>
+      <c r="C90" t="s">
+        <v>426</v>
+      </c>
+      <c r="D90" t="s">
+        <v>514</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2013</v>
+      </c>
+      <c r="I90">
+        <v>2014</v>
+      </c>
+      <c r="J90" t="s">
+        <v>427</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>428</v>
+      </c>
+      <c r="M90" t="s">
+        <v>429</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>515</v>
+      </c>
+      <c r="P90" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>517</v>
+      </c>
+      <c r="B91" t="s">
+        <v>518</v>
+      </c>
+      <c r="C91" t="s">
+        <v>426</v>
+      </c>
+      <c r="D91" t="s">
+        <v>519</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2013</v>
+      </c>
+      <c r="I91">
+        <v>2014</v>
+      </c>
+      <c r="J91" t="s">
+        <v>427</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>520</v>
+      </c>
+      <c r="M91" t="s">
+        <v>429</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>521</v>
+      </c>
+      <c r="P91" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>523</v>
+      </c>
+      <c r="B92" t="s">
+        <v>524</v>
+      </c>
+      <c r="C92" t="s">
+        <v>426</v>
+      </c>
+      <c r="D92" t="s">
+        <v>525</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2012</v>
+      </c>
+      <c r="I92">
+        <v>2013</v>
+      </c>
+      <c r="J92" t="s">
+        <v>427</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>526</v>
+      </c>
+      <c r="M92" t="s">
+        <v>429</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>527</v>
+      </c>
+      <c r="P92" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>529</v>
+      </c>
+      <c r="B93" t="s">
+        <v>530</v>
+      </c>
+      <c r="C93" t="s">
+        <v>426</v>
+      </c>
+      <c r="D93" t="s">
+        <v>455</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2012</v>
+      </c>
+      <c r="I93">
+        <v>2013</v>
+      </c>
+      <c r="J93" t="s">
+        <v>427</v>
+      </c>
+      <c r="K93" t="s">
+        <v>456</v>
+      </c>
+      <c r="L93" t="s">
+        <v>531</v>
+      </c>
+      <c r="M93" t="s">
+        <v>429</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>532</v>
+      </c>
+      <c r="P93" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>534</v>
+      </c>
+      <c r="B94" t="s">
+        <v>535</v>
+      </c>
+      <c r="C94" t="s">
+        <v>426</v>
+      </c>
+      <c r="D94" t="s">
+        <v>536</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>33</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2012</v>
+      </c>
+      <c r="I94">
+        <v>2013</v>
+      </c>
+      <c r="J94" t="s">
+        <v>427</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>457</v>
+      </c>
+      <c r="M94" t="s">
+        <v>429</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>537</v>
+      </c>
+      <c r="P94" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>539</v>
+      </c>
+      <c r="B95" t="s">
+        <v>540</v>
+      </c>
+      <c r="C95" t="s">
+        <v>134</v>
+      </c>
+      <c r="D95" t="s">
+        <v>80</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2016</v>
+      </c>
+      <c r="I95">
+        <v>2018</v>
+      </c>
+      <c r="J95" t="s">
+        <v>113</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>541</v>
+      </c>
+      <c r="M95" t="s">
+        <v>136</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>542</v>
+      </c>
+      <c r="P95" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>544</v>
+      </c>
+      <c r="B96" t="s">
+        <v>545</v>
+      </c>
+      <c r="C96" t="s">
+        <v>134</v>
+      </c>
+      <c r="D96" t="s">
+        <v>317</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2016</v>
+      </c>
+      <c r="I96">
+        <v>2018</v>
+      </c>
+      <c r="J96" t="s">
+        <v>546</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>547</v>
+      </c>
+      <c r="M96" t="s">
+        <v>136</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>548</v>
+      </c>
+      <c r="P96" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>550</v>
+      </c>
+      <c r="B97" t="s">
+        <v>551</v>
+      </c>
+      <c r="C97" t="s">
+        <v>134</v>
+      </c>
+      <c r="D97" t="s">
+        <v>421</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2016</v>
+      </c>
+      <c r="I97">
+        <v>2018</v>
+      </c>
+      <c r="J97" t="s">
+        <v>103</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>136</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>552</v>
+      </c>
+      <c r="P97" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>554</v>
+      </c>
+      <c r="B98" t="s">
+        <v>555</v>
+      </c>
+      <c r="C98" t="s">
+        <v>134</v>
+      </c>
+      <c r="D98" t="s">
+        <v>47</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2016</v>
+      </c>
+      <c r="I98">
+        <v>2019</v>
+      </c>
+      <c r="J98" t="s">
+        <v>103</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>136</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>556</v>
+      </c>
+      <c r="P98" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>558</v>
+      </c>
+      <c r="B99" t="s">
+        <v>559</v>
+      </c>
+      <c r="C99" t="s">
+        <v>134</v>
+      </c>
+      <c r="D99" t="s">
+        <v>91</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>93</v>
+      </c>
+      <c r="G99" t="s">
+        <v>65</v>
+      </c>
+      <c r="H99">
+        <v>2021</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>427</v>
+      </c>
+      <c r="K99" t="s">
+        <v>104</v>
+      </c>
+      <c r="L99" t="s">
+        <v>560</v>
+      </c>
+      <c r="M99" t="s">
+        <v>136</v>
+      </c>
+      <c r="N99" t="s">
+        <v>97</v>
+      </c>
+      <c r="O99" t="s">
+        <v>561</v>
+      </c>
+      <c r="P99" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>563</v>
+      </c>
+      <c r="B100" t="s">
+        <v>564</v>
+      </c>
+      <c r="C100" t="s">
+        <v>264</v>
+      </c>
+      <c r="D100" t="s">
+        <v>80</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>65</v>
+      </c>
+      <c r="H100">
+        <v>2017</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>103</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>565</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>566</v>
+      </c>
+      <c r="P100" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>568</v>
+      </c>
+      <c r="B101" t="s">
+        <v>569</v>
+      </c>
+      <c r="C101" t="s">
+        <v>264</v>
+      </c>
+      <c r="D101" t="s">
+        <v>85</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>65</v>
+      </c>
+      <c r="H101">
+        <v>2022</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>570</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>565</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>571</v>
+      </c>
+      <c r="P101" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>573</v>
+      </c>
+      <c r="B102" t="s">
+        <v>574</v>
+      </c>
+      <c r="C102" t="s">
+        <v>264</v>
+      </c>
+      <c r="D102" t="s">
+        <v>575</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>164</v>
+      </c>
+      <c r="G102" t="s">
+        <v>65</v>
+      </c>
+      <c r="H102">
+        <v>2022</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>570</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>565</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>576</v>
+      </c>
+      <c r="P102" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>577</v>
+      </c>
+      <c r="B103" t="s">
+        <v>578</v>
+      </c>
+      <c r="C103" t="s">
+        <v>264</v>
+      </c>
+      <c r="D103" t="s">
+        <v>579</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>112</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2005</v>
+      </c>
+      <c r="I103">
+        <v>2008</v>
+      </c>
+      <c r="J103" t="s">
+        <v>74</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>580</v>
+      </c>
+      <c r="M103" t="s">
+        <v>565</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>581</v>
+      </c>
+      <c r="P103" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>583</v>
+      </c>
+      <c r="B104" t="s">
+        <v>584</v>
+      </c>
+      <c r="C104" t="s">
+        <v>264</v>
+      </c>
+      <c r="D104" t="s">
+        <v>85</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>112</v>
+      </c>
+      <c r="G104" t="s">
+        <v>65</v>
+      </c>
+      <c r="H104">
+        <v>2009</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>74</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>585</v>
+      </c>
+      <c r="M104" t="s">
+        <v>565</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>586</v>
+      </c>
+      <c r="P104" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>588</v>
+      </c>
+      <c r="B105" t="s">
+        <v>589</v>
+      </c>
+      <c r="C105" t="s">
+        <v>120</v>
+      </c>
+      <c r="D105" t="s">
+        <v>85</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2004</v>
+      </c>
+      <c r="I105">
+        <v>2010</v>
+      </c>
+      <c r="J105" t="s">
+        <v>35</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>590</v>
+      </c>
+      <c r="M105" t="s">
+        <v>121</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>591</v>
+      </c>
+      <c r="P105" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>588</v>
+      </c>
+      <c r="B106" t="s">
+        <v>593</v>
+      </c>
+      <c r="C106" t="s">
+        <v>120</v>
+      </c>
+      <c r="D106" t="s">
+        <v>594</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>112</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2004</v>
+      </c>
+      <c r="I106">
+        <v>2010</v>
+      </c>
+      <c r="J106" t="s">
+        <v>214</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>590</v>
+      </c>
+      <c r="M106" t="s">
+        <v>121</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>595</v>
+      </c>
+      <c r="P106" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>597</v>
+      </c>
+      <c r="B107" t="s">
+        <v>598</v>
+      </c>
+      <c r="C107" t="s">
+        <v>120</v>
+      </c>
+      <c r="D107" t="s">
+        <v>47</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>33</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2009</v>
+      </c>
+      <c r="I107">
+        <v>2012</v>
+      </c>
+      <c r="J107" t="s">
+        <v>35</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>121</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>599</v>
+      </c>
+      <c r="P107" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>597</v>
+      </c>
+      <c r="B108" t="s">
+        <v>601</v>
+      </c>
+      <c r="C108" t="s">
+        <v>120</v>
+      </c>
+      <c r="D108" t="s">
+        <v>47</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2010</v>
+      </c>
+      <c r="I108">
+        <v>2012</v>
+      </c>
+      <c r="J108" t="s">
+        <v>35</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>602</v>
+      </c>
+      <c r="M108" t="s">
+        <v>121</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>603</v>
+      </c>
+      <c r="P108" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>604</v>
+      </c>
+      <c r="B109" t="s">
+        <v>605</v>
+      </c>
+      <c r="C109" t="s">
+        <v>264</v>
+      </c>
+      <c r="D109" t="s">
+        <v>370</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>65</v>
+      </c>
+      <c r="H109">
+        <v>2022</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>570</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>565</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>606</v>
+      </c>
+      <c r="P109" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>607</v>
+      </c>
+      <c r="B110" t="s">
+        <v>608</v>
+      </c>
+      <c r="C110" t="s">
+        <v>264</v>
+      </c>
+      <c r="D110" t="s">
+        <v>280</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>65</v>
+      </c>
+      <c r="H110">
+        <v>2022</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>570</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>565</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>609</v>
+      </c>
+      <c r="P110" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>610</v>
+      </c>
+      <c r="B111" t="s">
+        <v>611</v>
+      </c>
+      <c r="C111" t="s">
+        <v>264</v>
+      </c>
+      <c r="D111" t="s">
+        <v>612</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>65</v>
+      </c>
+      <c r="H111">
+        <v>2022</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>570</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>565</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>613</v>
+      </c>
+      <c r="P111" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>614</v>
+      </c>
+      <c r="B112" t="s">
+        <v>615</v>
+      </c>
+      <c r="C112" t="s">
+        <v>264</v>
+      </c>
+      <c r="D112" t="s">
+        <v>616</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>65</v>
+      </c>
+      <c r="H112">
+        <v>2022</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>570</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>565</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>617</v>
+      </c>
+      <c r="P112" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>618</v>
+      </c>
+      <c r="B113" t="s">
+        <v>619</v>
+      </c>
+      <c r="C113" t="s">
+        <v>264</v>
+      </c>
+      <c r="D113" t="s">
+        <v>620</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>65</v>
+      </c>
+      <c r="H113"/>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>621</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>565</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>622</v>
+      </c>
+      <c r="P113" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>623</v>
+      </c>
+      <c r="B114" t="s">
+        <v>624</v>
+      </c>
+      <c r="C114" t="s">
+        <v>264</v>
+      </c>
+      <c r="D114" t="s">
+        <v>625</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>65</v>
+      </c>
+      <c r="H114">
+        <v>2022</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>621</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>565</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>626</v>
+      </c>
+      <c r="P114" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>627</v>
+      </c>
+      <c r="B115" t="s">
+        <v>628</v>
+      </c>
+      <c r="C115" t="s">
+        <v>264</v>
+      </c>
+      <c r="D115" t="s">
+        <v>629</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>65</v>
+      </c>
+      <c r="H115">
+        <v>2022</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>621</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>565</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>630</v>
+      </c>
+      <c r="P115" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>631</v>
+      </c>
+      <c r="B116" t="s">
+        <v>632</v>
+      </c>
+      <c r="C116" t="s">
+        <v>264</v>
+      </c>
+      <c r="D116" t="s">
+        <v>633</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>65</v>
+      </c>
+      <c r="H116">
+        <v>2022</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>570</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>565</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>634</v>
+      </c>
+      <c r="P116" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>635</v>
+      </c>
+      <c r="B117" t="s">
+        <v>636</v>
+      </c>
+      <c r="C117" t="s">
+        <v>264</v>
+      </c>
+      <c r="D117" t="s">
+        <v>637</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>65</v>
+      </c>
+      <c r="H117">
+        <v>2022</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>570</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>565</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>638</v>
+      </c>
+      <c r="P117" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>639</v>
+      </c>
+      <c r="B118" t="s">
+        <v>640</v>
+      </c>
+      <c r="C118" t="s">
+        <v>264</v>
+      </c>
+      <c r="D118" t="s">
+        <v>641</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>65</v>
+      </c>
+      <c r="H118">
+        <v>2022</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>570</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>565</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>642</v>
+      </c>
+      <c r="P118" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>643</v>
+      </c>
+      <c r="B119" t="s">
+        <v>644</v>
+      </c>
+      <c r="C119" t="s">
+        <v>264</v>
+      </c>
+      <c r="D119" t="s">
+        <v>179</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>65</v>
+      </c>
+      <c r="H119">
+        <v>2022</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>570</v>
+      </c>
+      <c r="K119" t="s">
+        <v>180</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>565</v>
+      </c>
+      <c r="N119" t="s">
+        <v>645</v>
+      </c>
+      <c r="O119" t="s">
+        <v>646</v>
+      </c>
+      <c r="P119" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>647</v>
+      </c>
+      <c r="B120" t="s">
+        <v>648</v>
+      </c>
+      <c r="C120" t="s">
+        <v>264</v>
+      </c>
+      <c r="D120" t="s">
+        <v>649</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>65</v>
+      </c>
+      <c r="H120">
+        <v>2022</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>570</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>565</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>650</v>
+      </c>
+      <c r="P120" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>651</v>
+      </c>
+      <c r="B121" t="s">
+        <v>652</v>
+      </c>
+      <c r="C121" t="s">
+        <v>264</v>
+      </c>
+      <c r="D121" t="s">
+        <v>187</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>65</v>
+      </c>
+      <c r="H121">
+        <v>2022</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>570</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>565</v>
+      </c>
+      <c r="N121" t="s">
+        <v>67</v>
+      </c>
+      <c r="O121" t="s">
+        <v>653</v>
+      </c>
+      <c r="P121" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>654</v>
+      </c>
+      <c r="B122" t="s">
+        <v>655</v>
+      </c>
+      <c r="C122" t="s">
+        <v>264</v>
+      </c>
+      <c r="D122" t="s">
+        <v>414</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>65</v>
+      </c>
+      <c r="H122">
+        <v>2022</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>570</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>565</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>656</v>
+      </c>
+      <c r="P122" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>657</v>
+      </c>
+      <c r="B123" t="s">
+        <v>658</v>
+      </c>
+      <c r="C123" t="s">
+        <v>264</v>
+      </c>
+      <c r="D123" t="s">
         <v>220</v>
       </c>
-      <c r="M69" t="s">
-[...25 lines deleted...]
-      <c r="G70">
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>65</v>
+      </c>
+      <c r="H123">
+        <v>2022</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>570</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>565</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>659</v>
+      </c>
+      <c r="P123" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>660</v>
+      </c>
+      <c r="B124" t="s">
+        <v>661</v>
+      </c>
+      <c r="C124" t="s">
+        <v>264</v>
+      </c>
+      <c r="D124" t="s">
+        <v>64</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>65</v>
+      </c>
+      <c r="H124">
+        <v>2022</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>570</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>565</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>662</v>
+      </c>
+      <c r="P124" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>663</v>
+      </c>
+      <c r="B125" t="s">
+        <v>664</v>
+      </c>
+      <c r="C125" t="s">
+        <v>264</v>
+      </c>
+      <c r="D125" t="s">
+        <v>665</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>65</v>
+      </c>
+      <c r="H125">
+        <v>2022</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>570</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>565</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>666</v>
+      </c>
+      <c r="P125" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>667</v>
+      </c>
+      <c r="B126" t="s">
+        <v>668</v>
+      </c>
+      <c r="C126" t="s">
+        <v>264</v>
+      </c>
+      <c r="D126" t="s">
+        <v>669</v>
+      </c>
+      <c r="E126" t="s">
+        <v>149</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>65</v>
+      </c>
+      <c r="H126">
+        <v>2022</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>570</v>
+      </c>
+      <c r="K126" t="s">
+        <v>166</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>565</v>
+      </c>
+      <c r="N126" t="s">
+        <v>97</v>
+      </c>
+      <c r="O126" t="s">
+        <v>670</v>
+      </c>
+      <c r="P126" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>671</v>
+      </c>
+      <c r="B127" t="s">
+        <v>263</v>
+      </c>
+      <c r="C127" t="s">
+        <v>672</v>
+      </c>
+      <c r="D127" t="s">
+        <v>673</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>93</v>
+      </c>
+      <c r="G127" t="s">
+        <v>65</v>
+      </c>
+      <c r="H127">
+        <v>2022</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>674</v>
+      </c>
+      <c r="K127" t="s">
+        <v>104</v>
+      </c>
+      <c r="L127" t="s">
+        <v>105</v>
+      </c>
+      <c r="M127" t="s">
+        <v>675</v>
+      </c>
+      <c r="N127" t="s">
+        <v>97</v>
+      </c>
+      <c r="O127" t="s">
+        <v>676</v>
+      </c>
+      <c r="P127" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>678</v>
+      </c>
+      <c r="B128" t="s">
+        <v>89</v>
+      </c>
+      <c r="C128" t="s">
+        <v>679</v>
+      </c>
+      <c r="D128" t="s">
+        <v>91</v>
+      </c>
+      <c r="E128" t="s">
+        <v>92</v>
+      </c>
+      <c r="F128" t="s">
+        <v>93</v>
+      </c>
+      <c r="G128" t="s">
+        <v>65</v>
+      </c>
+      <c r="H128">
+        <v>2022</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>680</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>95</v>
+      </c>
+      <c r="M128" t="s">
+        <v>681</v>
+      </c>
+      <c r="N128" t="s">
+        <v>97</v>
+      </c>
+      <c r="O128" t="s">
+        <v>682</v>
+      </c>
+      <c r="P128" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>684</v>
+      </c>
+      <c r="B129" t="s">
+        <v>89</v>
+      </c>
+      <c r="C129" t="s">
+        <v>679</v>
+      </c>
+      <c r="D129" t="s">
+        <v>91</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>93</v>
+      </c>
+      <c r="G129" t="s">
+        <v>65</v>
+      </c>
+      <c r="H129">
+        <v>2022</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>680</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>685</v>
+      </c>
+      <c r="M129" t="s">
+        <v>681</v>
+      </c>
+      <c r="N129" t="s">
+        <v>97</v>
+      </c>
+      <c r="O129" t="s">
+        <v>686</v>
+      </c>
+      <c r="P129" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>688</v>
+      </c>
+      <c r="B130" t="s">
+        <v>689</v>
+      </c>
+      <c r="C130" t="s">
+        <v>690</v>
+      </c>
+      <c r="D130" t="s">
+        <v>135</v>
+      </c>
+      <c r="E130" t="s">
+        <v>149</v>
+      </c>
+      <c r="F130" t="s">
+        <v>112</v>
+      </c>
+      <c r="G130" t="s">
+        <v>65</v>
+      </c>
+      <c r="H130">
+        <v>2015</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>35</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>691</v>
+      </c>
+      <c r="M130" t="s">
+        <v>692</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>693</v>
+      </c>
+      <c r="P130" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>695</v>
+      </c>
+      <c r="B131" t="s">
+        <v>689</v>
+      </c>
+      <c r="C131" t="s">
+        <v>690</v>
+      </c>
+      <c r="D131" t="s">
+        <v>47</v>
+      </c>
+      <c r="E131" t="s">
+        <v>149</v>
+      </c>
+      <c r="F131" t="s">
+        <v>112</v>
+      </c>
+      <c r="G131" t="s">
+        <v>65</v>
+      </c>
+      <c r="H131">
+        <v>2015</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>35</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>691</v>
+      </c>
+      <c r="M131" t="s">
+        <v>692</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>696</v>
+      </c>
+      <c r="P131" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>697</v>
+      </c>
+      <c r="B132" t="s">
+        <v>698</v>
+      </c>
+      <c r="C132" t="s">
+        <v>699</v>
+      </c>
+      <c r="D132" t="s">
+        <v>700</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>112</v>
+      </c>
+      <c r="G132" t="s">
+        <v>65</v>
+      </c>
+      <c r="H132">
+        <v>2016</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>74</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>701</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>702</v>
+      </c>
+      <c r="P132" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>697</v>
+      </c>
+      <c r="B133" t="s">
+        <v>698</v>
+      </c>
+      <c r="C133" t="s">
+        <v>699</v>
+      </c>
+      <c r="D133" t="s">
+        <v>135</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>112</v>
+      </c>
+      <c r="G133" t="s">
+        <v>65</v>
+      </c>
+      <c r="H133">
+        <v>2016</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>74</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>701</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>704</v>
+      </c>
+      <c r="P133" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>705</v>
+      </c>
+      <c r="B134" t="s">
+        <v>706</v>
+      </c>
+      <c r="C134" t="s">
+        <v>699</v>
+      </c>
+      <c r="D134" t="s">
+        <v>47</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>112</v>
+      </c>
+      <c r="G134" t="s">
+        <v>65</v>
+      </c>
+      <c r="H134">
+        <v>2016</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>74</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>701</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>707</v>
+      </c>
+      <c r="P134" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>709</v>
+      </c>
+      <c r="B135" t="s">
+        <v>710</v>
+      </c>
+      <c r="C135" t="s">
+        <v>72</v>
+      </c>
+      <c r="D135" t="s">
+        <v>73</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>65</v>
+      </c>
+      <c r="H135">
+        <v>2010</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>74</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>75</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>711</v>
+      </c>
+      <c r="P135" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>713</v>
+      </c>
+      <c r="B136" t="s">
+        <v>79</v>
+      </c>
+      <c r="C136" t="s">
+        <v>72</v>
+      </c>
+      <c r="D136" t="s">
+        <v>80</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2010</v>
+      </c>
+      <c r="I136">
+        <v>2010</v>
+      </c>
+      <c r="J136" t="s">
+        <v>74</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>75</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>714</v>
+      </c>
+      <c r="P136" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>715</v>
+      </c>
+      <c r="B137" t="s">
+        <v>84</v>
+      </c>
+      <c r="C137" t="s">
+        <v>72</v>
+      </c>
+      <c r="D137" t="s">
+        <v>85</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>65</v>
+      </c>
+      <c r="H137">
+        <v>2010</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>74</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>75</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>716</v>
+      </c>
+      <c r="P137" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>717</v>
+      </c>
+      <c r="B138" t="s">
+        <v>718</v>
+      </c>
+      <c r="C138" t="s">
+        <v>719</v>
+      </c>
+      <c r="D138" t="s">
+        <v>80</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>65</v>
+      </c>
+      <c r="H138">
+        <v>2015</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>74</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>720</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>721</v>
+      </c>
+      <c r="P138" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>723</v>
+      </c>
+      <c r="B139" t="s">
+        <v>724</v>
+      </c>
+      <c r="C139" t="s">
+        <v>186</v>
+      </c>
+      <c r="D139" t="s">
+        <v>649</v>
+      </c>
+      <c r="E139" t="s">
+        <v>149</v>
+      </c>
+      <c r="F139" t="s">
+        <v>725</v>
+      </c>
+      <c r="G139" t="s">
+        <v>65</v>
+      </c>
+      <c r="H139">
+        <v>2017</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>726</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>727</v>
+      </c>
+      <c r="M139" t="s">
+        <v>188</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>728</v>
+      </c>
+      <c r="P139" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>730</v>
+      </c>
+      <c r="B140" t="s">
+        <v>731</v>
+      </c>
+      <c r="C140" t="s">
+        <v>102</v>
+      </c>
+      <c r="D140" t="s">
+        <v>732</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>65</v>
+      </c>
+      <c r="H140">
+        <v>2017</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>103</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>106</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>733</v>
+      </c>
+      <c r="P140" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>735</v>
+      </c>
+      <c r="B141" t="s">
+        <v>736</v>
+      </c>
+      <c r="C141" t="s">
+        <v>737</v>
+      </c>
+      <c r="D141" t="s">
+        <v>91</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>93</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2019</v>
+      </c>
+      <c r="I141">
+        <v>2022</v>
+      </c>
+      <c r="J141" t="s">
+        <v>165</v>
+      </c>
+      <c r="K141" t="s">
+        <v>104</v>
+      </c>
+      <c r="L141" t="s">
+        <v>105</v>
+      </c>
+      <c r="M141" t="s">
+        <v>738</v>
+      </c>
+      <c r="N141" t="s">
+        <v>97</v>
+      </c>
+      <c r="O141" t="s">
+        <v>739</v>
+      </c>
+      <c r="P141" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>741</v>
+      </c>
+      <c r="B142" t="s">
+        <v>742</v>
+      </c>
+      <c r="C142" t="s">
+        <v>256</v>
+      </c>
+      <c r="D142" t="s">
+        <v>649</v>
+      </c>
+      <c r="E142" t="s">
+        <v>149</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>65</v>
+      </c>
+      <c r="H142">
+        <v>2012</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>103</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>743</v>
+      </c>
+      <c r="M142" t="s">
+        <v>259</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>744</v>
+      </c>
+      <c r="P142" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>746</v>
+      </c>
+      <c r="B143" t="s">
+        <v>747</v>
+      </c>
+      <c r="C143" t="s">
+        <v>256</v>
+      </c>
+      <c r="D143" t="s">
+        <v>312</v>
+      </c>
+      <c r="E143" t="s">
+        <v>149</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>65</v>
+      </c>
+      <c r="H143">
+        <v>2015</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>103</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143" t="s">
+        <v>748</v>
+      </c>
+      <c r="M143" t="s">
+        <v>259</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>749</v>
+      </c>
+      <c r="P143" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>751</v>
+      </c>
+      <c r="B144" t="s">
+        <v>752</v>
+      </c>
+      <c r="C144" t="s">
+        <v>256</v>
+      </c>
+      <c r="D144" t="s">
+        <v>47</v>
+      </c>
+      <c r="E144" t="s">
+        <v>149</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2013</v>
+      </c>
+      <c r="I144">
+        <v>2015</v>
+      </c>
+      <c r="J144" t="s">
+        <v>103</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" t="s">
+        <v>753</v>
+      </c>
+      <c r="M144" t="s">
+        <v>259</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>754</v>
+      </c>
+      <c r="P144" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>756</v>
+      </c>
+      <c r="B145" t="s">
+        <v>757</v>
+      </c>
+      <c r="C145" t="s">
+        <v>256</v>
+      </c>
+      <c r="D145" t="s">
+        <v>758</v>
+      </c>
+      <c r="E145" t="s">
+        <v>149</v>
+      </c>
+      <c r="F145" t="s">
+        <v>112</v>
+      </c>
+      <c r="G145" t="s">
+        <v>65</v>
+      </c>
+      <c r="H145">
+        <v>2014</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>103</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145" t="s">
+        <v>759</v>
+      </c>
+      <c r="M145" t="s">
+        <v>259</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>760</v>
+      </c>
+      <c r="P145" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>762</v>
+      </c>
+      <c r="B146" t="s">
+        <v>763</v>
+      </c>
+      <c r="C146" t="s">
+        <v>256</v>
+      </c>
+      <c r="D146" t="s">
+        <v>247</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>65</v>
+      </c>
+      <c r="H146">
+        <v>2012</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>103</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>258</v>
+      </c>
+      <c r="M146" t="s">
+        <v>259</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>764</v>
+      </c>
+      <c r="P146" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>766</v>
+      </c>
+      <c r="B147" t="s">
+        <v>763</v>
+      </c>
+      <c r="C147" t="s">
+        <v>256</v>
+      </c>
+      <c r="D147" t="s">
+        <v>462</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>65</v>
+      </c>
+      <c r="H147">
+        <v>2015</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>103</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>767</v>
+      </c>
+      <c r="M147" t="s">
+        <v>259</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>768</v>
+      </c>
+      <c r="P147" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>770</v>
+      </c>
+      <c r="B148" t="s">
+        <v>771</v>
+      </c>
+      <c r="C148" t="s">
+        <v>256</v>
+      </c>
+      <c r="D148" t="s">
+        <v>361</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>65</v>
+      </c>
+      <c r="H148">
+        <v>2011</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>103</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>772</v>
+      </c>
+      <c r="M148" t="s">
+        <v>259</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>773</v>
+      </c>
+      <c r="P148" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>775</v>
+      </c>
+      <c r="B149" t="s">
+        <v>776</v>
+      </c>
+      <c r="C149" t="s">
+        <v>256</v>
+      </c>
+      <c r="D149" t="s">
+        <v>536</v>
+      </c>
+      <c r="E149" t="s">
+        <v>149</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>65</v>
+      </c>
+      <c r="H149">
+        <v>2013</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>103</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>777</v>
+      </c>
+      <c r="M149" t="s">
+        <v>259</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>778</v>
+      </c>
+      <c r="P149" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>780</v>
+      </c>
+      <c r="B150" t="s">
+        <v>781</v>
+      </c>
+      <c r="C150" t="s">
+        <v>186</v>
+      </c>
+      <c r="D150" t="s">
+        <v>782</v>
+      </c>
+      <c r="E150" t="s">
+        <v>92</v>
+      </c>
+      <c r="F150" t="s">
+        <v>725</v>
+      </c>
+      <c r="G150" t="s">
+        <v>65</v>
+      </c>
+      <c r="H150">
+        <v>2023</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>726</v>
+      </c>
+      <c r="K150" t="s">
+        <v>783</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>188</v>
+      </c>
+      <c r="N150" t="s">
+        <v>67</v>
+      </c>
+      <c r="O150" t="s">
+        <v>784</v>
+      </c>
+      <c r="P150" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>786</v>
+      </c>
+      <c r="B151" t="s">
+        <v>787</v>
+      </c>
+      <c r="C151" t="s">
+        <v>141</v>
+      </c>
+      <c r="D151" t="s">
+        <v>788</v>
+      </c>
+      <c r="E151" t="s">
+        <v>149</v>
+      </c>
+      <c r="F151" t="s">
+        <v>33</v>
+      </c>
+      <c r="G151" t="s">
+        <v>65</v>
+      </c>
+      <c r="H151">
+        <v>2017</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>789</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>143</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>790</v>
+      </c>
+      <c r="P151" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>791</v>
+      </c>
+      <c r="B152" t="s">
+        <v>792</v>
+      </c>
+      <c r="C152" t="s">
+        <v>141</v>
+      </c>
+      <c r="D152" t="s">
+        <v>793</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>112</v>
+      </c>
+      <c r="G152" t="s">
+        <v>65</v>
+      </c>
+      <c r="H152">
+        <v>2024</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>794</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>795</v>
+      </c>
+      <c r="M152" t="s">
+        <v>796</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>797</v>
+      </c>
+      <c r="P152" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>799</v>
+      </c>
+      <c r="B153" t="s">
+        <v>800</v>
+      </c>
+      <c r="C153" t="s">
+        <v>141</v>
+      </c>
+      <c r="D153" t="s">
+        <v>135</v>
+      </c>
+      <c r="E153" t="s">
+        <v>149</v>
+      </c>
+      <c r="F153" t="s">
+        <v>33</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2017</v>
+      </c>
+      <c r="I153">
+        <v>2019</v>
+      </c>
+      <c r="J153" t="s">
+        <v>165</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>143</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>801</v>
+      </c>
+      <c r="P153" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>802</v>
+      </c>
+      <c r="B154" t="s">
+        <v>803</v>
+      </c>
+      <c r="C154" t="s">
+        <v>141</v>
+      </c>
+      <c r="D154" t="s">
+        <v>804</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>164</v>
+      </c>
+      <c r="G154" t="s">
+        <v>65</v>
+      </c>
+      <c r="H154">
+        <v>2018</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>165</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>805</v>
+      </c>
+      <c r="M154" t="s">
+        <v>806</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>807</v>
+      </c>
+      <c r="P154" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>809</v>
+      </c>
+      <c r="B155" t="s">
+        <v>810</v>
+      </c>
+      <c r="C155" t="s">
+        <v>811</v>
+      </c>
+      <c r="D155" t="s">
+        <v>91</v>
+      </c>
+      <c r="E155" t="s">
+        <v>149</v>
+      </c>
+      <c r="F155" t="s">
+        <v>93</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2018</v>
+      </c>
+      <c r="I155">
+        <v>2022</v>
+      </c>
+      <c r="J155" t="s">
+        <v>165</v>
+      </c>
+      <c r="K155" t="s">
+        <v>104</v>
+      </c>
+      <c r="L155" t="s">
+        <v>105</v>
+      </c>
+      <c r="M155" t="s">
+        <v>812</v>
+      </c>
+      <c r="N155" t="s">
+        <v>97</v>
+      </c>
+      <c r="O155" t="s">
+        <v>813</v>
+      </c>
+      <c r="P155" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>815</v>
+      </c>
+      <c r="B156" t="s">
+        <v>816</v>
+      </c>
+      <c r="C156" t="s">
+        <v>811</v>
+      </c>
+      <c r="D156" t="s">
+        <v>91</v>
+      </c>
+      <c r="E156" t="s">
+        <v>149</v>
+      </c>
+      <c r="F156" t="s">
+        <v>93</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2018</v>
+      </c>
+      <c r="I156">
+        <v>2022</v>
+      </c>
+      <c r="J156" t="s">
+        <v>165</v>
+      </c>
+      <c r="K156" t="s">
+        <v>166</v>
+      </c>
+      <c r="L156" t="s">
+        <v>105</v>
+      </c>
+      <c r="M156" t="s">
+        <v>812</v>
+      </c>
+      <c r="N156" t="s">
+        <v>97</v>
+      </c>
+      <c r="O156" t="s">
+        <v>817</v>
+      </c>
+      <c r="P156" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>818</v>
+      </c>
+      <c r="B157" t="s">
+        <v>819</v>
+      </c>
+      <c r="C157" t="s">
+        <v>186</v>
+      </c>
+      <c r="D157" t="s">
+        <v>629</v>
+      </c>
+      <c r="E157" t="s">
+        <v>149</v>
+      </c>
+      <c r="F157" t="s">
+        <v>820</v>
+      </c>
+      <c r="G157" t="s">
+        <v>65</v>
+      </c>
+      <c r="H157"/>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>726</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>821</v>
+      </c>
+      <c r="M157" t="s">
+        <v>188</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>822</v>
+      </c>
+      <c r="P157" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>824</v>
+      </c>
+      <c r="B158" t="s">
+        <v>825</v>
+      </c>
+      <c r="C158" t="s">
+        <v>826</v>
+      </c>
+      <c r="D158" t="s">
+        <v>91</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>93</v>
+      </c>
+      <c r="G158" t="s">
+        <v>65</v>
+      </c>
+      <c r="H158">
+        <v>2020</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>427</v>
+      </c>
+      <c r="K158" t="s">
+        <v>104</v>
+      </c>
+      <c r="L158" t="s">
+        <v>105</v>
+      </c>
+      <c r="M158" t="s">
+        <v>827</v>
+      </c>
+      <c r="N158" t="s">
+        <v>97</v>
+      </c>
+      <c r="O158" t="s">
+        <v>828</v>
+      </c>
+      <c r="P158" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>824</v>
+      </c>
+      <c r="B159" t="s">
+        <v>830</v>
+      </c>
+      <c r="C159" t="s">
+        <v>831</v>
+      </c>
+      <c r="D159" t="s">
+        <v>91</v>
+      </c>
+      <c r="E159" t="s">
+        <v>149</v>
+      </c>
+      <c r="F159" t="s">
+        <v>93</v>
+      </c>
+      <c r="G159" t="s">
+        <v>65</v>
+      </c>
+      <c r="H159">
+        <v>2021</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>427</v>
+      </c>
+      <c r="K159" t="s">
+        <v>104</v>
+      </c>
+      <c r="L159" t="s">
+        <v>105</v>
+      </c>
+      <c r="M159" t="s">
+        <v>832</v>
+      </c>
+      <c r="N159" t="s">
+        <v>97</v>
+      </c>
+      <c r="O159" t="s">
+        <v>833</v>
+      </c>
+      <c r="P159"/>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>834</v>
+      </c>
+      <c r="B160" t="s">
+        <v>835</v>
+      </c>
+      <c r="C160" t="s">
+        <v>719</v>
+      </c>
+      <c r="D160" t="s">
+        <v>47</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>112</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2015</v>
+      </c>
+      <c r="I160">
+        <v>2018</v>
+      </c>
+      <c r="J160" t="s">
+        <v>836</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>837</v>
+      </c>
+      <c r="M160" t="s">
+        <v>720</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>838</v>
+      </c>
+      <c r="P160" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>840</v>
+      </c>
+      <c r="B161" t="s">
+        <v>841</v>
+      </c>
+      <c r="C161" t="s">
+        <v>842</v>
+      </c>
+      <c r="D161" t="s">
+        <v>47</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>112</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2013</v>
+      </c>
+      <c r="I161">
+        <v>2018</v>
+      </c>
+      <c r="J161" t="s">
+        <v>113</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>843</v>
+      </c>
+      <c r="M161" t="s">
+        <v>844</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>845</v>
+      </c>
+      <c r="P161" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>847</v>
+      </c>
+      <c r="B162" t="s">
+        <v>848</v>
+      </c>
+      <c r="C162" t="s">
+        <v>842</v>
+      </c>
+      <c r="D162" t="s">
+        <v>849</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>112</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2016</v>
+      </c>
+      <c r="I162">
+        <v>2019</v>
+      </c>
+      <c r="J162" t="s">
+        <v>113</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>844</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>850</v>
+      </c>
+      <c r="P162" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>852</v>
+      </c>
+      <c r="B163" t="s">
+        <v>853</v>
+      </c>
+      <c r="C163" t="s">
+        <v>842</v>
+      </c>
+      <c r="D163" t="s">
+        <v>854</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>65</v>
+      </c>
+      <c r="H163">
+        <v>2016</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>113</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>844</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>855</v>
+      </c>
+      <c r="P163" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>857</v>
+      </c>
+      <c r="B164" t="s">
+        <v>858</v>
+      </c>
+      <c r="C164" t="s">
+        <v>842</v>
+      </c>
+      <c r="D164" t="s">
+        <v>536</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>112</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2018</v>
+      </c>
+      <c r="I164">
+        <v>2018</v>
+      </c>
+      <c r="J164" t="s">
+        <v>113</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>844</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>859</v>
+      </c>
+      <c r="P164" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>860</v>
+      </c>
+      <c r="B165" t="s">
+        <v>861</v>
+      </c>
+      <c r="C165" t="s">
+        <v>842</v>
+      </c>
+      <c r="D165" t="s">
+        <v>633</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>112</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2018</v>
+      </c>
+      <c r="I165">
+        <v>2018</v>
+      </c>
+      <c r="J165" t="s">
+        <v>113</v>
+      </c>
+      <c r="K165" t="s">
+        <v>862</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>844</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>863</v>
+      </c>
+      <c r="P165" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>864</v>
+      </c>
+      <c r="B166" t="s">
+        <v>865</v>
+      </c>
+      <c r="C166" t="s">
+        <v>842</v>
+      </c>
+      <c r="D166" t="s">
+        <v>866</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>112</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2007</v>
+      </c>
+      <c r="I166">
+        <v>2018</v>
+      </c>
+      <c r="J166" t="s">
+        <v>113</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>867</v>
+      </c>
+      <c r="M166" t="s">
+        <v>844</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>868</v>
+      </c>
+      <c r="P166" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>869</v>
+      </c>
+      <c r="B167" t="s">
+        <v>861</v>
+      </c>
+      <c r="C167" t="s">
+        <v>842</v>
+      </c>
+      <c r="D167" t="s">
+        <v>85</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>112</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2007</v>
+      </c>
+      <c r="I167">
+        <v>2018</v>
+      </c>
+      <c r="J167" t="s">
+        <v>113</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>870</v>
+      </c>
+      <c r="M167" t="s">
+        <v>844</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>871</v>
+      </c>
+      <c r="P167" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>872</v>
+      </c>
+      <c r="B168" t="s">
+        <v>873</v>
+      </c>
+      <c r="C168" t="s">
+        <v>842</v>
+      </c>
+      <c r="D168" t="s">
+        <v>849</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>112</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2016</v>
+      </c>
+      <c r="I168">
+        <v>2019</v>
+      </c>
+      <c r="J168" t="s">
+        <v>113</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168"/>
+      <c r="M168" t="s">
+        <v>844</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>874</v>
+      </c>
+      <c r="P168" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>875</v>
+      </c>
+      <c r="B169" t="s">
+        <v>876</v>
+      </c>
+      <c r="C169" t="s">
+        <v>842</v>
+      </c>
+      <c r="D169" t="s">
+        <v>226</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>65</v>
+      </c>
+      <c r="H169">
+        <v>2016</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>273</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>877</v>
+      </c>
+      <c r="M169" t="s">
+        <v>844</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>878</v>
+      </c>
+      <c r="P169" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>880</v>
+      </c>
+      <c r="B170" t="s">
+        <v>881</v>
+      </c>
+      <c r="C170" t="s">
+        <v>882</v>
+      </c>
+      <c r="D170" t="s">
+        <v>91</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>93</v>
+      </c>
+      <c r="G170" t="s">
+        <v>65</v>
+      </c>
+      <c r="H170">
+        <v>2021</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>165</v>
+      </c>
+      <c r="K170" t="s">
+        <v>104</v>
+      </c>
+      <c r="L170" t="s">
+        <v>105</v>
+      </c>
+      <c r="M170" t="s">
+        <v>883</v>
+      </c>
+      <c r="N170" t="s">
+        <v>97</v>
+      </c>
+      <c r="O170" t="s">
+        <v>884</v>
+      </c>
+      <c r="P170" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>886</v>
+      </c>
+      <c r="B171" t="s">
+        <v>887</v>
+      </c>
+      <c r="C171" t="s">
+        <v>225</v>
+      </c>
+      <c r="D171" t="s">
+        <v>514</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>112</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2007</v>
+      </c>
+      <c r="I171">
+        <v>2011</v>
+      </c>
+      <c r="J171" t="s">
+        <v>35</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>888</v>
+      </c>
+      <c r="M171" t="s">
+        <v>889</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>890</v>
+      </c>
+      <c r="P171" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>892</v>
+      </c>
+      <c r="B172" t="s">
+        <v>893</v>
+      </c>
+      <c r="C172" t="s">
+        <v>225</v>
+      </c>
+      <c r="D172" t="s">
+        <v>64</v>
+      </c>
+      <c r="E172" t="s">
+        <v>149</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2006</v>
+      </c>
+      <c r="I172">
+        <v>2006</v>
+      </c>
+      <c r="J172" t="s">
+        <v>35</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>889</v>
+      </c>
+      <c r="N172" t="s">
+        <v>67</v>
+      </c>
+      <c r="O172" t="s">
+        <v>894</v>
+      </c>
+      <c r="P172"/>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>895</v>
+      </c>
+      <c r="B173" t="s">
+        <v>896</v>
+      </c>
+      <c r="C173" t="s">
+        <v>225</v>
+      </c>
+      <c r="D173" t="s">
+        <v>897</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>112</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2006</v>
+      </c>
+      <c r="I173">
+        <v>2015</v>
+      </c>
+      <c r="J173" t="s">
+        <v>35</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173"/>
+      <c r="M173" t="s">
+        <v>227</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>898</v>
+      </c>
+      <c r="P173" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>900</v>
+      </c>
+      <c r="B174" t="s">
+        <v>901</v>
+      </c>
+      <c r="C174" t="s">
+        <v>225</v>
+      </c>
+      <c r="D174" t="s">
+        <v>902</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>65</v>
+      </c>
+      <c r="H174">
+        <v>2016</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>35</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174" t="s">
+        <v>889</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>903</v>
+      </c>
+      <c r="P174" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>905</v>
+      </c>
+      <c r="B175" t="s">
+        <v>906</v>
+      </c>
+      <c r="C175" t="s">
+        <v>225</v>
+      </c>
+      <c r="D175" t="s">
+        <v>349</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>21</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2016</v>
+      </c>
+      <c r="I175">
+        <v>2016</v>
+      </c>
+      <c r="J175" t="s">
+        <v>35</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>889</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>907</v>
+      </c>
+      <c r="P175" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>908</v>
+      </c>
+      <c r="B176" t="s">
+        <v>909</v>
+      </c>
+      <c r="C176" t="s">
+        <v>225</v>
+      </c>
+      <c r="D176" t="s">
+        <v>421</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>33</v>
+      </c>
+      <c r="G176" t="s">
+        <v>65</v>
+      </c>
+      <c r="H176">
+        <v>2014</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>35</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>227</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>910</v>
+      </c>
+      <c r="P176" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>912</v>
+      </c>
+      <c r="B177" t="s">
+        <v>913</v>
+      </c>
+      <c r="C177" t="s">
+        <v>225</v>
+      </c>
+      <c r="D177" t="s">
+        <v>525</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2012</v>
+      </c>
+      <c r="I177">
+        <v>2013</v>
+      </c>
+      <c r="J177" t="s">
+        <v>35</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>914</v>
+      </c>
+      <c r="M177" t="s">
+        <v>889</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>915</v>
+      </c>
+      <c r="P177" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>917</v>
+      </c>
+      <c r="B178" t="s">
+        <v>918</v>
+      </c>
+      <c r="C178" t="s">
+        <v>225</v>
+      </c>
+      <c r="D178" t="s">
+        <v>327</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>112</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>1986</v>
+      </c>
+      <c r="I178">
+        <v>2012</v>
+      </c>
+      <c r="J178" t="s">
+        <v>35</v>
+      </c>
+      <c r="K178" t="s">
+        <v>166</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>919</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>920</v>
+      </c>
+      <c r="P178" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>922</v>
+      </c>
+      <c r="B179" t="s">
+        <v>913</v>
+      </c>
+      <c r="C179" t="s">
+        <v>225</v>
+      </c>
+      <c r="D179" t="s">
+        <v>923</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>21</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>1986</v>
+      </c>
+      <c r="I179">
+        <v>2014</v>
+      </c>
+      <c r="J179" t="s">
+        <v>35</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179"/>
+      <c r="M179" t="s">
+        <v>889</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>924</v>
+      </c>
+      <c r="P179" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>926</v>
+      </c>
+      <c r="B180" t="s">
+        <v>927</v>
+      </c>
+      <c r="C180" t="s">
+        <v>225</v>
+      </c>
+      <c r="D180" t="s">
+        <v>788</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>112</v>
+      </c>
+      <c r="G180" t="s">
+        <v>65</v>
+      </c>
+      <c r="H180">
         <v>2004</v>
       </c>
-      <c r="H70"/>
-[...3 lines deleted...]
-      <c r="J70" t="s">
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>35</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>919</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>928</v>
+      </c>
+      <c r="P180" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>930</v>
+      </c>
+      <c r="B181" t="s">
+        <v>931</v>
+      </c>
+      <c r="C181" t="s">
+        <v>186</v>
+      </c>
+      <c r="D181" t="s">
+        <v>932</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
         <v>21</v>
       </c>
-      <c r="K70" t="s">
-[...31 lines deleted...]
-      <c r="G71">
+      <c r="G181" t="s">
+        <v>65</v>
+      </c>
+      <c r="H181">
+        <v>2019</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>74</v>
+      </c>
+      <c r="K181" t="s">
+        <v>104</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181" t="s">
+        <v>188</v>
+      </c>
+      <c r="N181" t="s">
+        <v>182</v>
+      </c>
+      <c r="O181" t="s">
+        <v>933</v>
+      </c>
+      <c r="P181" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>935</v>
+      </c>
+      <c r="B182" t="s">
+        <v>936</v>
+      </c>
+      <c r="C182" t="s">
+        <v>134</v>
+      </c>
+      <c r="D182" t="s">
+        <v>937</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>112</v>
+      </c>
+      <c r="G182" t="s">
+        <v>65</v>
+      </c>
+      <c r="H182">
+        <v>2016</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>938</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>939</v>
+      </c>
+      <c r="N182" t="s">
+        <v>67</v>
+      </c>
+      <c r="O182" t="s">
+        <v>940</v>
+      </c>
+      <c r="P182" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>942</v>
+      </c>
+      <c r="B183" t="s">
+        <v>943</v>
+      </c>
+      <c r="C183" t="s">
+        <v>225</v>
+      </c>
+      <c r="D183" t="s">
+        <v>508</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2011</v>
+      </c>
+      <c r="I183">
+        <v>2011</v>
+      </c>
+      <c r="J183" t="s">
+        <v>35</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>944</v>
+      </c>
+      <c r="M183" t="s">
+        <v>889</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>945</v>
+      </c>
+      <c r="P183" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>947</v>
+      </c>
+      <c r="B184" t="s">
+        <v>89</v>
+      </c>
+      <c r="C184" t="s">
+        <v>948</v>
+      </c>
+      <c r="D184" t="s">
+        <v>91</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>93</v>
+      </c>
+      <c r="G184" t="s">
+        <v>65</v>
+      </c>
+      <c r="H184">
+        <v>2017</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>94</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>95</v>
+      </c>
+      <c r="M184" t="s">
+        <v>949</v>
+      </c>
+      <c r="N184" t="s">
+        <v>97</v>
+      </c>
+      <c r="O184" t="s">
+        <v>950</v>
+      </c>
+      <c r="P184" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>952</v>
+      </c>
+      <c r="B185" t="s">
+        <v>953</v>
+      </c>
+      <c r="C185" t="s">
+        <v>948</v>
+      </c>
+      <c r="D185" t="s">
+        <v>91</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>93</v>
+      </c>
+      <c r="G185" t="s">
+        <v>65</v>
+      </c>
+      <c r="H185">
+        <v>2020</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>94</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>95</v>
+      </c>
+      <c r="M185" t="s">
+        <v>949</v>
+      </c>
+      <c r="N185" t="s">
+        <v>97</v>
+      </c>
+      <c r="O185" t="s">
+        <v>954</v>
+      </c>
+      <c r="P185"/>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>955</v>
+      </c>
+      <c r="B186" t="s">
+        <v>956</v>
+      </c>
+      <c r="C186" t="s">
+        <v>957</v>
+      </c>
+      <c r="D186" t="s">
+        <v>958</v>
+      </c>
+      <c r="E186" t="s">
+        <v>149</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" t="s">
+        <v>65</v>
+      </c>
+      <c r="H186">
+        <v>2021</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>959</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>960</v>
+      </c>
+      <c r="M186" t="s">
+        <v>961</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>962</v>
+      </c>
+      <c r="P186"/>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>963</v>
+      </c>
+      <c r="B187" t="s">
+        <v>964</v>
+      </c>
+      <c r="C187" t="s">
+        <v>957</v>
+      </c>
+      <c r="D187" t="s">
+        <v>536</v>
+      </c>
+      <c r="E187" t="s">
+        <v>149</v>
+      </c>
+      <c r="F187" t="s">
+        <v>33</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
         <v>2002</v>
       </c>
-      <c r="H71"/>
-[...3 lines deleted...]
-      <c r="J71" t="s">
+      <c r="I187">
+        <v>2015</v>
+      </c>
+      <c r="J187" t="s">
+        <v>546</v>
+      </c>
+      <c r="K187" t="s">
+        <v>965</v>
+      </c>
+      <c r="L187" t="s">
+        <v>966</v>
+      </c>
+      <c r="M187" t="s">
+        <v>961</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>967</v>
+      </c>
+      <c r="P187" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>969</v>
+      </c>
+      <c r="B188" t="s">
+        <v>970</v>
+      </c>
+      <c r="C188" t="s">
+        <v>957</v>
+      </c>
+      <c r="D188" t="s">
+        <v>536</v>
+      </c>
+      <c r="E188" t="s">
+        <v>149</v>
+      </c>
+      <c r="F188" t="s">
         <v>21</v>
       </c>
-      <c r="K71" t="s">
-[...57 lines deleted...]
-      <c r="A73" t="s">
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2013</v>
+      </c>
+      <c r="I188">
+        <v>2015</v>
+      </c>
+      <c r="J188" t="s">
+        <v>546</v>
+      </c>
+      <c r="K188" t="s">
+        <v>965</v>
+      </c>
+      <c r="L188" t="s">
+        <v>971</v>
+      </c>
+      <c r="M188" t="s">
+        <v>961</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>972</v>
+      </c>
+      <c r="P188" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>973</v>
+      </c>
+      <c r="B189" t="s">
+        <v>974</v>
+      </c>
+      <c r="C189" t="s">
+        <v>957</v>
+      </c>
+      <c r="D189" t="s">
+        <v>975</v>
+      </c>
+      <c r="E189" t="s">
+        <v>149</v>
+      </c>
+      <c r="F189" t="s">
+        <v>33</v>
+      </c>
+      <c r="G189" t="s">
+        <v>65</v>
+      </c>
+      <c r="H189">
+        <v>2006</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>546</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189" t="s">
+        <v>976</v>
+      </c>
+      <c r="M189" t="s">
+        <v>961</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>977</v>
+      </c>
+      <c r="P189" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>979</v>
+      </c>
+      <c r="B190" t="s">
+        <v>980</v>
+      </c>
+      <c r="C190" t="s">
+        <v>957</v>
+      </c>
+      <c r="D190" t="s">
+        <v>981</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>33</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2011</v>
+      </c>
+      <c r="I190">
+        <v>2014</v>
+      </c>
+      <c r="J190" t="s">
+        <v>959</v>
+      </c>
+      <c r="K190" t="s">
+        <v>965</v>
+      </c>
+      <c r="L190" t="s">
+        <v>982</v>
+      </c>
+      <c r="M190" t="s">
+        <v>961</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>983</v>
+      </c>
+      <c r="P190" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>979</v>
+      </c>
+      <c r="B191" t="s">
+        <v>985</v>
+      </c>
+      <c r="C191" t="s">
+        <v>957</v>
+      </c>
+      <c r="D191" t="s">
+        <v>981</v>
+      </c>
+      <c r="E191" t="s">
+        <v>149</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2015</v>
+      </c>
+      <c r="I191">
+        <v>2017</v>
+      </c>
+      <c r="J191" t="s">
+        <v>959</v>
+      </c>
+      <c r="K191" t="s">
+        <v>965</v>
+      </c>
+      <c r="L191" t="s">
+        <v>986</v>
+      </c>
+      <c r="M191" t="s">
+        <v>961</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>987</v>
+      </c>
+      <c r="P191" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>988</v>
+      </c>
+      <c r="B192" t="s">
+        <v>989</v>
+      </c>
+      <c r="C192" t="s">
+        <v>957</v>
+      </c>
+      <c r="D192" t="s">
         <v>312</v>
       </c>
-      <c r="B73" t="s">
-[...23 lines deleted...]
-      <c r="J73" t="s">
+      <c r="E192" t="s">
+        <v>149</v>
+      </c>
+      <c r="F192" t="s">
         <v>21</v>
       </c>
-      <c r="K73"/>
-[...2208 lines deleted...]
-      <c r="J125" t="s">
+      <c r="G192" t="s">
+        <v>65</v>
+      </c>
+      <c r="H192">
+        <v>2015</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>959</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192" t="s">
+        <v>990</v>
+      </c>
+      <c r="M192" t="s">
+        <v>961</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>991</v>
+      </c>
+      <c r="P192" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>992</v>
+      </c>
+      <c r="B193" t="s">
+        <v>993</v>
+      </c>
+      <c r="C193" t="s">
+        <v>957</v>
+      </c>
+      <c r="D193" t="s">
+        <v>312</v>
+      </c>
+      <c r="E193" t="s">
         <v>149</v>
       </c>
-      <c r="K125"/>
-[...2817 lines deleted...]
-      </c>
       <c r="F193" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>33</v>
+      </c>
+      <c r="G193" t="s">
+        <v>65</v>
       </c>
       <c r="H193">
         <v>2015</v>
       </c>
-      <c r="I193" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I193"/>
       <c r="J193" t="s">
-        <v>693</v>
+        <v>546</v>
       </c>
       <c r="K193" t="s">
-        <v>694</v>
+        <v>24</v>
       </c>
       <c r="L193" t="s">
-        <v>690</v>
+        <v>994</v>
       </c>
       <c r="M193" t="s">
-        <v>24</v>
+        <v>961</v>
       </c>
       <c r="N193" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>995</v>
+      </c>
+      <c r="P193" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>696</v>
+        <v>997</v>
       </c>
       <c r="B194" t="s">
-        <v>686</v>
+        <v>998</v>
       </c>
       <c r="C194" t="s">
-        <v>405</v>
+        <v>957</v>
       </c>
       <c r="D194" t="s">
-        <v>127</v>
+        <v>361</v>
       </c>
       <c r="E194" t="s">
-        <v>18</v>
+        <v>149</v>
       </c>
       <c r="F194" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
       </c>
       <c r="H194">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>411</v>
+        <v>2011</v>
+      </c>
+      <c r="I194">
+        <v>2021</v>
       </c>
       <c r="J194" t="s">
-        <v>693</v>
+        <v>959</v>
       </c>
       <c r="K194" t="s">
-        <v>697</v>
+        <v>24</v>
       </c>
       <c r="L194" t="s">
-        <v>690</v>
+        <v>999</v>
       </c>
       <c r="M194" t="s">
-        <v>24</v>
+        <v>961</v>
       </c>
       <c r="N194" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>699</v>
+        <v>1002</v>
       </c>
       <c r="B195" t="s">
-        <v>686</v>
+        <v>1003</v>
       </c>
       <c r="C195" t="s">
-        <v>700</v>
+        <v>957</v>
       </c>
       <c r="D195" t="s">
-        <v>127</v>
+        <v>85</v>
       </c>
       <c r="E195" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="F195" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-        <v>411</v>
+        <v>33</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2002</v>
+      </c>
+      <c r="I195">
+        <v>2021</v>
       </c>
       <c r="J195" t="s">
+        <v>959</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1004</v>
+      </c>
+      <c r="M195" t="s">
+        <v>961</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C196" t="s">
+        <v>957</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E196" t="s">
+        <v>149</v>
+      </c>
+      <c r="F196" t="s">
+        <v>33</v>
+      </c>
+      <c r="G196" t="s">
+        <v>65</v>
+      </c>
+      <c r="H196">
+        <v>2021</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>959</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1010</v>
+      </c>
+      <c r="M196" t="s">
+        <v>961</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1011</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C197" t="s">
+        <v>957</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E197" t="s">
+        <v>149</v>
+      </c>
+      <c r="F197" t="s">
+        <v>33</v>
+      </c>
+      <c r="G197" t="s">
+        <v>213</v>
+      </c>
+      <c r="H197">
+        <v>2021</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>959</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1016</v>
+      </c>
+      <c r="M197" t="s">
+        <v>961</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1017</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C198" t="s">
+        <v>957</v>
+      </c>
+      <c r="D198" t="s">
+        <v>370</v>
+      </c>
+      <c r="E198" t="s">
+        <v>149</v>
+      </c>
+      <c r="F198" t="s">
         <v>21</v>
       </c>
-      <c r="K195" t="s">
-[...75 lines deleted...]
-      <c r="G197">
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
         <v>2011</v>
       </c>
-      <c r="H197">
-[...45 lines deleted...]
-        <v>688</v>
+      <c r="I198">
+        <v>2021</v>
       </c>
       <c r="J198" t="s">
+        <v>959</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198" t="s">
+        <v>999</v>
+      </c>
+      <c r="M198" t="s">
+        <v>961</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C199" t="s">
+        <v>957</v>
+      </c>
+      <c r="D199" t="s">
+        <v>85</v>
+      </c>
+      <c r="E199" t="s">
+        <v>149</v>
+      </c>
+      <c r="F199" t="s">
         <v>21</v>
       </c>
-      <c r="K198" t="s">
-[...36 lines deleted...]
-        <v>411</v>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2011</v>
+      </c>
+      <c r="I199">
+        <v>2021</v>
       </c>
       <c r="J199" t="s">
+        <v>959</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1025</v>
+      </c>
+      <c r="M199" t="s">
+        <v>961</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1026</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C200" t="s">
+        <v>957</v>
+      </c>
+      <c r="D200" t="s">
+        <v>294</v>
+      </c>
+      <c r="E200" t="s">
+        <v>149</v>
+      </c>
+      <c r="F200" t="s">
         <v>21</v>
       </c>
-      <c r="K199" t="s">
-[...32 lines deleted...]
-        <v>2011</v>
+      <c r="G200" t="s">
+        <v>65</v>
       </c>
       <c r="H200">
         <v>2021</v>
       </c>
-      <c r="I200" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I200"/>
       <c r="J200" t="s">
-        <v>21</v>
+        <v>959</v>
       </c>
       <c r="K200" t="s">
-        <v>716</v>
+        <v>24</v>
       </c>
       <c r="L200" t="s">
-        <v>690</v>
+        <v>1030</v>
       </c>
       <c r="M200" t="s">
-        <v>24</v>
+        <v>961</v>
       </c>
       <c r="N200" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>718</v>
+        <v>1033</v>
       </c>
       <c r="B201" t="s">
-        <v>686</v>
+        <v>1034</v>
       </c>
       <c r="C201" t="s">
-        <v>27</v>
+        <v>957</v>
       </c>
       <c r="D201" t="s">
-        <v>127</v>
+        <v>1015</v>
       </c>
       <c r="E201" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="F201" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>1035</v>
+      </c>
+      <c r="G201" t="s">
+        <v>65</v>
       </c>
       <c r="H201">
         <v>2021</v>
       </c>
-      <c r="I201" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I201"/>
       <c r="J201" t="s">
+        <v>959</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1016</v>
+      </c>
+      <c r="M201" t="s">
+        <v>961</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1036</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C202" t="s">
+        <v>957</v>
+      </c>
+      <c r="D202" t="s">
+        <v>361</v>
+      </c>
+      <c r="E202" t="s">
+        <v>149</v>
+      </c>
+      <c r="F202" t="s">
+        <v>33</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2002</v>
+      </c>
+      <c r="I202">
+        <v>2021</v>
+      </c>
+      <c r="J202" t="s">
+        <v>959</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1040</v>
+      </c>
+      <c r="M202" t="s">
+        <v>961</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1041</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C203" t="s">
+        <v>957</v>
+      </c>
+      <c r="D203" t="s">
+        <v>370</v>
+      </c>
+      <c r="E203" t="s">
+        <v>149</v>
+      </c>
+      <c r="F203" t="s">
+        <v>33</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2002</v>
+      </c>
+      <c r="I203">
+        <v>2021</v>
+      </c>
+      <c r="J203" t="s">
+        <v>959</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M203" t="s">
+        <v>961</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1046</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C204" t="s">
+        <v>957</v>
+      </c>
+      <c r="D204" t="s">
+        <v>80</v>
+      </c>
+      <c r="E204" t="s">
+        <v>149</v>
+      </c>
+      <c r="F204" t="s">
+        <v>33</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2002</v>
+      </c>
+      <c r="I204">
+        <v>2021</v>
+      </c>
+      <c r="J204" t="s">
+        <v>959</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1050</v>
+      </c>
+      <c r="M204" t="s">
+        <v>961</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1051</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C205" t="s">
+        <v>957</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E205" t="s">
+        <v>149</v>
+      </c>
+      <c r="F205" t="s">
         <v>21</v>
       </c>
-      <c r="K201" t="s">
-[...160 lines deleted...]
-        <v>2011</v>
+      <c r="G205" t="s">
+        <v>65</v>
       </c>
       <c r="H205">
         <v>2021</v>
       </c>
-      <c r="I205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I205"/>
       <c r="J205" t="s">
+        <v>959</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1056</v>
+      </c>
+      <c r="M205" t="s">
+        <v>961</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1057</v>
+      </c>
+      <c r="P205"/>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C206" t="s">
+        <v>957</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E206" t="s">
+        <v>149</v>
+      </c>
+      <c r="F206" t="s">
         <v>21</v>
       </c>
-      <c r="K205" t="s">
-[...31 lines deleted...]
-      <c r="G206">
+      <c r="G206" t="s">
+        <v>65</v>
+      </c>
+      <c r="H206">
         <v>2021</v>
       </c>
-      <c r="H206"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I206"/>
       <c r="J206" t="s">
+        <v>959</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1056</v>
+      </c>
+      <c r="M206" t="s">
+        <v>961</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1058</v>
+      </c>
+      <c r="P206"/>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C207" t="s">
+        <v>957</v>
+      </c>
+      <c r="D207" t="s">
+        <v>232</v>
+      </c>
+      <c r="E207" t="s">
+        <v>149</v>
+      </c>
+      <c r="F207" t="s">
+        <v>33</v>
+      </c>
+      <c r="G207" t="s">
+        <v>65</v>
+      </c>
+      <c r="H207">
+        <v>2022</v>
+      </c>
+      <c r="I207"/>
+      <c r="J207" t="s">
+        <v>959</v>
+      </c>
+      <c r="K207" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M207" t="s">
+        <v>961</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1063</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C208" t="s">
+        <v>957</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E208" t="s">
+        <v>149</v>
+      </c>
+      <c r="F208" t="s">
+        <v>33</v>
+      </c>
+      <c r="G208" t="s">
+        <v>65</v>
+      </c>
+      <c r="H208">
+        <v>2022</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>959</v>
+      </c>
+      <c r="K208" t="s">
+        <v>1068</v>
+      </c>
+      <c r="L208"/>
+      <c r="M208" t="s">
+        <v>961</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C209" t="s">
+        <v>957</v>
+      </c>
+      <c r="D209" t="s">
+        <v>232</v>
+      </c>
+      <c r="E209" t="s">
+        <v>149</v>
+      </c>
+      <c r="F209" t="s">
         <v>21</v>
       </c>
-      <c r="K206" t="s">
-[...31 lines deleted...]
-      <c r="G207">
+      <c r="G209" t="s">
+        <v>65</v>
+      </c>
+      <c r="H209">
+        <v>2022</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>959</v>
+      </c>
+      <c r="K209" t="s">
+        <v>1073</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1074</v>
+      </c>
+      <c r="M209" t="s">
+        <v>961</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1075</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C210" t="s">
+        <v>957</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E210" t="s">
+        <v>149</v>
+      </c>
+      <c r="F210" t="s">
+        <v>21</v>
+      </c>
+      <c r="G210" t="s">
+        <v>65</v>
+      </c>
+      <c r="H210">
+        <v>2022</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>959</v>
+      </c>
+      <c r="K210" t="s">
+        <v>1079</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1080</v>
+      </c>
+      <c r="M210" t="s">
+        <v>961</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1081</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C211" t="s">
+        <v>957</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E211" t="s">
+        <v>149</v>
+      </c>
+      <c r="F211" t="s">
+        <v>21</v>
+      </c>
+      <c r="G211" t="s">
+        <v>65</v>
+      </c>
+      <c r="H211">
+        <v>2022</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>959</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1085</v>
+      </c>
+      <c r="M211" t="s">
+        <v>961</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1086</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C212" t="s">
+        <v>957</v>
+      </c>
+      <c r="D212" t="s">
+        <v>327</v>
+      </c>
+      <c r="E212" t="s">
+        <v>149</v>
+      </c>
+      <c r="F212" t="s">
+        <v>725</v>
+      </c>
+      <c r="G212" t="s">
+        <v>65</v>
+      </c>
+      <c r="H212">
+        <v>2008</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>546</v>
+      </c>
+      <c r="K212" t="s">
+        <v>1090</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1091</v>
+      </c>
+      <c r="M212" t="s">
+        <v>961</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1092</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C213" t="s">
+        <v>957</v>
+      </c>
+      <c r="D213" t="s">
+        <v>649</v>
+      </c>
+      <c r="E213" t="s">
+        <v>149</v>
+      </c>
+      <c r="F213" t="s">
+        <v>33</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2012</v>
+      </c>
+      <c r="I213">
+        <v>2015</v>
+      </c>
+      <c r="J213" t="s">
+        <v>546</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1096</v>
+      </c>
+      <c r="M213" t="s">
+        <v>961</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1097</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B214" t="s">
+        <v>101</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D214" t="s">
+        <v>91</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>93</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
+        <v>2016</v>
+      </c>
+      <c r="I214">
+        <v>2017</v>
+      </c>
+      <c r="J214" t="s">
+        <v>103</v>
+      </c>
+      <c r="K214" t="s">
+        <v>104</v>
+      </c>
+      <c r="L214" t="s">
+        <v>105</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1101</v>
+      </c>
+      <c r="N214" t="s">
+        <v>97</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D215" t="s">
+        <v>85</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>112</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2013</v>
+      </c>
+      <c r="I215">
+        <v>2020</v>
+      </c>
+      <c r="J215" t="s">
+        <v>427</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1109</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D216" t="s">
+        <v>47</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>112</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2011</v>
+      </c>
+      <c r="I216">
+        <v>2019</v>
+      </c>
+      <c r="J216" t="s">
+        <v>427</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1113</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1118</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>112</v>
+      </c>
+      <c r="G217" t="s">
+        <v>65</v>
+      </c>
+      <c r="H217">
+        <v>2013</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>836</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1119</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1120</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D218" t="s">
+        <v>327</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>112</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>2014</v>
+      </c>
+      <c r="I218">
+        <v>2015</v>
+      </c>
+      <c r="J218" t="s">
+        <v>836</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218"/>
+      <c r="M218" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1124</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C219" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D219" t="s">
+        <v>322</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>112</v>
+      </c>
+      <c r="G219" t="s">
+        <v>65</v>
+      </c>
+      <c r="H219">
+        <v>2014</v>
+      </c>
+      <c r="I219">
+        <v>2019</v>
+      </c>
+      <c r="J219" t="s">
+        <v>427</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219"/>
+      <c r="M219" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1128</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D220" t="s">
+        <v>361</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>112</v>
+      </c>
+      <c r="G220" t="s">
+        <v>65</v>
+      </c>
+      <c r="H220">
+        <v>2016</v>
+      </c>
+      <c r="I220">
+        <v>2018</v>
+      </c>
+      <c r="J220" t="s">
+        <v>427</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220"/>
+      <c r="M220" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1132</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D221" t="s">
+        <v>400</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>112</v>
+      </c>
+      <c r="G221" t="s">
+        <v>65</v>
+      </c>
+      <c r="H221">
+        <v>2017</v>
+      </c>
+      <c r="I221"/>
+      <c r="J221" t="s">
+        <v>836</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221"/>
+      <c r="M221" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1136</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D222" t="s">
+        <v>649</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>112</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>2016</v>
+      </c>
+      <c r="I222">
+        <v>2019</v>
+      </c>
+      <c r="J222" t="s">
+        <v>836</v>
+      </c>
+      <c r="K222" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222"/>
+      <c r="M222" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D223" t="s">
+        <v>179</v>
+      </c>
+      <c r="E223" t="s">
+        <v>149</v>
+      </c>
+      <c r="F223" t="s">
+        <v>93</v>
+      </c>
+      <c r="G223" t="s">
+        <v>65</v>
+      </c>
+      <c r="H223">
+        <v>2019</v>
+      </c>
+      <c r="I223"/>
+      <c r="J223" t="s">
+        <v>103</v>
+      </c>
+      <c r="K223" t="s">
+        <v>180</v>
+      </c>
+      <c r="L223"/>
+      <c r="M223" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N223" t="s">
+        <v>182</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1145</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D224" t="s">
+        <v>47</v>
+      </c>
+      <c r="E224" t="s">
+        <v>149</v>
+      </c>
+      <c r="F224" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" t="s">
+        <v>65</v>
+      </c>
+      <c r="H224">
+        <v>2011</v>
+      </c>
+      <c r="I224"/>
+      <c r="J224" t="s">
+        <v>113</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1149</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D225" t="s">
+        <v>421</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>21</v>
+      </c>
+      <c r="G225" t="s">
+        <v>65</v>
+      </c>
+      <c r="H225">
+        <v>2011</v>
+      </c>
+      <c r="I225"/>
+      <c r="J225" t="s">
+        <v>113</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1153</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D226" t="s">
+        <v>421</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>21</v>
+      </c>
+      <c r="G226" t="s">
+        <v>65</v>
+      </c>
+      <c r="H226">
+        <v>2011</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>113</v>
+      </c>
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1157</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D227" t="s">
+        <v>317</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>112</v>
+      </c>
+      <c r="G227" t="s">
+        <v>65</v>
+      </c>
+      <c r="H227">
+        <v>2011</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>113</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227"/>
+      <c r="M227" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1161</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D228" t="s">
+        <v>226</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" t="s">
+        <v>65</v>
+      </c>
+      <c r="H228">
+        <v>2011</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>103</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228"/>
+      <c r="M228" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N228" t="s">
+        <v>67</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1165</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B229" t="s">
+        <v>140</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D229" t="s">
+        <v>91</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>93</v>
+      </c>
+      <c r="G229" t="s">
+        <v>65</v>
+      </c>
+      <c r="H229">
         <v>2021</v>
       </c>
-      <c r="H207"/>
-[...3 lines deleted...]
-      <c r="J207" t="s">
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>427</v>
+      </c>
+      <c r="K229" t="s">
+        <v>104</v>
+      </c>
+      <c r="L229" t="s">
+        <v>105</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N229" t="s">
+        <v>97</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1168</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D230" t="s">
+        <v>85</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>112</v>
+      </c>
+      <c r="G230" t="s">
+        <v>65</v>
+      </c>
+      <c r="H230">
+        <v>2011</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>103</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1172</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N230" t="s">
+        <v>67</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D231" t="s">
+        <v>80</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
         <v>21</v>
       </c>
-      <c r="K207" t="s">
-[...34 lines deleted...]
-      <c r="H208">
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>2010</v>
+      </c>
+      <c r="I231">
+        <v>2014</v>
+      </c>
+      <c r="J231" t="s">
+        <v>214</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1178</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1180</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D232" t="s">
+        <v>327</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>112</v>
+      </c>
+      <c r="G232" t="s">
+        <v>65</v>
+      </c>
+      <c r="H232">
+        <v>2014</v>
+      </c>
+      <c r="I232"/>
+      <c r="J232" t="s">
+        <v>214</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1184</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1185</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>112</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
+        <v>2012</v>
+      </c>
+      <c r="I233">
+        <v>2014</v>
+      </c>
+      <c r="J233" t="s">
+        <v>214</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1191</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D234" t="s">
+        <v>421</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>21</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
+      </c>
+      <c r="H234">
+        <v>2012</v>
+      </c>
+      <c r="I234">
+        <v>2014</v>
+      </c>
+      <c r="J234" t="s">
+        <v>214</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1195</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1179</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C235" t="s">
+        <v>256</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E235" t="s">
+        <v>149</v>
+      </c>
+      <c r="F235" t="s">
+        <v>33</v>
+      </c>
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>2014</v>
+      </c>
+      <c r="I235">
+        <v>2017</v>
+      </c>
+      <c r="J235" t="s">
+        <v>427</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235"/>
+      <c r="M235" t="s">
+        <v>259</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1201</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D236" t="s">
+        <v>91</v>
+      </c>
+      <c r="E236" t="s">
+        <v>149</v>
+      </c>
+      <c r="F236" t="s">
+        <v>93</v>
+      </c>
+      <c r="G236" t="s">
+        <v>65</v>
+      </c>
+      <c r="H236">
         <v>2021</v>
       </c>
-      <c r="I208" t="s">
-[...1173 lines deleted...]
-      </c>
+      <c r="I236"/>
       <c r="J236" t="s">
-        <v>21</v>
+        <v>427</v>
       </c>
       <c r="K236" t="s">
-        <v>823</v>
+        <v>104</v>
       </c>
       <c r="L236" t="s">
-        <v>808</v>
+        <v>105</v>
       </c>
       <c r="M236" t="s">
-        <v>59</v>
+        <v>1206</v>
       </c>
       <c r="N236" t="s">
-        <v>824</v>
-[...258 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1207</v>
+      </c>
+      <c r="P236"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>