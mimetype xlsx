--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,1366 +12,1909 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="598">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
+  </si>
+  <si>
     <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
-    <t>Nigerian MEPS and Energy Label Guide</t>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
   </si>
   <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1635,4807 +2178,5406 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N108"/>
+  <dimension ref="A1:P107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...5 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...25 lines deleted...]
-      <c r="E3" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...11 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...13 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>79</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>82</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>95</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
+        <v>2004</v>
+      </c>
+      <c r="J12" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...84 lines deleted...]
-      <c r="C6" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>41</v>
       </c>
-      <c r="D6" t="s">
-[...309 lines deleted...]
-        <v>2019</v>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
-      <c r="I13" t="s">
-        <v>59</v>
+      <c r="I13">
+        <v>2019</v>
       </c>
       <c r="J13" t="s">
+        <v>78</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>95</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1998</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>110</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>110</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>112</v>
+      </c>
+      <c r="N15" t="s">
+        <v>119</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>95</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16">
+        <v>2008</v>
+      </c>
+      <c r="J16" t="s">
+        <v>110</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>112</v>
+      </c>
+      <c r="N16" t="s">
+        <v>119</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...34 lines deleted...]
-      <c r="H14">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2006</v>
+      </c>
+      <c r="J17" t="s">
+        <v>110</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>112</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>109</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>95</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2007</v>
+      </c>
+      <c r="I18">
         <v>2012</v>
       </c>
-      <c r="I14" t="s">
-[...40 lines deleted...]
-      <c r="H15">
+      <c r="J18" t="s">
+        <v>110</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>112</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>95</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
         <v>2010</v>
       </c>
-      <c r="I15" t="s">
-[...58 lines deleted...]
-      <c r="N16" t="s">
+      <c r="J19" t="s">
+        <v>110</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>112</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" t="s">
+        <v>142</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>95</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C17" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>110</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>143</v>
+      </c>
+      <c r="M20" t="s">
+        <v>112</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...185 lines deleted...]
-        <v>2002</v>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2002</v>
       </c>
-      <c r="I21" t="s">
-        <v>83</v>
+      <c r="I21">
+        <v>2002</v>
       </c>
       <c r="J21" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="K21" t="s">
+        <v>148</v>
+      </c>
+      <c r="L21" t="s">
+        <v>149</v>
+      </c>
+      <c r="M21" t="s">
+        <v>112</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
         <v>114</v>
       </c>
-      <c r="L21" t="s">
-[...9 lines deleted...]
-    <row r="22" spans="1:14">
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="B22" t="s">
-        <v>82</v>
+        <v>152</v>
       </c>
       <c r="C22" t="s">
+        <v>109</v>
+      </c>
+      <c r="D22" t="s">
+        <v>147</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1998</v>
+      </c>
+      <c r="I22">
+        <v>2009</v>
+      </c>
+      <c r="J22" t="s">
+        <v>110</v>
+      </c>
+      <c r="K22" t="s">
+        <v>148</v>
+      </c>
+      <c r="L22" t="s">
+        <v>153</v>
+      </c>
+      <c r="M22" t="s">
         <v>112</v>
       </c>
-      <c r="D22" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="N22" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>119</v>
+      </c>
+      <c r="O22" t="s">
+        <v>154</v>
+      </c>
+      <c r="P22" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>119</v>
+        <v>155</v>
       </c>
       <c r="B23" t="s">
-        <v>82</v>
+        <v>156</v>
       </c>
       <c r="C23" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>157</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-        <v>83</v>
+      <c r="I23">
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
+        <v>110</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
+        <v>112</v>
+      </c>
+      <c r="N23" t="s">
+        <v>119</v>
+      </c>
+      <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>109</v>
+      </c>
+      <c r="D24" t="s">
+        <v>147</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>95</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>162</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>163</v>
+      </c>
+      <c r="M24" t="s">
+        <v>112</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...19 lines deleted...]
-      <c r="C24" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>110</v>
+      </c>
+      <c r="K25" t="s">
+        <v>148</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
         <v>112</v>
       </c>
-      <c r="D24" t="s">
-[...40 lines deleted...]
-      <c r="C25" t="s">
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>167</v>
+      </c>
+      <c r="P25" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C26" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" t="s">
+        <v>170</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>95</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2010</v>
+      </c>
+      <c r="J26" t="s">
+        <v>110</v>
+      </c>
+      <c r="K26" t="s">
+        <v>148</v>
+      </c>
+      <c r="L26" t="s">
+        <v>171</v>
+      </c>
+      <c r="M26" t="s">
         <v>112</v>
       </c>
-      <c r="D25" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="N26" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>172</v>
+      </c>
+      <c r="P26" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>133</v>
+        <v>173</v>
       </c>
       <c r="B27" t="s">
-        <v>82</v>
+        <v>174</v>
       </c>
       <c r="C27" t="s">
-        <v>134</v>
+        <v>109</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>175</v>
       </c>
       <c r="E27" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>95</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2002</v>
       </c>
-      <c r="I27" t="s">
-        <v>83</v>
+      <c r="I27">
+        <v>2002</v>
       </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="K27" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>85</v>
+        <v>176</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="N27" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>177</v>
+      </c>
+      <c r="P27" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>137</v>
+        <v>178</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>179</v>
       </c>
       <c r="C28" t="s">
-        <v>138</v>
+        <v>109</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>180</v>
       </c>
       <c r="E28" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>95</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>1999</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2009</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="K28" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>85</v>
+        <v>181</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="N28" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>182</v>
+      </c>
+      <c r="P28" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>141</v>
+        <v>183</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>184</v>
       </c>
       <c r="C29" t="s">
+        <v>109</v>
+      </c>
+      <c r="D29" t="s">
+        <v>147</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>41</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2010</v>
+      </c>
+      <c r="J29" t="s">
+        <v>110</v>
+      </c>
+      <c r="K29" t="s">
+        <v>148</v>
+      </c>
+      <c r="L29" t="s">
+        <v>185</v>
+      </c>
+      <c r="M29" t="s">
         <v>112</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="G29">
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>186</v>
+      </c>
+      <c r="P29" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>187</v>
+      </c>
+      <c r="B30" t="s">
+        <v>188</v>
+      </c>
+      <c r="C30" t="s">
+        <v>109</v>
+      </c>
+      <c r="D30" t="s">
+        <v>147</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>41</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2002</v>
       </c>
-      <c r="H29">
-[...28 lines deleted...]
-      <c r="C30" t="s">
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>110</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
         <v>112</v>
       </c>
-      <c r="D30" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="N30" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>189</v>
+      </c>
+      <c r="P30" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>146</v>
+        <v>190</v>
       </c>
       <c r="B31" t="s">
-        <v>82</v>
+        <v>191</v>
       </c>
       <c r="C31" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>192</v>
       </c>
       <c r="E31" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>95</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2002</v>
       </c>
-      <c r="I31" t="s">
-        <v>83</v>
+      <c r="I31">
+        <v>2002</v>
       </c>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="K31" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>85</v>
+        <v>193</v>
       </c>
       <c r="M31" t="s">
-        <v>90</v>
+        <v>112</v>
       </c>
       <c r="N31" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>119</v>
+      </c>
+      <c r="O31" t="s">
+        <v>194</v>
+      </c>
+      <c r="P31" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>150</v>
+        <v>195</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>196</v>
       </c>
       <c r="C32" t="s">
-        <v>151</v>
+        <v>109</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="E32" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>95</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
-      <c r="I32" t="s">
-        <v>83</v>
+      <c r="I32">
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="K32" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>85</v>
+        <v>198</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="N32" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>199</v>
+      </c>
+      <c r="P32" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>154</v>
+        <v>200</v>
       </c>
       <c r="B33" t="s">
-        <v>82</v>
+        <v>201</v>
       </c>
       <c r="C33" t="s">
-        <v>155</v>
+        <v>109</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="E33" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>95</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
-      <c r="I33" t="s">
-        <v>83</v>
+      <c r="I33">
+        <v>2012</v>
       </c>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="N33" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>203</v>
+      </c>
+      <c r="P33" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>157</v>
+        <v>204</v>
       </c>
       <c r="B34" t="s">
-        <v>82</v>
+        <v>205</v>
       </c>
       <c r="C34" t="s">
-        <v>158</v>
+        <v>109</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>206</v>
       </c>
       <c r="E34" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>95</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
-      <c r="I34" t="s">
-        <v>83</v>
+      <c r="I34">
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
+        <v>110</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>112</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>207</v>
+      </c>
+      <c r="P34" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>208</v>
+      </c>
+      <c r="B35" t="s">
+        <v>209</v>
+      </c>
+      <c r="C35" t="s">
+        <v>210</v>
+      </c>
+      <c r="D35" t="s">
+        <v>70</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-[...29 lines deleted...]
-      <c r="G35">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2013</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2014</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" t="s">
+        <v>211</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>212</v>
+      </c>
+      <c r="M35" t="s">
+        <v>213</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>214</v>
+      </c>
+      <c r="P35" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>216</v>
+      </c>
+      <c r="B36" t="s">
+        <v>217</v>
+      </c>
+      <c r="C36" t="s">
+        <v>210</v>
+      </c>
+      <c r="D36" t="s">
+        <v>218</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>41</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>211</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>212</v>
+      </c>
+      <c r="M36" t="s">
+        <v>213</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>219</v>
+      </c>
+      <c r="P36" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>221</v>
+      </c>
+      <c r="B37" t="s">
+        <v>222</v>
+      </c>
+      <c r="C37" t="s">
+        <v>210</v>
+      </c>
+      <c r="D37" t="s">
+        <v>223</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...31 lines deleted...]
-      <c r="G36">
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="H36">
+      <c r="I37">
         <v>2014</v>
       </c>
-      <c r="I36" t="s">
-[...2 lines deleted...]
-      <c r="J36" t="s">
+      <c r="J37" t="s">
+        <v>211</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>212</v>
+      </c>
+      <c r="M37" t="s">
+        <v>213</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>224</v>
+      </c>
+      <c r="P37" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>226</v>
+      </c>
+      <c r="B38" t="s">
+        <v>227</v>
+      </c>
+      <c r="C38" t="s">
+        <v>210</v>
+      </c>
+      <c r="D38" t="s">
+        <v>206</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K36" t="s">
-[...31 lines deleted...]
-      <c r="G37">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2013</v>
       </c>
-      <c r="H37">
+      <c r="I38">
         <v>2014</v>
       </c>
-      <c r="I37" t="s">
-[...2 lines deleted...]
-      <c r="J37" t="s">
+      <c r="J38" t="s">
+        <v>211</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>228</v>
+      </c>
+      <c r="M38" t="s">
+        <v>213</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>229</v>
+      </c>
+      <c r="P38" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>231</v>
+      </c>
+      <c r="B39" t="s">
+        <v>232</v>
+      </c>
+      <c r="C39" t="s">
+        <v>210</v>
+      </c>
+      <c r="D39" t="s">
+        <v>233</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K37" t="s">
-[...31 lines deleted...]
-      <c r="G38">
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2013</v>
       </c>
-      <c r="H38">
+      <c r="I39">
         <v>2014</v>
       </c>
-      <c r="I38" t="s">
-[...2 lines deleted...]
-      <c r="J38" t="s">
+      <c r="J39" t="s">
+        <v>211</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>234</v>
+      </c>
+      <c r="M39" t="s">
+        <v>213</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>235</v>
+      </c>
+      <c r="P39" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>237</v>
+      </c>
+      <c r="B40" t="s">
+        <v>238</v>
+      </c>
+      <c r="C40" t="s">
+        <v>210</v>
+      </c>
+      <c r="D40" t="s">
+        <v>239</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>41</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>211</v>
+      </c>
+      <c r="K40" t="s">
+        <v>240</v>
+      </c>
+      <c r="L40" t="s">
+        <v>241</v>
+      </c>
+      <c r="M40" t="s">
+        <v>213</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>242</v>
+      </c>
+      <c r="P40" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>244</v>
+      </c>
+      <c r="B41" t="s">
+        <v>245</v>
+      </c>
+      <c r="C41" t="s">
+        <v>210</v>
+      </c>
+      <c r="D41" t="s">
+        <v>246</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>41</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41">
+        <v>2014</v>
+      </c>
+      <c r="J41" t="s">
+        <v>211</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>247</v>
+      </c>
+      <c r="M41" t="s">
+        <v>213</v>
+      </c>
+      <c r="N41" t="s">
+        <v>248</v>
+      </c>
+      <c r="O41" t="s">
+        <v>249</v>
+      </c>
+      <c r="P41" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>251</v>
+      </c>
+      <c r="B42" t="s">
+        <v>252</v>
+      </c>
+      <c r="C42" t="s">
+        <v>210</v>
+      </c>
+      <c r="D42" t="s">
+        <v>253</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K38" t="s">
-[...31 lines deleted...]
-      <c r="G39">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2013</v>
       </c>
-      <c r="H39">
+      <c r="I42">
         <v>2014</v>
       </c>
-      <c r="I39" t="s">
-[...2 lines deleted...]
-      <c r="J39" t="s">
+      <c r="J42" t="s">
+        <v>211</v>
+      </c>
+      <c r="K42" t="s">
+        <v>240</v>
+      </c>
+      <c r="L42" t="s">
+        <v>254</v>
+      </c>
+      <c r="M42" t="s">
+        <v>213</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>255</v>
+      </c>
+      <c r="P42" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>257</v>
+      </c>
+      <c r="B43" t="s">
+        <v>258</v>
+      </c>
+      <c r="C43" t="s">
+        <v>210</v>
+      </c>
+      <c r="D43" t="s">
+        <v>253</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>41</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
+      </c>
+      <c r="J43" t="s">
+        <v>211</v>
+      </c>
+      <c r="K43" t="s">
+        <v>240</v>
+      </c>
+      <c r="L43" t="s">
+        <v>259</v>
+      </c>
+      <c r="M43" t="s">
+        <v>213</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>260</v>
+      </c>
+      <c r="P43" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>262</v>
+      </c>
+      <c r="B44" t="s">
+        <v>263</v>
+      </c>
+      <c r="C44" t="s">
+        <v>210</v>
+      </c>
+      <c r="D44" t="s">
+        <v>32</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>41</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
+        <v>211</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>264</v>
+      </c>
+      <c r="M44" t="s">
+        <v>213</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>265</v>
+      </c>
+      <c r="P44" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>267</v>
+      </c>
+      <c r="B45" t="s">
+        <v>268</v>
+      </c>
+      <c r="C45" t="s">
+        <v>210</v>
+      </c>
+      <c r="D45" t="s">
+        <v>32</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K39" t="s">
-[...31 lines deleted...]
-      <c r="G40">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2013</v>
       </c>
-      <c r="H40">
+      <c r="I45">
         <v>2014</v>
       </c>
-      <c r="I40" t="s">
-[...37 lines deleted...]
-      <c r="G41">
+      <c r="J45" t="s">
+        <v>211</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>264</v>
+      </c>
+      <c r="M45" t="s">
+        <v>213</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>269</v>
+      </c>
+      <c r="P45" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>271</v>
+      </c>
+      <c r="B46" t="s">
+        <v>272</v>
+      </c>
+      <c r="C46" t="s">
+        <v>210</v>
+      </c>
+      <c r="D46" t="s">
+        <v>273</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>41</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2013</v>
       </c>
-      <c r="H41">
+      <c r="I46">
         <v>2014</v>
       </c>
-      <c r="I41" t="s">
-[...2 lines deleted...]
-      <c r="J41" t="s">
+      <c r="J46" t="s">
+        <v>211</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>274</v>
+      </c>
+      <c r="M46" t="s">
+        <v>213</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>275</v>
+      </c>
+      <c r="P46" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>277</v>
+      </c>
+      <c r="B47" t="s">
+        <v>278</v>
+      </c>
+      <c r="C47" t="s">
+        <v>210</v>
+      </c>
+      <c r="D47" t="s">
+        <v>273</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K41" t="s">
-[...31 lines deleted...]
-      <c r="G42">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2013</v>
       </c>
-      <c r="H42">
+      <c r="I47">
         <v>2014</v>
       </c>
-      <c r="I42" t="s">
-[...37 lines deleted...]
-      <c r="G43">
+      <c r="J47" t="s">
+        <v>211</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>279</v>
+      </c>
+      <c r="M47" t="s">
+        <v>213</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>280</v>
+      </c>
+      <c r="P47" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>282</v>
+      </c>
+      <c r="B48" t="s">
+        <v>283</v>
+      </c>
+      <c r="C48" t="s">
+        <v>210</v>
+      </c>
+      <c r="D48" t="s">
+        <v>284</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2013</v>
       </c>
-      <c r="H43">
+      <c r="I48">
         <v>2014</v>
       </c>
-      <c r="I43" t="s">
-[...37 lines deleted...]
-      <c r="G44">
+      <c r="J48" t="s">
+        <v>211</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>285</v>
+      </c>
+      <c r="M48" t="s">
+        <v>213</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>286</v>
+      </c>
+      <c r="P48"/>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>287</v>
+      </c>
+      <c r="B49" t="s">
+        <v>288</v>
+      </c>
+      <c r="C49" t="s">
+        <v>210</v>
+      </c>
+      <c r="D49" t="s">
+        <v>52</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>41</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
         <v>2013</v>
       </c>
-      <c r="H44">
+      <c r="J49" t="s">
+        <v>211</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>285</v>
+      </c>
+      <c r="M49" t="s">
+        <v>213</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>289</v>
+      </c>
+      <c r="P49" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>291</v>
+      </c>
+      <c r="B50" t="s">
+        <v>292</v>
+      </c>
+      <c r="C50" t="s">
+        <v>210</v>
+      </c>
+      <c r="D50" t="s">
+        <v>293</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50">
         <v>2014</v>
       </c>
-      <c r="I44" t="s">
-[...2 lines deleted...]
-      <c r="J44" t="s">
+      <c r="J50" t="s">
+        <v>211</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>294</v>
+      </c>
+      <c r="M50" t="s">
+        <v>213</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>295</v>
+      </c>
+      <c r="P50" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>297</v>
+      </c>
+      <c r="B51" t="s">
+        <v>298</v>
+      </c>
+      <c r="C51" t="s">
+        <v>210</v>
+      </c>
+      <c r="D51" t="s">
+        <v>299</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K44" t="s">
-[...31 lines deleted...]
-      <c r="G45">
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2013</v>
       </c>
-      <c r="H45">
+      <c r="I51">
         <v>2014</v>
       </c>
-      <c r="I45" t="s">
-[...2 lines deleted...]
-      <c r="J45" t="s">
+      <c r="J51" t="s">
+        <v>211</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>212</v>
+      </c>
+      <c r="M51" t="s">
+        <v>213</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>300</v>
+      </c>
+      <c r="P51" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>302</v>
+      </c>
+      <c r="B52" t="s">
+        <v>303</v>
+      </c>
+      <c r="C52" t="s">
+        <v>210</v>
+      </c>
+      <c r="D52" t="s">
+        <v>304</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...31 lines deleted...]
-      <c r="G46">
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2013</v>
       </c>
-      <c r="H46">
+      <c r="I52">
         <v>2014</v>
       </c>
-      <c r="I46" t="s">
-[...2 lines deleted...]
-      <c r="J46" t="s">
+      <c r="J52" t="s">
+        <v>211</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>305</v>
+      </c>
+      <c r="M52" t="s">
+        <v>213</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>306</v>
+      </c>
+      <c r="P52" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B53" t="s">
+        <v>309</v>
+      </c>
+      <c r="C53" t="s">
+        <v>210</v>
+      </c>
+      <c r="D53" t="s">
+        <v>310</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K46" t="s">
-[...31 lines deleted...]
-      <c r="G47">
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2012</v>
+      </c>
+      <c r="I53">
         <v>2013</v>
       </c>
-      <c r="H47">
-[...5 lines deleted...]
-      <c r="J47" t="s">
+      <c r="J53" t="s">
+        <v>211</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>311</v>
+      </c>
+      <c r="M53" t="s">
+        <v>213</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>312</v>
+      </c>
+      <c r="P53" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>314</v>
+      </c>
+      <c r="B54" t="s">
+        <v>315</v>
+      </c>
+      <c r="C54" t="s">
+        <v>210</v>
+      </c>
+      <c r="D54" t="s">
+        <v>239</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K47" t="s">
-[...31 lines deleted...]
-      <c r="G48">
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54">
         <v>2013</v>
       </c>
-      <c r="H48">
-[...5 lines deleted...]
-      <c r="J48" t="s">
+      <c r="J54" t="s">
+        <v>211</v>
+      </c>
+      <c r="K54" t="s">
+        <v>240</v>
+      </c>
+      <c r="L54" t="s">
+        <v>316</v>
+      </c>
+      <c r="M54" t="s">
+        <v>213</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>317</v>
+      </c>
+      <c r="P54" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>319</v>
+      </c>
+      <c r="B55" t="s">
+        <v>320</v>
+      </c>
+      <c r="C55" t="s">
+        <v>210</v>
+      </c>
+      <c r="D55" t="s">
+        <v>321</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>41</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2012</v>
+      </c>
+      <c r="I55">
+        <v>2013</v>
+      </c>
+      <c r="J55" t="s">
+        <v>211</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>241</v>
+      </c>
+      <c r="M55" t="s">
+        <v>213</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>322</v>
+      </c>
+      <c r="P55" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>324</v>
+      </c>
+      <c r="B56" t="s">
+        <v>325</v>
+      </c>
+      <c r="C56" t="s">
+        <v>87</v>
+      </c>
+      <c r="D56" t="s">
+        <v>70</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K48" t="s">
-[...19 lines deleted...]
-      <c r="C49" t="s">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2016</v>
+      </c>
+      <c r="I56">
+        <v>2018</v>
+      </c>
+      <c r="J56" t="s">
+        <v>326</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>327</v>
+      </c>
+      <c r="M56" t="s">
+        <v>89</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>328</v>
+      </c>
+      <c r="P56" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>330</v>
+      </c>
+      <c r="B57" t="s">
+        <v>331</v>
+      </c>
+      <c r="C57" t="s">
+        <v>87</v>
+      </c>
+      <c r="D57" t="s">
+        <v>332</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2016</v>
+      </c>
+      <c r="I57">
+        <v>2018</v>
+      </c>
+      <c r="J57" t="s">
+        <v>333</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>334</v>
+      </c>
+      <c r="M57" t="s">
+        <v>89</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>335</v>
+      </c>
+      <c r="P57" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>337</v>
+      </c>
+      <c r="B58" t="s">
+        <v>338</v>
+      </c>
+      <c r="C58" t="s">
+        <v>87</v>
+      </c>
+      <c r="D58" t="s">
+        <v>339</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2016</v>
+      </c>
+      <c r="I58">
+        <v>2018</v>
+      </c>
+      <c r="J58" t="s">
+        <v>78</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>89</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>340</v>
+      </c>
+      <c r="P58" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>342</v>
+      </c>
+      <c r="B59" t="s">
+        <v>343</v>
+      </c>
+      <c r="C59" t="s">
+        <v>87</v>
+      </c>
+      <c r="D59" t="s">
+        <v>52</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2016</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>78</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>89</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>344</v>
+      </c>
+      <c r="P59" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>346</v>
+      </c>
+      <c r="B60" t="s">
+        <v>347</v>
+      </c>
+      <c r="C60" t="s">
+        <v>348</v>
+      </c>
+      <c r="D60" t="s">
+        <v>349</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>95</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2005</v>
+      </c>
+      <c r="I60">
+        <v>2008</v>
+      </c>
+      <c r="J60" t="s">
+        <v>350</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>351</v>
+      </c>
+      <c r="M60" t="s">
+        <v>352</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>353</v>
+      </c>
+      <c r="P60" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>355</v>
+      </c>
+      <c r="B61" t="s">
+        <v>356</v>
+      </c>
+      <c r="C61" t="s">
+        <v>357</v>
+      </c>
+      <c r="D61" t="s">
+        <v>32</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2004</v>
+      </c>
+      <c r="I61">
+        <v>2010</v>
+      </c>
+      <c r="J61" t="s">
+        <v>33</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>358</v>
+      </c>
+      <c r="M61" t="s">
+        <v>359</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>360</v>
+      </c>
+      <c r="P61" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>355</v>
+      </c>
+      <c r="B62" t="s">
+        <v>362</v>
+      </c>
+      <c r="C62" t="s">
+        <v>357</v>
+      </c>
+      <c r="D62" t="s">
+        <v>363</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>95</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2004</v>
+      </c>
+      <c r="I62">
+        <v>2010</v>
+      </c>
+      <c r="J62" t="s">
+        <v>364</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>358</v>
+      </c>
+      <c r="M62" t="s">
+        <v>359</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>365</v>
+      </c>
+      <c r="P62" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>367</v>
+      </c>
+      <c r="B63" t="s">
+        <v>368</v>
+      </c>
+      <c r="C63" t="s">
+        <v>357</v>
+      </c>
+      <c r="D63" t="s">
+        <v>52</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
         <v>41</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49">
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2009</v>
+      </c>
+      <c r="I63">
         <v>2012</v>
       </c>
-      <c r="H49">
-[...5 lines deleted...]
-      <c r="J49" t="s">
+      <c r="J63" t="s">
+        <v>33</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>359</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>369</v>
+      </c>
+      <c r="P63" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>367</v>
+      </c>
+      <c r="B64" t="s">
+        <v>371</v>
+      </c>
+      <c r="C64" t="s">
+        <v>357</v>
+      </c>
+      <c r="D64" t="s">
+        <v>52</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
         <v>21</v>
       </c>
-      <c r="K49" t="s">
-[...40 lines deleted...]
-      <c r="J50" t="s">
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2010</v>
+      </c>
+      <c r="I64">
+        <v>2012</v>
+      </c>
+      <c r="J64" t="s">
+        <v>33</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>372</v>
+      </c>
+      <c r="M64" t="s">
+        <v>359</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>373</v>
+      </c>
+      <c r="P64" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>374</v>
+      </c>
+      <c r="B65" t="s">
+        <v>375</v>
+      </c>
+      <c r="C65" t="s">
+        <v>376</v>
+      </c>
+      <c r="D65" t="s">
+        <v>70</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...642 lines deleted...]
-        <v>2010</v>
+      <c r="G65" t="s">
+        <v>22</v>
       </c>
       <c r="H65">
         <v>2010</v>
       </c>
-      <c r="I65" t="s">
-        <v>252</v>
+      <c r="I65">
+        <v>2010</v>
       </c>
       <c r="J65" t="s">
+        <v>350</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>377</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>378</v>
+      </c>
+      <c r="P65" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>380</v>
+      </c>
+      <c r="B66" t="s">
+        <v>381</v>
+      </c>
+      <c r="C66" t="s">
+        <v>382</v>
+      </c>
+      <c r="D66" t="s">
+        <v>76</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>77</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2019</v>
+      </c>
+      <c r="I66">
+        <v>2022</v>
+      </c>
+      <c r="J66" t="s">
+        <v>383</v>
+      </c>
+      <c r="K66" t="s">
+        <v>79</v>
+      </c>
+      <c r="L66" t="s">
+        <v>80</v>
+      </c>
+      <c r="M66" t="s">
+        <v>384</v>
+      </c>
+      <c r="N66" t="s">
+        <v>82</v>
+      </c>
+      <c r="O66" t="s">
+        <v>385</v>
+      </c>
+      <c r="P66" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>387</v>
+      </c>
+      <c r="B67" t="s">
+        <v>388</v>
+      </c>
+      <c r="C67" t="s">
+        <v>101</v>
+      </c>
+      <c r="D67" t="s">
+        <v>52</v>
+      </c>
+      <c r="E67" t="s">
+        <v>389</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K65"/>
-[...29 lines deleted...]
-      <c r="G66">
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2013</v>
+      </c>
+      <c r="I67">
+        <v>2015</v>
+      </c>
+      <c r="J67" t="s">
+        <v>78</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>390</v>
+      </c>
+      <c r="M67" t="s">
+        <v>104</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>391</v>
+      </c>
+      <c r="P67" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>393</v>
+      </c>
+      <c r="B68" t="s">
+        <v>394</v>
+      </c>
+      <c r="C68" t="s">
+        <v>395</v>
+      </c>
+      <c r="D68" t="s">
+        <v>88</v>
+      </c>
+      <c r="E68" t="s">
+        <v>389</v>
+      </c>
+      <c r="F68" t="s">
+        <v>41</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2017</v>
+      </c>
+      <c r="I68">
         <v>2019</v>
       </c>
-      <c r="H66">
+      <c r="J68" t="s">
+        <v>383</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>396</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>397</v>
+      </c>
+      <c r="P68" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>399</v>
+      </c>
+      <c r="B69" t="s">
+        <v>400</v>
+      </c>
+      <c r="C69" t="s">
+        <v>401</v>
+      </c>
+      <c r="D69" t="s">
+        <v>76</v>
+      </c>
+      <c r="E69" t="s">
+        <v>389</v>
+      </c>
+      <c r="F69" t="s">
+        <v>77</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2018</v>
+      </c>
+      <c r="I69">
         <v>2022</v>
       </c>
-      <c r="I66" t="s">
-[...22 lines deleted...]
-      <c r="B67" t="s">
+      <c r="J69" t="s">
+        <v>383</v>
+      </c>
+      <c r="K69" t="s">
+        <v>79</v>
+      </c>
+      <c r="L69" t="s">
+        <v>80</v>
+      </c>
+      <c r="M69" t="s">
+        <v>402</v>
+      </c>
+      <c r="N69" t="s">
+        <v>82</v>
+      </c>
+      <c r="O69" t="s">
+        <v>403</v>
+      </c>
+      <c r="P69" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>405</v>
+      </c>
+      <c r="B70" t="s">
+        <v>406</v>
+      </c>
+      <c r="C70" t="s">
+        <v>401</v>
+      </c>
+      <c r="D70" t="s">
         <v>76</v>
       </c>
-      <c r="C67" t="s">
-[...11 lines deleted...]
-      <c r="G67">
+      <c r="E70" t="s">
+        <v>389</v>
+      </c>
+      <c r="F70" t="s">
+        <v>77</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2018</v>
+      </c>
+      <c r="I70">
+        <v>2022</v>
+      </c>
+      <c r="J70" t="s">
+        <v>383</v>
+      </c>
+      <c r="K70" t="s">
+        <v>407</v>
+      </c>
+      <c r="L70" t="s">
+        <v>80</v>
+      </c>
+      <c r="M70" t="s">
+        <v>402</v>
+      </c>
+      <c r="N70" t="s">
+        <v>82</v>
+      </c>
+      <c r="O70" t="s">
+        <v>408</v>
+      </c>
+      <c r="P70" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>409</v>
+      </c>
+      <c r="B71" t="s">
+        <v>410</v>
+      </c>
+      <c r="C71" t="s">
+        <v>411</v>
+      </c>
+      <c r="D71" t="s">
+        <v>52</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>95</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71">
+        <v>2018</v>
+      </c>
+      <c r="J71" t="s">
+        <v>412</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>413</v>
+      </c>
+      <c r="M71" t="s">
+        <v>414</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>415</v>
+      </c>
+      <c r="P71" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>417</v>
+      </c>
+      <c r="B72" t="s">
+        <v>418</v>
+      </c>
+      <c r="C72" t="s">
+        <v>419</v>
+      </c>
+      <c r="D72" t="s">
+        <v>52</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>95</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>2013</v>
       </c>
-      <c r="H67">
-[...43 lines deleted...]
-      <c r="H68">
+      <c r="I72">
+        <v>2018</v>
+      </c>
+      <c r="J72" t="s">
+        <v>326</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>420</v>
+      </c>
+      <c r="M72" t="s">
+        <v>421</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>422</v>
+      </c>
+      <c r="P72" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>424</v>
+      </c>
+      <c r="B73" t="s">
+        <v>425</v>
+      </c>
+      <c r="C73" t="s">
+        <v>419</v>
+      </c>
+      <c r="D73" t="s">
+        <v>426</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>95</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2016</v>
+      </c>
+      <c r="I73">
         <v>2019</v>
       </c>
-      <c r="I68" t="s">
-[...219 lines deleted...]
-      </c>
       <c r="J73" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>421</v>
       </c>
       <c r="N73" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>427</v>
+      </c>
+      <c r="P73" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>306</v>
+        <v>429</v>
       </c>
       <c r="B74" t="s">
-        <v>299</v>
+        <v>430</v>
       </c>
       <c r="C74" t="s">
-        <v>233</v>
+        <v>419</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>321</v>
       </c>
       <c r="E74" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>95</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
       </c>
       <c r="H74">
         <v>2018</v>
       </c>
-      <c r="I74" t="s">
-        <v>236</v>
+      <c r="I74">
+        <v>2018</v>
       </c>
       <c r="J74" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>421</v>
       </c>
       <c r="N74" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>431</v>
+      </c>
+      <c r="P74" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>308</v>
+        <v>432</v>
       </c>
       <c r="B75" t="s">
-        <v>299</v>
+        <v>433</v>
       </c>
       <c r="C75" t="s">
-        <v>309</v>
+        <v>419</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>434</v>
       </c>
       <c r="E75" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>95</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
       </c>
       <c r="H75">
         <v>2018</v>
       </c>
-      <c r="I75" t="s">
-        <v>236</v>
+      <c r="I75">
+        <v>2018</v>
       </c>
       <c r="J75" t="s">
-        <v>310</v>
-[...4 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="K75" t="s">
+        <v>435</v>
+      </c>
+      <c r="L75"/>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>421</v>
       </c>
       <c r="N75" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>436</v>
+      </c>
+      <c r="P75" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>312</v>
+        <v>437</v>
       </c>
       <c r="B76" t="s">
+        <v>438</v>
+      </c>
+      <c r="C76" t="s">
+        <v>419</v>
+      </c>
+      <c r="D76" t="s">
+        <v>439</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>95</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2007</v>
+      </c>
+      <c r="I76">
+        <v>2018</v>
+      </c>
+      <c r="J76" t="s">
+        <v>326</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>440</v>
+      </c>
+      <c r="M76" t="s">
+        <v>421</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>441</v>
+      </c>
+      <c r="P76" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>442</v>
+      </c>
+      <c r="B77" t="s">
+        <v>433</v>
+      </c>
+      <c r="C77" t="s">
+        <v>419</v>
+      </c>
+      <c r="D77" t="s">
+        <v>32</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>95</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2007</v>
+      </c>
+      <c r="I77">
+        <v>2018</v>
+      </c>
+      <c r="J77" t="s">
+        <v>326</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>443</v>
+      </c>
+      <c r="M77" t="s">
+        <v>421</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>444</v>
+      </c>
+      <c r="P77" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>445</v>
+      </c>
+      <c r="B78" t="s">
+        <v>446</v>
+      </c>
+      <c r="C78" t="s">
+        <v>419</v>
+      </c>
+      <c r="D78" t="s">
+        <v>426</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>95</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2016</v>
+      </c>
+      <c r="I78">
+        <v>2019</v>
+      </c>
+      <c r="J78" t="s">
+        <v>326</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>421</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>447</v>
+      </c>
+      <c r="P78" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>448</v>
+      </c>
+      <c r="B79" t="s">
+        <v>449</v>
+      </c>
+      <c r="C79" t="s">
+        <v>94</v>
+      </c>
+      <c r="D79" t="s">
         <v>299</v>
       </c>
-      <c r="C76" t="s">
-[...11 lines deleted...]
-      <c r="G76">
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>95</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
         <v>2007</v>
       </c>
-      <c r="H76">
-[...5 lines deleted...]
-      <c r="J76" t="s">
+      <c r="I79">
+        <v>2011</v>
+      </c>
+      <c r="J79" t="s">
+        <v>33</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>450</v>
+      </c>
+      <c r="M79" t="s">
+        <v>451</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>452</v>
+      </c>
+      <c r="P79" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>454</v>
+      </c>
+      <c r="B80" t="s">
+        <v>455</v>
+      </c>
+      <c r="C80" t="s">
+        <v>94</v>
+      </c>
+      <c r="D80" t="s">
+        <v>157</v>
+      </c>
+      <c r="E80" t="s">
+        <v>389</v>
+      </c>
+      <c r="F80" t="s">
         <v>21</v>
       </c>
-      <c r="K76" t="s">
-[...162 lines deleted...]
-        <v>2006</v>
+      <c r="G80" t="s">
+        <v>22</v>
       </c>
       <c r="H80">
         <v>2006</v>
       </c>
-      <c r="I80" t="s">
-        <v>28</v>
+      <c r="I80">
+        <v>2006</v>
       </c>
       <c r="J80" t="s">
+        <v>33</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>451</v>
+      </c>
+      <c r="N80" t="s">
+        <v>119</v>
+      </c>
+      <c r="O80" t="s">
+        <v>456</v>
+      </c>
+      <c r="P80"/>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>457</v>
+      </c>
+      <c r="B81" t="s">
+        <v>458</v>
+      </c>
+      <c r="C81" t="s">
+        <v>94</v>
+      </c>
+      <c r="D81" t="s">
+        <v>459</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>95</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2006</v>
+      </c>
+      <c r="I81">
+        <v>2015</v>
+      </c>
+      <c r="J81" t="s">
+        <v>33</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>96</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>460</v>
+      </c>
+      <c r="P81" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>462</v>
+      </c>
+      <c r="B82" t="s">
+        <v>463</v>
+      </c>
+      <c r="C82" t="s">
+        <v>94</v>
+      </c>
+      <c r="D82" t="s">
+        <v>464</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
         <v>21</v>
       </c>
-      <c r="K80"/>
-[...72 lines deleted...]
-        <v>2016</v>
+      <c r="G82" t="s">
+        <v>22</v>
       </c>
       <c r="H82">
         <v>2016</v>
       </c>
-      <c r="I82" t="s">
-        <v>28</v>
+      <c r="I82">
+        <v>2016</v>
       </c>
       <c r="J82" t="s">
+        <v>33</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>451</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>465</v>
+      </c>
+      <c r="P82" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>467</v>
+      </c>
+      <c r="B83" t="s">
+        <v>468</v>
+      </c>
+      <c r="C83" t="s">
+        <v>94</v>
+      </c>
+      <c r="D83" t="s">
+        <v>310</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
         <v>21</v>
       </c>
-      <c r="K82"/>
-[...11 lines deleted...]
-      <c r="A83" t="s">
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2012</v>
+      </c>
+      <c r="I83">
+        <v>2013</v>
+      </c>
+      <c r="J83" t="s">
+        <v>33</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>469</v>
+      </c>
+      <c r="M83" t="s">
+        <v>451</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>470</v>
+      </c>
+      <c r="P83" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>472</v>
+      </c>
+      <c r="B84" t="s">
+        <v>473</v>
+      </c>
+      <c r="C84" t="s">
+        <v>94</v>
+      </c>
+      <c r="D84" t="s">
+        <v>474</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>95</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>1986</v>
+      </c>
+      <c r="I84">
+        <v>2012</v>
+      </c>
+      <c r="J84" t="s">
+        <v>33</v>
+      </c>
+      <c r="K84" t="s">
+        <v>407</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>475</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>476</v>
+      </c>
+      <c r="P84" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>478</v>
+      </c>
+      <c r="B85" t="s">
+        <v>468</v>
+      </c>
+      <c r="C85" t="s">
+        <v>94</v>
+      </c>
+      <c r="D85" t="s">
+        <v>479</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>1986</v>
+      </c>
+      <c r="I85">
+        <v>2014</v>
+      </c>
+      <c r="J85" t="s">
+        <v>33</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>451</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>480</v>
+      </c>
+      <c r="P85" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>482</v>
+      </c>
+      <c r="B86" t="s">
+        <v>483</v>
+      </c>
+      <c r="C86" t="s">
+        <v>94</v>
+      </c>
+      <c r="D86" t="s">
+        <v>293</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2011</v>
+      </c>
+      <c r="I86">
+        <v>2011</v>
+      </c>
+      <c r="J86" t="s">
+        <v>33</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>484</v>
+      </c>
+      <c r="M86" t="s">
+        <v>451</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>485</v>
+      </c>
+      <c r="P86" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>487</v>
+      </c>
+      <c r="B87" t="s">
+        <v>488</v>
+      </c>
+      <c r="C87" t="s">
+        <v>489</v>
+      </c>
+      <c r="D87" t="s">
+        <v>321</v>
+      </c>
+      <c r="E87" t="s">
+        <v>389</v>
+      </c>
+      <c r="F87" t="s">
+        <v>41</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2002</v>
+      </c>
+      <c r="I87">
+        <v>2015</v>
+      </c>
+      <c r="J87" t="s">
         <v>333</v>
       </c>
-      <c r="B83" t="s">
-[...14 lines deleted...]
-      <c r="G83">
+      <c r="K87" t="s">
+        <v>490</v>
+      </c>
+      <c r="L87" t="s">
+        <v>491</v>
+      </c>
+      <c r="M87" t="s">
+        <v>492</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>493</v>
+      </c>
+      <c r="P87" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>495</v>
+      </c>
+      <c r="B88" t="s">
+        <v>496</v>
+      </c>
+      <c r="C88" t="s">
+        <v>489</v>
+      </c>
+      <c r="D88" t="s">
+        <v>321</v>
+      </c>
+      <c r="E88" t="s">
+        <v>389</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2013</v>
+      </c>
+      <c r="I88">
+        <v>2015</v>
+      </c>
+      <c r="J88" t="s">
+        <v>333</v>
+      </c>
+      <c r="K88" t="s">
+        <v>490</v>
+      </c>
+      <c r="L88" t="s">
+        <v>497</v>
+      </c>
+      <c r="M88" t="s">
+        <v>492</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>498</v>
+      </c>
+      <c r="P88" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>499</v>
+      </c>
+      <c r="B89" t="s">
+        <v>500</v>
+      </c>
+      <c r="C89" t="s">
+        <v>489</v>
+      </c>
+      <c r="D89" t="s">
+        <v>501</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>41</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2011</v>
+      </c>
+      <c r="I89">
+        <v>2014</v>
+      </c>
+      <c r="J89" t="s">
+        <v>502</v>
+      </c>
+      <c r="K89" t="s">
+        <v>490</v>
+      </c>
+      <c r="L89" t="s">
+        <v>503</v>
+      </c>
+      <c r="M89" t="s">
+        <v>492</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>504</v>
+      </c>
+      <c r="P89" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>499</v>
+      </c>
+      <c r="B90" t="s">
+        <v>506</v>
+      </c>
+      <c r="C90" t="s">
+        <v>489</v>
+      </c>
+      <c r="D90" t="s">
+        <v>501</v>
+      </c>
+      <c r="E90" t="s">
+        <v>389</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2015</v>
+      </c>
+      <c r="I90">
+        <v>2017</v>
+      </c>
+      <c r="J90" t="s">
+        <v>502</v>
+      </c>
+      <c r="K90" t="s">
+        <v>490</v>
+      </c>
+      <c r="L90" t="s">
+        <v>507</v>
+      </c>
+      <c r="M90" t="s">
+        <v>492</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>508</v>
+      </c>
+      <c r="P90" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>509</v>
+      </c>
+      <c r="B91" t="s">
+        <v>510</v>
+      </c>
+      <c r="C91" t="s">
+        <v>489</v>
+      </c>
+      <c r="D91" t="s">
+        <v>253</v>
+      </c>
+      <c r="E91" t="s">
+        <v>389</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2011</v>
+      </c>
+      <c r="I91">
+        <v>2021</v>
+      </c>
+      <c r="J91" t="s">
+        <v>502</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>511</v>
+      </c>
+      <c r="M91" t="s">
+        <v>492</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>512</v>
+      </c>
+      <c r="P91" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>514</v>
+      </c>
+      <c r="B92" t="s">
+        <v>515</v>
+      </c>
+      <c r="C92" t="s">
+        <v>489</v>
+      </c>
+      <c r="D92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E92" t="s">
+        <v>389</v>
+      </c>
+      <c r="F92" t="s">
+        <v>41</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2002</v>
+      </c>
+      <c r="I92">
+        <v>2021</v>
+      </c>
+      <c r="J92" t="s">
+        <v>502</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>516</v>
+      </c>
+      <c r="M92" t="s">
+        <v>492</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>517</v>
+      </c>
+      <c r="P92" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>519</v>
+      </c>
+      <c r="B93" t="s">
+        <v>520</v>
+      </c>
+      <c r="C93" t="s">
+        <v>489</v>
+      </c>
+      <c r="D93" t="s">
+        <v>521</v>
+      </c>
+      <c r="E93" t="s">
+        <v>389</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2011</v>
+      </c>
+      <c r="I93">
+        <v>2021</v>
+      </c>
+      <c r="J93" t="s">
+        <v>502</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>511</v>
+      </c>
+      <c r="M93" t="s">
+        <v>492</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>522</v>
+      </c>
+      <c r="P93" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>524</v>
+      </c>
+      <c r="B94" t="s">
+        <v>525</v>
+      </c>
+      <c r="C94" t="s">
+        <v>489</v>
+      </c>
+      <c r="D94" t="s">
+        <v>32</v>
+      </c>
+      <c r="E94" t="s">
+        <v>389</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2011</v>
+      </c>
+      <c r="I94">
+        <v>2021</v>
+      </c>
+      <c r="J94" t="s">
+        <v>502</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>526</v>
+      </c>
+      <c r="M94" t="s">
+        <v>492</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>527</v>
+      </c>
+      <c r="P94" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>529</v>
+      </c>
+      <c r="B95" t="s">
+        <v>530</v>
+      </c>
+      <c r="C95" t="s">
+        <v>489</v>
+      </c>
+      <c r="D95" t="s">
+        <v>253</v>
+      </c>
+      <c r="E95" t="s">
+        <v>389</v>
+      </c>
+      <c r="F95" t="s">
+        <v>41</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2002</v>
+      </c>
+      <c r="I95">
+        <v>2021</v>
+      </c>
+      <c r="J95" t="s">
+        <v>502</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>531</v>
+      </c>
+      <c r="M95" t="s">
+        <v>492</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>532</v>
+      </c>
+      <c r="P95" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>534</v>
+      </c>
+      <c r="B96" t="s">
+        <v>535</v>
+      </c>
+      <c r="C96" t="s">
+        <v>489</v>
+      </c>
+      <c r="D96" t="s">
+        <v>521</v>
+      </c>
+      <c r="E96" t="s">
+        <v>389</v>
+      </c>
+      <c r="F96" t="s">
+        <v>41</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2002</v>
+      </c>
+      <c r="I96">
+        <v>2021</v>
+      </c>
+      <c r="J96" t="s">
+        <v>502</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>536</v>
+      </c>
+      <c r="M96" t="s">
+        <v>492</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>537</v>
+      </c>
+      <c r="P96" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>539</v>
+      </c>
+      <c r="B97" t="s">
+        <v>540</v>
+      </c>
+      <c r="C97" t="s">
+        <v>489</v>
+      </c>
+      <c r="D97" t="s">
+        <v>70</v>
+      </c>
+      <c r="E97" t="s">
+        <v>389</v>
+      </c>
+      <c r="F97" t="s">
+        <v>41</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2002</v>
+      </c>
+      <c r="I97">
+        <v>2021</v>
+      </c>
+      <c r="J97" t="s">
+        <v>502</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>541</v>
+      </c>
+      <c r="M97" t="s">
+        <v>492</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>542</v>
+      </c>
+      <c r="P97" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>544</v>
+      </c>
+      <c r="B98" t="s">
+        <v>545</v>
+      </c>
+      <c r="C98" t="s">
+        <v>489</v>
+      </c>
+      <c r="D98" t="s">
+        <v>546</v>
+      </c>
+      <c r="E98" t="s">
+        <v>389</v>
+      </c>
+      <c r="F98" t="s">
+        <v>41</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
         <v>2012</v>
       </c>
-      <c r="H83">
+      <c r="I98">
+        <v>2015</v>
+      </c>
+      <c r="J98" t="s">
+        <v>333</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>547</v>
+      </c>
+      <c r="M98" t="s">
+        <v>492</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>548</v>
+      </c>
+      <c r="P98" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>550</v>
+      </c>
+      <c r="B99" t="s">
+        <v>74</v>
+      </c>
+      <c r="C99" t="s">
+        <v>551</v>
+      </c>
+      <c r="D99" t="s">
+        <v>76</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>77</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2016</v>
+      </c>
+      <c r="I99">
+        <v>2017</v>
+      </c>
+      <c r="J99" t="s">
+        <v>78</v>
+      </c>
+      <c r="K99" t="s">
+        <v>79</v>
+      </c>
+      <c r="L99" t="s">
+        <v>80</v>
+      </c>
+      <c r="M99" t="s">
+        <v>552</v>
+      </c>
+      <c r="N99" t="s">
+        <v>82</v>
+      </c>
+      <c r="O99" t="s">
+        <v>553</v>
+      </c>
+      <c r="P99" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>555</v>
+      </c>
+      <c r="B100" t="s">
+        <v>556</v>
+      </c>
+      <c r="C100" t="s">
+        <v>557</v>
+      </c>
+      <c r="D100" t="s">
+        <v>32</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>95</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
         <v>2013</v>
       </c>
-      <c r="I83" t="s">
-[...2 lines deleted...]
-      <c r="J83" t="s">
+      <c r="I100">
+        <v>2020</v>
+      </c>
+      <c r="J100" t="s">
+        <v>211</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>558</v>
+      </c>
+      <c r="M100" t="s">
+        <v>559</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>560</v>
+      </c>
+      <c r="P100" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>562</v>
+      </c>
+      <c r="B101" t="s">
+        <v>563</v>
+      </c>
+      <c r="C101" t="s">
+        <v>557</v>
+      </c>
+      <c r="D101" t="s">
+        <v>52</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>95</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2011</v>
+      </c>
+      <c r="I101">
+        <v>2019</v>
+      </c>
+      <c r="J101" t="s">
+        <v>211</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>564</v>
+      </c>
+      <c r="M101" t="s">
+        <v>559</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>565</v>
+      </c>
+      <c r="P101" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>567</v>
+      </c>
+      <c r="B102" t="s">
+        <v>568</v>
+      </c>
+      <c r="C102" t="s">
+        <v>557</v>
+      </c>
+      <c r="D102" t="s">
+        <v>474</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>95</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2014</v>
+      </c>
+      <c r="I102">
+        <v>2015</v>
+      </c>
+      <c r="J102" t="s">
+        <v>412</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>559</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>569</v>
+      </c>
+      <c r="P102" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>571</v>
+      </c>
+      <c r="B103" t="s">
+        <v>572</v>
+      </c>
+      <c r="C103" t="s">
+        <v>557</v>
+      </c>
+      <c r="D103" t="s">
+        <v>546</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>95</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2016</v>
+      </c>
+      <c r="I103">
+        <v>2019</v>
+      </c>
+      <c r="J103" t="s">
+        <v>412</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>559</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>573</v>
+      </c>
+      <c r="P103" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>575</v>
+      </c>
+      <c r="B104" t="s">
+        <v>576</v>
+      </c>
+      <c r="C104" t="s">
+        <v>577</v>
+      </c>
+      <c r="D104" t="s">
+        <v>70</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
         <v>21</v>
       </c>
-      <c r="K83" t="s">
-[...34 lines deleted...]
-      <c r="H84">
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2010</v>
+      </c>
+      <c r="I104">
+        <v>2014</v>
+      </c>
+      <c r="J104" t="s">
+        <v>364</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>578</v>
+      </c>
+      <c r="M104" t="s">
+        <v>579</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>580</v>
+      </c>
+      <c r="P104" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>582</v>
+      </c>
+      <c r="B105" t="s">
+        <v>583</v>
+      </c>
+      <c r="C105" t="s">
+        <v>577</v>
+      </c>
+      <c r="D105" t="s">
+        <v>584</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>95</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
         <v>2012</v>
       </c>
-      <c r="I84" t="s">
-[...12 lines deleted...]
-      <c r="N84" t="s">
+      <c r="I105">
+        <v>2014</v>
+      </c>
+      <c r="J105" t="s">
+        <v>364</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>585</v>
+      </c>
+      <c r="M105" t="s">
+        <v>579</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>586</v>
+      </c>
+      <c r="P105" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>588</v>
+      </c>
+      <c r="B106" t="s">
+        <v>589</v>
+      </c>
+      <c r="C106" t="s">
+        <v>577</v>
+      </c>
+      <c r="D106" t="s">
         <v>339</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H85">
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2012</v>
+      </c>
+      <c r="I106">
         <v>2014</v>
       </c>
-      <c r="I85" t="s">
-[...274 lines deleted...]
-      <c r="N91" t="s">
+      <c r="J106" t="s">
         <v>364</v>
       </c>
-    </row>
-[...348 lines deleted...]
-      <c r="N99" t="s">
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>590</v>
+      </c>
+      <c r="M106" t="s">
+        <v>579</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>591</v>
+      </c>
+      <c r="P106" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>593</v>
+      </c>
+      <c r="B107" t="s">
+        <v>594</v>
+      </c>
+      <c r="C107" t="s">
+        <v>101</v>
+      </c>
+      <c r="D107" t="s">
+        <v>595</v>
+      </c>
+      <c r="E107" t="s">
         <v>389</v>
       </c>
-    </row>
-[...95 lines deleted...]
-      <c r="C102" t="s">
+      <c r="F107" t="s">
         <v>41</v>
       </c>
-      <c r="D102" t="s">
-[...225 lines deleted...]
-        <v>2012</v>
+      <c r="G107" t="s">
+        <v>22</v>
       </c>
       <c r="H107">
         <v>2014</v>
       </c>
-      <c r="I107" t="s">
-        <v>259</v>
+      <c r="I107">
+        <v>2017</v>
       </c>
       <c r="J107" t="s">
-        <v>21</v>
+        <v>211</v>
       </c>
       <c r="K107" t="s">
-        <v>416</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="N107" t="s">
-        <v>417</v>
-[...41 lines deleted...]
-        <v>420</v>
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>596</v>
+      </c>
+      <c r="P107" t="s">
+        <v>597</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>