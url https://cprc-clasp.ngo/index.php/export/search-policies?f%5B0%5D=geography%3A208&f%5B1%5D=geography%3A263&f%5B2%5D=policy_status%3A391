--- v1 (2025-12-04)
+++ v2 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="598">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="589">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,597 +104,570 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...2 lines deleted...]
-    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
+  </si>
+  <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
+    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
+  </si>
+  <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
+    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
+  </si>
+  <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
+  </si>
+  <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
+    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
+  </si>
+  <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
+    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>ISO-8187</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
+  </si>
+  <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
+  </si>
+  <si>
+    <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>ISIRI 9187-2:2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
+  </si>
+  <si>
+    <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>NS 5635 (2001)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>AS 4553,</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
+    <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
+  </si>
+  <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
+  </si>
+  <si>
+    <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>ISIRI 4231 ,ASME PTC4</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>NS 3678: 1995</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
+    <t>Evaporative Coolers</t>
+  </si>
+  <si>
+    <t>AS 2913-1987 ,IS3315-1974</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
+    <t>AS 4553, ISIRI 7268-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
+  </si>
+  <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
+  </si>
+  <si>
+    <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
+  </si>
+  <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>ISO-2548 (Class C)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
+  </si>
+  <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>ISIRI 3772-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
+  </si>
+  <si>
+    <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
+  </si>
+  <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
+  </si>
+  <si>
+    <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
+  </si>
+  <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
-  </si>
-[...418 lines deleted...]
-    <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
   </si>
   <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
     <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
@@ -2178,65 +2151,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P107"/>
+  <dimension ref="A1:P105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2321,5227 +2294,5129 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="I8">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="I9">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2015</v>
+        <v>1986</v>
       </c>
       <c r="I10">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="N10" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D11" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="I11">
         <v>2019</v>
       </c>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
       <c r="M11" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>1986</v>
+        <v>1998</v>
       </c>
       <c r="I12">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
       <c r="M12" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="P12" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
         <v>99</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>85</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
         <v>100</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
         <v>102</v>
       </c>
-      <c r="E13" t="s">
-[...23 lines deleted...]
-      <c r="M13" t="s">
+      <c r="N13" t="s">
+        <v>109</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>85</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2002</v>
+      </c>
+      <c r="I14">
+        <v>2008</v>
+      </c>
+      <c r="J14" t="s">
+        <v>100</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
         <v>109</v>
       </c>
-      <c r="D14" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O14" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="P14" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2008</v>
       </c>
       <c r="I15">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="J15" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>118</v>
       </c>
       <c r="M15" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
         <v>119</v>
       </c>
-      <c r="O15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P15" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
         <v>121</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" t="s">
         <v>122</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>85</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>100</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
         <v>123</v>
       </c>
-      <c r="E16" t="s">
-[...20 lines deleted...]
-      <c r="L16" t="s">
+      <c r="M16" t="s">
+        <v>102</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
         <v>124</v>
       </c>
-      <c r="M16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P16" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
         <v>126</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
         <v>127</v>
       </c>
-      <c r="C17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>85</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="I17">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="J17" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>128</v>
       </c>
       <c r="M17" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>129</v>
       </c>
       <c r="P17" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>130</v>
       </c>
       <c r="B18" t="s">
         <v>131</v>
       </c>
       <c r="C18" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D18" t="s">
         <v>132</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I18">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J18" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>133</v>
       </c>
       <c r="M18" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>134</v>
       </c>
       <c r="P18" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>135</v>
       </c>
       <c r="B19" t="s">
         <v>136</v>
       </c>
       <c r="C19" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D19" t="s">
         <v>137</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="I19">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="J19" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K19" t="s">
-        <v>24</v>
+        <v>138</v>
       </c>
       <c r="L19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M19" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P19" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C20" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D20" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="I20">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="J20" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K20" t="s">
-        <v>24</v>
+        <v>138</v>
       </c>
       <c r="L20" t="s">
         <v>143</v>
       </c>
       <c r="M20" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N20" t="s">
-        <v>27</v>
+        <v>109</v>
       </c>
       <c r="O20" t="s">
         <v>144</v>
       </c>
       <c r="P20" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>145</v>
       </c>
       <c r="B21" t="s">
         <v>146</v>
       </c>
       <c r="C21" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D21" t="s">
         <v>147</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I21">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
         <v>148</v>
       </c>
-      <c r="L21" t="s">
+      <c r="M21" t="s">
+        <v>102</v>
+      </c>
+      <c r="N21" t="s">
+        <v>109</v>
+      </c>
+      <c r="O21" t="s">
         <v>149</v>
       </c>
-      <c r="M21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P21" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B22" t="s">
         <v>151</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>85</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
         <v>152</v>
       </c>
-      <c r="C22" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K22" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>153</v>
       </c>
       <c r="M22" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N22" t="s">
-        <v>119</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>154</v>
       </c>
       <c r="P22" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>155</v>
       </c>
       <c r="B23" t="s">
         <v>156</v>
       </c>
       <c r="C23" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D23" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I23">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K23" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N23" t="s">
-        <v>119</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="P23" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
         <v>160</v>
       </c>
-      <c r="B24" t="s">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>85</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2003</v>
+      </c>
+      <c r="I24">
+        <v>2010</v>
+      </c>
+      <c r="J24" t="s">
+        <v>100</v>
+      </c>
+      <c r="K24" t="s">
+        <v>138</v>
+      </c>
+      <c r="L24" t="s">
         <v>161</v>
       </c>
-      <c r="C24" t="s">
-[...20 lines deleted...]
-      <c r="J24" t="s">
+      <c r="M24" t="s">
+        <v>102</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
         <v>162</v>
       </c>
-      <c r="K24" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P24" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>163</v>
+      </c>
+      <c r="B25" t="s">
+        <v>164</v>
+      </c>
+      <c r="C25" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" t="s">
         <v>165</v>
       </c>
-      <c r="B25" t="s">
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>85</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2002</v>
+      </c>
+      <c r="I25">
+        <v>2002</v>
+      </c>
+      <c r="J25" t="s">
+        <v>100</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
         <v>166</v>
       </c>
-      <c r="C25" t="s">
-[...26 lines deleted...]
-      <c r="L25"/>
       <c r="M25" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>167</v>
       </c>
       <c r="P25" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>168</v>
       </c>
       <c r="B26" t="s">
         <v>169</v>
       </c>
       <c r="C26" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D26" t="s">
         <v>170</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="I26">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="J26" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K26" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>171</v>
       </c>
       <c r="M26" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>172</v>
       </c>
       <c r="P26" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>173</v>
       </c>
       <c r="B27" t="s">
         <v>174</v>
       </c>
       <c r="C27" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D27" t="s">
-        <v>175</v>
+        <v>137</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2002</v>
       </c>
       <c r="I27">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="J27" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K27" t="s">
-        <v>24</v>
+        <v>138</v>
       </c>
       <c r="L27" t="s">
+        <v>175</v>
+      </c>
+      <c r="M27" t="s">
+        <v>102</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
         <v>176</v>
       </c>
-      <c r="M27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P27" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>177</v>
+      </c>
+      <c r="B28" t="s">
         <v>178</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" t="s">
+        <v>137</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
+        <v>2012</v>
+      </c>
+      <c r="J28" t="s">
+        <v>100</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>102</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
         <v>179</v>
       </c>
-      <c r="C28" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P28" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B29" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C29" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D29" t="s">
-        <v>147</v>
+        <v>182</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2002</v>
       </c>
       <c r="I29">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="J29" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K29" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="M29" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N29" t="s">
-        <v>27</v>
+        <v>109</v>
       </c>
       <c r="O29" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="P29" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>185</v>
+      </c>
+      <c r="B30" t="s">
+        <v>186</v>
+      </c>
+      <c r="C30" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" t="s">
         <v>187</v>
       </c>
-      <c r="B30" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I30">
         <v>2012</v>
       </c>
       <c r="J30" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" t="s">
+        <v>188</v>
+      </c>
       <c r="M30" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>189</v>
       </c>
       <c r="P30" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>190</v>
       </c>
       <c r="B31" t="s">
         <v>191</v>
       </c>
       <c r="C31" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D31" t="s">
         <v>192</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I31">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="J31" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31" t="s">
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>102</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
         <v>193</v>
       </c>
-      <c r="M31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P31" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>194</v>
+      </c>
+      <c r="B32" t="s">
         <v>195</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" t="s">
         <v>196</v>
       </c>
-      <c r="C32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="P32" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>198</v>
+      </c>
+      <c r="B33" t="s">
+        <v>199</v>
+      </c>
+      <c r="C33" t="s">
         <v>200</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
         <v>201</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="s">
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
         <v>202</v>
       </c>
-      <c r="E33" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>203</v>
+      </c>
       <c r="M33" t="s">
-        <v>112</v>
+        <v>204</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="P33" t="s">
-        <v>114</v>
+        <v>206</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>200</v>
+      </c>
+      <c r="D34" t="s">
+        <v>209</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>202</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>203</v>
+      </c>
+      <c r="M34" t="s">
         <v>204</v>
       </c>
-      <c r="B34" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="P34" t="s">
-        <v>114</v>
+        <v>211</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C35" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D35" t="s">
-        <v>70</v>
+        <v>214</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35">
         <v>2014</v>
       </c>
       <c r="J35" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="M35" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P35" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B36" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C36" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D36" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2013</v>
       </c>
       <c r="I36">
         <v>2014</v>
       </c>
       <c r="J36" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="M36" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B37" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C37" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D37" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2014</v>
       </c>
       <c r="J37" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>212</v>
+        <v>225</v>
       </c>
       <c r="M37" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="P37" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B38" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C38" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D38" t="s">
-        <v>206</v>
+        <v>230</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2013</v>
       </c>
       <c r="I38">
         <v>2014</v>
       </c>
       <c r="J38" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K38" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="L38" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="M38" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="P38" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B39" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C39" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D39" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2013</v>
       </c>
       <c r="I39">
         <v>2014</v>
       </c>
       <c r="J39" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="M39" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N39" t="s">
-        <v>27</v>
+        <v>239</v>
       </c>
       <c r="O39" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="P39" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B40" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C40" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D40" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K40" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="L40" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="M40" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="P40" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>248</v>
+      </c>
+      <c r="B41" t="s">
+        <v>249</v>
+      </c>
+      <c r="C41" t="s">
+        <v>200</v>
+      </c>
+      <c r="D41" t="s">
         <v>244</v>
       </c>
-      <c r="B41" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41">
         <v>2014</v>
       </c>
       <c r="J41" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K41" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="L41" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="M41" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N41" t="s">
-        <v>248</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="P41" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B42" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C42" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D42" t="s">
-        <v>253</v>
+        <v>84</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
       <c r="I42">
         <v>2014</v>
       </c>
       <c r="J42" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K42" t="s">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M42" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P42" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B43" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C43" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D43" t="s">
-        <v>253</v>
+        <v>84</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2013</v>
       </c>
       <c r="I43">
         <v>2014</v>
       </c>
       <c r="J43" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K43" t="s">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="M43" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>260</v>
       </c>
       <c r="P43" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>262</v>
       </c>
       <c r="B44" t="s">
         <v>263</v>
       </c>
       <c r="C44" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D44" t="s">
-        <v>32</v>
+        <v>264</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2013</v>
       </c>
       <c r="I44">
         <v>2014</v>
       </c>
       <c r="J44" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M44" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P44" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B45" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C45" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D45" t="s">
-        <v>32</v>
+        <v>264</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45">
         <v>2014</v>
       </c>
       <c r="J45" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="M45" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="P45" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B46" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C46" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D46" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46">
         <v>2014</v>
       </c>
       <c r="J46" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M46" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="P46"/>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B47" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C47" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D47" t="s">
-        <v>273</v>
+        <v>47</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47">
         <v>2013</v>
       </c>
-      <c r="I47">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="M47" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>280</v>
       </c>
       <c r="P47" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>282</v>
       </c>
       <c r="B48" t="s">
         <v>283</v>
       </c>
       <c r="C48" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D48" t="s">
         <v>284</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2013</v>
       </c>
       <c r="I48">
         <v>2014</v>
       </c>
       <c r="J48" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
         <v>285</v>
       </c>
       <c r="M48" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>286</v>
       </c>
-      <c r="P48"/>
+      <c r="P48" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B49" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C49" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D49" t="s">
-        <v>52</v>
+        <v>290</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I49">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J49" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>285</v>
+        <v>203</v>
       </c>
       <c r="M49" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="P49" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B50" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C50" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D50" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50">
         <v>2014</v>
       </c>
       <c r="J50" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="M50" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="P50" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B51" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C51" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D51" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
+        <v>2012</v>
+      </c>
+      <c r="I51">
         <v>2013</v>
       </c>
-      <c r="I51">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>212</v>
+        <v>302</v>
       </c>
       <c r="M51" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="P51" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B52" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C52" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D52" t="s">
-        <v>304</v>
+        <v>230</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
+        <v>2012</v>
+      </c>
+      <c r="I52">
         <v>2013</v>
       </c>
-      <c r="I52">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K52" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="L52" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="M52" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="P52" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B53" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C53" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D53" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
       <c r="I53">
         <v>2013</v>
       </c>
       <c r="J53" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>311</v>
+        <v>232</v>
       </c>
       <c r="M53" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P53" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B54" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C54" t="s">
-        <v>210</v>
+        <v>76</v>
       </c>
       <c r="D54" t="s">
-        <v>239</v>
+        <v>201</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I54">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J54" t="s">
-        <v>211</v>
+        <v>317</v>
       </c>
       <c r="K54" t="s">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="M54" t="s">
-        <v>213</v>
+        <v>78</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="P54" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B55" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C55" t="s">
-        <v>210</v>
+        <v>76</v>
       </c>
       <c r="D55" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I55">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J55" t="s">
-        <v>211</v>
+        <v>324</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>241</v>
+        <v>325</v>
       </c>
       <c r="M55" t="s">
-        <v>213</v>
+        <v>78</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="P55" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B56" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C56" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="D56" t="s">
-        <v>70</v>
+        <v>330</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2016</v>
       </c>
       <c r="I56">
         <v>2018</v>
       </c>
       <c r="J56" t="s">
-        <v>326</v>
+        <v>67</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
-      <c r="L56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="P56" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B57" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C57" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="D57" t="s">
-        <v>332</v>
+        <v>47</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2016</v>
       </c>
       <c r="I57">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J57" t="s">
-        <v>333</v>
+        <v>67</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="L57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>335</v>
       </c>
       <c r="P57" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>337</v>
       </c>
       <c r="B58" t="s">
         <v>338</v>
       </c>
       <c r="C58" t="s">
-        <v>87</v>
+        <v>339</v>
       </c>
       <c r="D58" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>21</v>
+        <v>85</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="I58">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="J58" t="s">
-        <v>78</v>
+        <v>341</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
-      <c r="L58"/>
+      <c r="L58" t="s">
+        <v>342</v>
+      </c>
       <c r="M58" t="s">
-        <v>89</v>
+        <v>343</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="P58" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B59" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="C59" t="s">
-        <v>87</v>
+        <v>348</v>
       </c>
       <c r="D59" t="s">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I59">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J59" t="s">
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="L59"/>
+      <c r="L59" t="s">
+        <v>349</v>
+      </c>
       <c r="M59" t="s">
-        <v>89</v>
+        <v>350</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="P59" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>346</v>
       </c>
       <c r="B60" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C60" t="s">
         <v>348</v>
       </c>
       <c r="D60" t="s">
+        <v>354</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>85</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2004</v>
+      </c>
+      <c r="I60">
+        <v>2010</v>
+      </c>
+      <c r="J60" t="s">
+        <v>355</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
         <v>349</v>
       </c>
-      <c r="E60" t="s">
-[...14 lines deleted...]
-      <c r="J60" t="s">
+      <c r="M60" t="s">
         <v>350</v>
       </c>
-      <c r="K60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="P60" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B61" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="C61" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="D61" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="I61">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
-      <c r="L61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>360</v>
       </c>
       <c r="P61" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B62" t="s">
         <v>362</v>
       </c>
       <c r="C62" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="D62" t="s">
+        <v>47</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2010</v>
+      </c>
+      <c r="I62">
+        <v>2012</v>
+      </c>
+      <c r="J62" t="s">
+        <v>35</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
         <v>363</v>
       </c>
-      <c r="E62" t="s">
-[...14 lines deleted...]
-      <c r="J62" t="s">
+      <c r="M62" t="s">
+        <v>350</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
         <v>364</v>
       </c>
-      <c r="K62" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P62" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
+        <v>365</v>
+      </c>
+      <c r="B63" t="s">
+        <v>366</v>
+      </c>
+      <c r="C63" t="s">
         <v>367</v>
       </c>
-      <c r="B63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>52</v>
+        <v>201</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I63">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J63" t="s">
-        <v>33</v>
+        <v>341</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>369</v>
       </c>
       <c r="P63" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B64" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C64" t="s">
-        <v>357</v>
+        <v>373</v>
       </c>
       <c r="D64" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="I64">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="J64" t="s">
-        <v>33</v>
+        <v>374</v>
       </c>
       <c r="K64" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="L64" t="s">
-        <v>372</v>
+        <v>69</v>
       </c>
       <c r="M64" t="s">
-        <v>359</v>
+        <v>375</v>
       </c>
       <c r="N64" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O64" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="P64" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="B65" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="C65" t="s">
-        <v>376</v>
+        <v>91</v>
       </c>
       <c r="D65" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="E65" t="s">
-        <v>20</v>
+        <v>380</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I65">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="J65" t="s">
-        <v>350</v>
+        <v>67</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65"/>
+      <c r="L65" t="s">
+        <v>381</v>
+      </c>
       <c r="M65" t="s">
-        <v>377</v>
+        <v>94</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="P65" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
+        <v>384</v>
+      </c>
+      <c r="B66" t="s">
+        <v>385</v>
+      </c>
+      <c r="C66" t="s">
+        <v>386</v>
+      </c>
+      <c r="D66" t="s">
+        <v>77</v>
+      </c>
+      <c r="E66" t="s">
         <v>380</v>
       </c>
-      <c r="B66" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F66" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
+        <v>2017</v>
+      </c>
+      <c r="I66">
         <v>2019</v>
       </c>
-      <c r="I66">
-[...1 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>383</v>
+        <v>374</v>
       </c>
       <c r="K66" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="N66" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="P66" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B67" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C67" t="s">
-        <v>101</v>
+        <v>392</v>
       </c>
       <c r="D67" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="E67" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I67">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="J67" t="s">
-        <v>78</v>
+        <v>374</v>
       </c>
       <c r="K67" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="L67" t="s">
-        <v>390</v>
+        <v>69</v>
       </c>
       <c r="M67" t="s">
-        <v>104</v>
+        <v>393</v>
       </c>
       <c r="N67" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O67" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="P67" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
+        <v>396</v>
+      </c>
+      <c r="B68" t="s">
+        <v>397</v>
+      </c>
+      <c r="C68" t="s">
+        <v>392</v>
+      </c>
+      <c r="D68" t="s">
+        <v>65</v>
+      </c>
+      <c r="E68" t="s">
+        <v>380</v>
+      </c>
+      <c r="F68" t="s">
+        <v>66</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2018</v>
+      </c>
+      <c r="I68">
+        <v>2022</v>
+      </c>
+      <c r="J68" t="s">
+        <v>374</v>
+      </c>
+      <c r="K68" t="s">
+        <v>398</v>
+      </c>
+      <c r="L68" t="s">
+        <v>69</v>
+      </c>
+      <c r="M68" t="s">
         <v>393</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="N68" t="s">
+        <v>71</v>
+      </c>
+      <c r="O68" t="s">
+        <v>399</v>
+      </c>
+      <c r="P68" t="s">
         <v>395</v>
-      </c>
-[...35 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B69" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C69" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D69" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E69" t="s">
-        <v>389</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
+        <v>2015</v>
+      </c>
+      <c r="I69">
         <v>2018</v>
       </c>
-      <c r="I69">
-[...1 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>383</v>
+        <v>403</v>
       </c>
       <c r="K69" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>80</v>
+        <v>404</v>
       </c>
       <c r="M69" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="N69" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="P69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B70" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C70" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="D70" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E70" t="s">
-        <v>389</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
+        <v>2013</v>
+      </c>
+      <c r="I70">
         <v>2018</v>
       </c>
-      <c r="I70">
-[...1 lines deleted...]
-      </c>
       <c r="J70" t="s">
-        <v>383</v>
+        <v>317</v>
       </c>
       <c r="K70" t="s">
-        <v>407</v>
+        <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>80</v>
+        <v>411</v>
       </c>
       <c r="M70" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="N70" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="P70" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="B71" t="s">
+        <v>416</v>
+      </c>
+      <c r="C71" t="s">
         <v>410</v>
       </c>
-      <c r="C71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" t="s">
-        <v>52</v>
+        <v>417</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I71">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J71" t="s">
+        <v>317</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
         <v>412</v>
       </c>
-      <c r="K71" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="P71" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B72" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C72" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="D72" t="s">
-        <v>52</v>
+        <v>312</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I72">
         <v>2018</v>
       </c>
       <c r="J72" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="L72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>422</v>
       </c>
       <c r="P72" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
+        <v>423</v>
+      </c>
+      <c r="B73" t="s">
         <v>424</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
+        <v>410</v>
+      </c>
+      <c r="D73" t="s">
         <v>425</v>
       </c>
-      <c r="C73" t="s">
-[...2 lines deleted...]
-      <c r="D73" t="s">
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>85</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2018</v>
+      </c>
+      <c r="I73">
+        <v>2018</v>
+      </c>
+      <c r="J73" t="s">
+        <v>317</v>
+      </c>
+      <c r="K73" t="s">
         <v>426</v>
-      </c>
-[...19 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
         <v>427</v>
       </c>
       <c r="P73" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
+        <v>428</v>
+      </c>
+      <c r="B74" t="s">
         <v>429</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
+        <v>410</v>
+      </c>
+      <c r="D74" t="s">
         <v>430</v>
       </c>
-      <c r="C74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2018</v>
+        <v>2007</v>
       </c>
       <c r="I74">
         <v>2018</v>
       </c>
       <c r="J74" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
-      <c r="L74"/>
+      <c r="L74" t="s">
+        <v>431</v>
+      </c>
       <c r="M74" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P74" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B75" t="s">
-        <v>433</v>
+        <v>424</v>
       </c>
       <c r="C75" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="D75" t="s">
-        <v>434</v>
+        <v>84</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2018</v>
+        <v>2007</v>
       </c>
       <c r="I75">
         <v>2018</v>
       </c>
       <c r="J75" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>434</v>
+      </c>
+      <c r="M75" t="s">
+        <v>412</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
         <v>435</v>
       </c>
-      <c r="L75"/>
-[...8 lines deleted...]
-      </c>
       <c r="P75" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
+        <v>436</v>
+      </c>
+      <c r="B76" t="s">
         <v>437</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
+        <v>410</v>
+      </c>
+      <c r="D76" t="s">
+        <v>417</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>85</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2016</v>
+      </c>
+      <c r="I76">
+        <v>2019</v>
+      </c>
+      <c r="J76" t="s">
+        <v>317</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>412</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
         <v>438</v>
       </c>
-      <c r="C76" t="s">
+      <c r="P76" t="s">
         <v>419</v>
-      </c>
-[...37 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B77" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="C77" t="s">
-        <v>419</v>
+        <v>83</v>
       </c>
       <c r="D77" t="s">
-        <v>32</v>
+        <v>290</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2007</v>
       </c>
       <c r="I77">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J77" t="s">
-        <v>326</v>
+        <v>35</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
+        <v>441</v>
+      </c>
+      <c r="M77" t="s">
+        <v>442</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
         <v>443</v>
       </c>
-      <c r="M77" t="s">
-[...5 lines deleted...]
-      <c r="O77" t="s">
+      <c r="P77" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
         <v>445</v>
       </c>
       <c r="B78" t="s">
         <v>446</v>
       </c>
       <c r="C78" t="s">
-        <v>419</v>
+        <v>83</v>
       </c>
       <c r="D78" t="s">
-        <v>426</v>
+        <v>147</v>
       </c>
       <c r="E78" t="s">
-        <v>20</v>
+        <v>380</v>
       </c>
       <c r="F78" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="I78">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="J78" t="s">
-        <v>326</v>
+        <v>35</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>421</v>
+        <v>442</v>
       </c>
       <c r="N78" t="s">
-        <v>27</v>
+        <v>109</v>
       </c>
       <c r="O78" t="s">
         <v>447</v>
       </c>
-      <c r="P78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P78"/>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>448</v>
       </c>
       <c r="B79" t="s">
         <v>449</v>
       </c>
       <c r="C79" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="D79" t="s">
-        <v>299</v>
+        <v>450</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="I79">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="J79" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
-      <c r="L79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
+        <v>86</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
         <v>451</v>
       </c>
-      <c r="N79" t="s">
-[...2 lines deleted...]
-      <c r="O79" t="s">
+      <c r="P79" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
+        <v>453</v>
+      </c>
+      <c r="B80" t="s">
         <v>454</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
+        <v>83</v>
+      </c>
+      <c r="D80" t="s">
         <v>455</v>
       </c>
-      <c r="C80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E80" t="s">
-        <v>389</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="I80">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="J80" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="N80" t="s">
-        <v>119</v>
+        <v>27</v>
       </c>
       <c r="O80" t="s">
         <v>456</v>
       </c>
-      <c r="P80"/>
+      <c r="P80" t="s">
+        <v>457</v>
+      </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B81" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C81" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="D81" t="s">
-        <v>459</v>
+        <v>301</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="I81">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J81" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
-      <c r="L81"/>
+      <c r="L81" t="s">
+        <v>460</v>
+      </c>
       <c r="M81" t="s">
-        <v>96</v>
+        <v>442</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="P81" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B82" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C82" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="D82" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>21</v>
+        <v>85</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
-        <v>2016</v>
+        <v>1986</v>
       </c>
       <c r="I82">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="J82" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K82" t="s">
-        <v>24</v>
+        <v>398</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>451</v>
+        <v>466</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="P82" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B83" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="C83" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="D83" t="s">
-        <v>310</v>
+        <v>470</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
-        <v>2012</v>
+        <v>1986</v>
       </c>
       <c r="I83">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J83" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
-      <c r="L83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L83"/>
       <c r="M83" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="P83" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B84" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C84" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="D84" t="s">
-        <v>474</v>
+        <v>284</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
-        <v>1986</v>
+        <v>2011</v>
       </c>
       <c r="I84">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J84" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K84" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="L84"/>
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>475</v>
+      </c>
       <c r="M84" t="s">
-        <v>475</v>
+        <v>442</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>476</v>
       </c>
       <c r="P84" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>478</v>
       </c>
       <c r="B85" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
       <c r="C85" t="s">
-        <v>94</v>
+        <v>480</v>
       </c>
       <c r="D85" t="s">
-        <v>479</v>
+        <v>312</v>
       </c>
       <c r="E85" t="s">
-        <v>20</v>
+        <v>380</v>
       </c>
       <c r="F85" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>1986</v>
+        <v>2002</v>
       </c>
       <c r="I85">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J85" t="s">
-        <v>33</v>
+        <v>324</v>
       </c>
       <c r="K85" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L85"/>
+        <v>481</v>
+      </c>
+      <c r="L85" t="s">
+        <v>482</v>
+      </c>
       <c r="M85" t="s">
-        <v>451</v>
+        <v>483</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="P85" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B86" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="C86" t="s">
-        <v>94</v>
+        <v>480</v>
       </c>
       <c r="D86" t="s">
-        <v>293</v>
+        <v>312</v>
       </c>
       <c r="E86" t="s">
-        <v>20</v>
+        <v>380</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I86">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="J86" t="s">
-        <v>33</v>
+        <v>324</v>
       </c>
       <c r="K86" t="s">
-        <v>24</v>
+        <v>481</v>
       </c>
       <c r="L86" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="M86" t="s">
-        <v>451</v>
+        <v>483</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
+        <v>489</v>
+      </c>
+      <c r="P86" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B87" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C87" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D87" t="s">
-        <v>321</v>
+        <v>492</v>
       </c>
       <c r="E87" t="s">
-        <v>389</v>
+        <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I87">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J87" t="s">
-        <v>333</v>
+        <v>493</v>
       </c>
       <c r="K87" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="L87" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="M87" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="P87" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="B88" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C88" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D88" t="s">
-        <v>321</v>
+        <v>492</v>
       </c>
       <c r="E88" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I88">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J88" t="s">
-        <v>333</v>
+        <v>493</v>
       </c>
       <c r="K88" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="L88" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="M88" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="P88" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B89" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C89" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D89" t="s">
-        <v>501</v>
+        <v>244</v>
       </c>
       <c r="E89" t="s">
-        <v>20</v>
+        <v>380</v>
       </c>
       <c r="F89" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2011</v>
       </c>
       <c r="I89">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="J89" t="s">
+        <v>493</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
         <v>502</v>
       </c>
-      <c r="K89" t="s">
-[...2 lines deleted...]
-      <c r="L89" t="s">
+      <c r="M89" t="s">
+        <v>483</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
         <v>503</v>
       </c>
-      <c r="M89" t="s">
-[...5 lines deleted...]
-      <c r="O89" t="s">
+      <c r="P89" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="B90" t="s">
         <v>506</v>
       </c>
       <c r="C90" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D90" t="s">
-        <v>501</v>
+        <v>84</v>
       </c>
       <c r="E90" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="F90" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="I90">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="J90" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="K90" t="s">
-        <v>490</v>
+        <v>24</v>
       </c>
       <c r="L90" t="s">
         <v>507</v>
       </c>
       <c r="M90" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
         <v>508</v>
       </c>
       <c r="P90" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B91" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C91" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D91" t="s">
-        <v>253</v>
+        <v>512</v>
       </c>
       <c r="E91" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2011</v>
       </c>
       <c r="I91">
         <v>2021</v>
       </c>
       <c r="J91" t="s">
+        <v>493</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
         <v>502</v>
       </c>
-      <c r="K91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M91" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="P91" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B92" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C92" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D92" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="E92" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="F92" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I92">
         <v>2021</v>
       </c>
       <c r="J92" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="M92" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="P92" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B93" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C93" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D93" t="s">
-        <v>521</v>
+        <v>244</v>
       </c>
       <c r="E93" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="F93" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I93">
         <v>2021</v>
       </c>
       <c r="J93" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>511</v>
+        <v>522</v>
       </c>
       <c r="M93" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="P93" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B94" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C94" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D94" t="s">
-        <v>32</v>
+        <v>512</v>
       </c>
       <c r="E94" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="F94" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I94">
         <v>2021</v>
       </c>
       <c r="J94" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="M94" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="P94" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B95" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C95" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D95" t="s">
-        <v>253</v>
+        <v>201</v>
       </c>
       <c r="E95" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="F95" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2002</v>
       </c>
       <c r="I95">
         <v>2021</v>
       </c>
       <c r="J95" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="M95" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="P95" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B96" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C96" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D96" t="s">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="E96" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="F96" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2002</v>
+        <v>2012</v>
       </c>
       <c r="I96">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J96" t="s">
-        <v>502</v>
+        <v>324</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="M96" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="P96" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B97" t="s">
-        <v>540</v>
+        <v>63</v>
       </c>
       <c r="C97" t="s">
-        <v>489</v>
+        <v>542</v>
       </c>
       <c r="D97" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E97" t="s">
-        <v>389</v>
+        <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="I97">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="J97" t="s">
-        <v>502</v>
+        <v>67</v>
       </c>
       <c r="K97" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="L97" t="s">
-        <v>541</v>
+        <v>69</v>
       </c>
       <c r="M97" t="s">
-        <v>492</v>
+        <v>543</v>
       </c>
       <c r="N97" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O97" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="P97" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B98" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C98" t="s">
-        <v>489</v>
+        <v>548</v>
       </c>
       <c r="D98" t="s">
-        <v>546</v>
+        <v>84</v>
       </c>
       <c r="E98" t="s">
-        <v>389</v>
+        <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I98">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J98" t="s">
-        <v>333</v>
+        <v>202</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="M98" t="s">
-        <v>492</v>
+        <v>550</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="P98" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
+        <v>553</v>
+      </c>
+      <c r="B99" t="s">
+        <v>554</v>
+      </c>
+      <c r="C99" t="s">
+        <v>548</v>
+      </c>
+      <c r="D99" t="s">
+        <v>47</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>85</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2011</v>
+      </c>
+      <c r="I99">
+        <v>2019</v>
+      </c>
+      <c r="J99" t="s">
+        <v>202</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>555</v>
+      </c>
+      <c r="M99" t="s">
         <v>550</v>
       </c>
-      <c r="B99" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N99" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="P99" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="B100" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="C100" t="s">
-        <v>557</v>
+        <v>548</v>
       </c>
       <c r="D100" t="s">
-        <v>32</v>
+        <v>465</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I100">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J100" t="s">
-        <v>211</v>
+        <v>403</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
-      <c r="L100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L100"/>
       <c r="M100" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
         <v>560</v>
       </c>
       <c r="P100" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>562</v>
       </c>
       <c r="B101" t="s">
         <v>563</v>
       </c>
       <c r="C101" t="s">
-        <v>557</v>
+        <v>548</v>
       </c>
       <c r="D101" t="s">
-        <v>52</v>
+        <v>537</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I101">
         <v>2019</v>
       </c>
       <c r="J101" t="s">
-        <v>211</v>
+        <v>403</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
-      <c r="L101" t="s">
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>550</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
         <v>564</v>
       </c>
-      <c r="M101" t="s">
-[...5 lines deleted...]
-      <c r="O101" t="s">
+      <c r="P101" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
+        <v>566</v>
+      </c>
+      <c r="B102" t="s">
         <v>567</v>
       </c>
-      <c r="B102" t="s">
+      <c r="C102" t="s">
         <v>568</v>
       </c>
-      <c r="C102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D102" t="s">
-        <v>474</v>
+        <v>201</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
+        <v>2010</v>
+      </c>
+      <c r="I102">
         <v>2014</v>
       </c>
-      <c r="I102">
-[...1 lines deleted...]
-      </c>
       <c r="J102" t="s">
-        <v>412</v>
+        <v>355</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
-      <c r="L102"/>
+      <c r="L102" t="s">
+        <v>569</v>
+      </c>
       <c r="M102" t="s">
-        <v>559</v>
+        <v>570</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="P102" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B103" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C103" t="s">
-        <v>557</v>
+        <v>568</v>
       </c>
       <c r="D103" t="s">
-        <v>546</v>
+        <v>575</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I103">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="J103" t="s">
-        <v>412</v>
+        <v>355</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
-      <c r="L103"/>
+      <c r="L103" t="s">
+        <v>576</v>
+      </c>
       <c r="M103" t="s">
-        <v>559</v>
+        <v>570</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="P103" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="B104" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="C104" t="s">
-        <v>577</v>
+        <v>568</v>
       </c>
       <c r="D104" t="s">
-        <v>70</v>
+        <v>330</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I104">
         <v>2014</v>
       </c>
       <c r="J104" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="M104" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="P104" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B105" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C105" t="s">
-        <v>577</v>
+        <v>91</v>
       </c>
       <c r="D105" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="E105" t="s">
-        <v>20</v>
+        <v>380</v>
       </c>
       <c r="F105" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I105">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J105" t="s">
-        <v>364</v>
+        <v>202</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
-      <c r="L105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L105"/>
       <c r="M105" t="s">
-        <v>579</v>
+        <v>94</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="P105" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-      <c r="A106" t="s">
         <v>588</v>
-      </c>
-[...91 lines deleted...]
-        <v>597</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">