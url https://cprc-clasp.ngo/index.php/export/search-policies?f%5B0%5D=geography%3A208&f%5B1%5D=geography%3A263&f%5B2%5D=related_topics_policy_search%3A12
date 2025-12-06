--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,389 +12,459 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
+  </si>
+  <si>
+    <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>Industrial Sector, Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
+  </si>
+  <si>
+    <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
+  </si>
+  <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...34 lines deleted...]
-  <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -658,739 +728,826 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="213" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="463.458" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2008</v>
+      </c>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>1998</v>
+      </c>
+      <c r="I6">
+        <v>2009</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>54</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...57 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G7" t="s">
         <v>35</v>
-      </c>
-[...146 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
-      <c r="I7" t="s">
-        <v>31</v>
+      <c r="I7">
+        <v>2012</v>
       </c>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="N7" t="s">
-        <v>50</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
       </c>
       <c r="H8">
         <v>2002</v>
       </c>
-      <c r="I8" t="s">
-        <v>31</v>
+      <c r="I8">
+        <v>2002</v>
       </c>
       <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-        <v>54</v>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...15 lines deleted...]
-      <c r="F9" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>79</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
+        <v>81</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G9">
-[...6 lines deleted...]
-      <c r="J9" t="s">
+      <c r="E11" t="s">
+        <v>88</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...70 lines deleted...]
-        <v>2006</v>
+      <c r="G11" t="s">
+        <v>35</v>
       </c>
       <c r="H11">
         <v>2006</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2006</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...3 lines deleted...]
-      <c r="M11" t="s">
+      <c r="G13" t="s">
+        <v>102</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>105</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13"/>
     </row>
-    <row r="12" spans="1:14">
-[...27 lines deleted...]
-      <c r="J12" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...3 lines deleted...]
-      <c r="M12" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-        <v>81</v>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
-[...56 lines deleted...]
-      <c r="G14">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2011</v>
       </c>
-      <c r="H14"/>
-[...10 lines deleted...]
-      <c r="M14" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="L15" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="N15" t="s">
-        <v>97</v>
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>