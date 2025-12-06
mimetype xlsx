--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,758 +12,938 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="282">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
   </si>
   <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
+    <t>Non inverter type and single phase</t>
+  </si>
+  <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
   <si>
+    <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
+    <t>http://www.environment.gov.mv/v2/en/news/7964</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-1</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products-0</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-refrigerators</t>
   </si>
   <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
+  </si>
+  <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tunisia-clothes-washer-meps-label</t>
+  </si>
+  <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1027,1853 +1207,2100 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N45"/>
+  <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2023</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>62</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>68</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>62</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>68</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>98</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>96</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>98</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>101</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>98</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>99</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>101</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>96</v>
+      </c>
+      <c r="D16" t="s">
+        <v>92</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>98</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>99</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>101</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>62</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>120</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" t="s">
+        <v>124</v>
+      </c>
+      <c r="D18" t="s">
+        <v>125</v>
+      </c>
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>126</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>127</v>
+      </c>
+      <c r="M18" t="s">
+        <v>128</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>132</v>
+      </c>
+      <c r="D19" t="s">
+        <v>133</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>98</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>134</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>135</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>132</v>
+      </c>
+      <c r="D20" t="s">
+        <v>133</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="M2" t="s">
-[...30 lines deleted...]
-      <c r="J3" t="s">
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>134</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>135</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" t="s">
+        <v>96</v>
+      </c>
+      <c r="D21" t="s">
+        <v>142</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>98</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>99</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>143</v>
+      </c>
+      <c r="M21" t="s">
+        <v>101</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>147</v>
+      </c>
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>36</v>
+      </c>
+      <c r="K22" t="s">
+        <v>149</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>150</v>
+      </c>
+      <c r="N22" t="s">
+        <v>151</v>
+      </c>
+      <c r="O22" t="s">
+        <v>152</v>
+      </c>
+      <c r="P22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" t="s">
+        <v>72</v>
+      </c>
+      <c r="C23" t="s">
+        <v>155</v>
+      </c>
+      <c r="D23" t="s">
+        <v>125</v>
+      </c>
+      <c r="E23" t="s">
         <v>20</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>156</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>157</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>158</v>
+      </c>
+      <c r="P23" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>161</v>
+      </c>
+      <c r="D24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E24" t="s">
+        <v>44</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>156</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>162</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" t="s">
+        <v>166</v>
+      </c>
+      <c r="D25" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>156</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>167</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" t="s">
+        <v>155</v>
+      </c>
+      <c r="D26" t="s">
+        <v>171</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>156</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>157</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>172</v>
+      </c>
+      <c r="P26" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>174</v>
+      </c>
+      <c r="B27" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" t="s">
+        <v>155</v>
+      </c>
+      <c r="D27" t="s">
+        <v>175</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>156</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>157</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>176</v>
+      </c>
+      <c r="P27" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>178</v>
+      </c>
+      <c r="B28" t="s">
+        <v>72</v>
+      </c>
+      <c r="C28" t="s">
+        <v>155</v>
+      </c>
+      <c r="D28" t="s">
+        <v>179</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>156</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>157</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>180</v>
+      </c>
+      <c r="P28" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>182</v>
+      </c>
+      <c r="B29" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" t="s">
+        <v>155</v>
+      </c>
+      <c r="D29" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>156</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>157</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>183</v>
+      </c>
+      <c r="P29" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>185</v>
+      </c>
+      <c r="B30" t="s">
+        <v>186</v>
+      </c>
+      <c r="C30" t="s">
+        <v>187</v>
+      </c>
+      <c r="D30" t="s">
+        <v>188</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>189</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>190</v>
+      </c>
+      <c r="M30" t="s">
+        <v>191</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>192</v>
+      </c>
+      <c r="P30" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>194</v>
+      </c>
+      <c r="B31" t="s">
+        <v>72</v>
+      </c>
+      <c r="C31" t="s">
+        <v>195</v>
+      </c>
+      <c r="D31" t="s">
+        <v>196</v>
+      </c>
+      <c r="E31" t="s">
+        <v>44</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>156</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>197</v>
+      </c>
+      <c r="M31" t="s">
+        <v>198</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>199</v>
+      </c>
+      <c r="P31"/>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>194</v>
+      </c>
+      <c r="B32" t="s">
+        <v>200</v>
+      </c>
+      <c r="C32" t="s">
+        <v>201</v>
+      </c>
+      <c r="D32" t="s">
+        <v>171</v>
+      </c>
+      <c r="E32" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>62</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>128</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>202</v>
+      </c>
+      <c r="P32" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>204</v>
+      </c>
+      <c r="B33" t="s">
+        <v>205</v>
+      </c>
+      <c r="C33" t="s">
+        <v>206</v>
+      </c>
+      <c r="D33" t="s">
+        <v>74</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>35</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>207</v>
+      </c>
+      <c r="K33" t="s">
+        <v>208</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>209</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>210</v>
+      </c>
+      <c r="P33" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>213</v>
+      </c>
+      <c r="C34" t="s">
+        <v>214</v>
+      </c>
+      <c r="D34" t="s">
+        <v>215</v>
+      </c>
+      <c r="E34" t="s">
+        <v>44</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>62</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>216</v>
+      </c>
+      <c r="M34" t="s">
+        <v>217</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>218</v>
+      </c>
+      <c r="P34"/>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>219</v>
+      </c>
+      <c r="B35" t="s">
+        <v>220</v>
+      </c>
+      <c r="C35" t="s">
+        <v>221</v>
+      </c>
+      <c r="D35" t="s">
+        <v>222</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>223</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>224</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>225</v>
+      </c>
+      <c r="P35"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>226</v>
+      </c>
+      <c r="B36" t="s">
+        <v>227</v>
+      </c>
+      <c r="C36" t="s">
+        <v>228</v>
+      </c>
+      <c r="D36" t="s">
+        <v>215</v>
+      </c>
+      <c r="E36" t="s">
+        <v>44</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>223</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>229</v>
+      </c>
+      <c r="M36" t="s">
+        <v>230</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>231</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>226</v>
+      </c>
+      <c r="B37" t="s">
+        <v>232</v>
+      </c>
+      <c r="C37" t="s">
+        <v>201</v>
+      </c>
+      <c r="D37" t="s">
+        <v>215</v>
+      </c>
+      <c r="E37" t="s">
+        <v>44</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>35</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>223</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>229</v>
+      </c>
+      <c r="M37"/>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>233</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>234</v>
+      </c>
+      <c r="B38" t="s">
+        <v>213</v>
+      </c>
+      <c r="C38" t="s">
+        <v>221</v>
+      </c>
+      <c r="D38" t="s">
+        <v>215</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38"/>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>62</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>216</v>
+      </c>
+      <c r="M38" t="s">
+        <v>224</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>235</v>
+      </c>
+      <c r="P38"/>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>236</v>
+      </c>
+      <c r="B39" t="s">
+        <v>237</v>
+      </c>
+      <c r="C39" t="s">
+        <v>124</v>
+      </c>
+      <c r="D39" t="s">
+        <v>238</v>
+      </c>
+      <c r="E39" t="s">
+        <v>44</v>
+      </c>
+      <c r="F39" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...16 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G39" t="s">
+        <v>35</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>239</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>240</v>
+      </c>
+      <c r="P39" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>242</v>
+      </c>
+      <c r="B40" t="s">
+        <v>243</v>
+      </c>
+      <c r="C40" t="s">
+        <v>244</v>
+      </c>
+      <c r="D40" t="s">
+        <v>245</v>
+      </c>
+      <c r="E40" t="s">
+        <v>44</v>
+      </c>
+      <c r="F40" t="s">
+        <v>246</v>
+      </c>
+      <c r="G40" t="s">
+        <v>35</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>247</v>
+      </c>
+      <c r="K40" t="s">
+        <v>248</v>
+      </c>
+      <c r="L40" t="s">
+        <v>249</v>
+      </c>
+      <c r="M40" t="s">
+        <v>250</v>
+      </c>
+      <c r="N40" t="s">
+        <v>251</v>
+      </c>
+      <c r="O40" t="s">
+        <v>252</v>
+      </c>
+      <c r="P40"/>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>253</v>
+      </c>
+      <c r="B41" t="s">
+        <v>254</v>
+      </c>
+      <c r="C41" t="s">
+        <v>255</v>
+      </c>
+      <c r="D41" t="s">
+        <v>118</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>35</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>207</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>256</v>
+      </c>
+      <c r="M41" t="s">
+        <v>257</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>258</v>
+      </c>
+      <c r="P41" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>260</v>
+      </c>
+      <c r="B42" t="s">
+        <v>261</v>
+      </c>
+      <c r="C42" t="s">
+        <v>262</v>
+      </c>
+      <c r="D42" t="s">
+        <v>125</v>
+      </c>
+      <c r="E42" t="s">
         <v>20</v>
       </c>
-      <c r="K4" t="s">
-[...19 lines deleted...]
-      <c r="C5" t="s">
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>35</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>45</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>263</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>264</v>
+      </c>
+      <c r="P42" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>266</v>
+      </c>
+      <c r="B43" t="s">
+        <v>261</v>
+      </c>
+      <c r="C43" t="s">
+        <v>262</v>
+      </c>
+      <c r="D43" t="s">
+        <v>267</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>35</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>45</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>263</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>268</v>
+      </c>
+      <c r="P43" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>269</v>
+      </c>
+      <c r="B44" t="s">
+        <v>270</v>
+      </c>
+      <c r="C44" t="s">
+        <v>271</v>
+      </c>
+      <c r="D44" t="s">
+        <v>272</v>
+      </c>
+      <c r="E44" t="s">
+        <v>44</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>35</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>273</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>274</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>275</v>
+      </c>
+      <c r="P44" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>277</v>
+      </c>
+      <c r="B45" t="s">
+        <v>72</v>
+      </c>
+      <c r="C45" t="s">
+        <v>278</v>
+      </c>
+      <c r="D45" t="s">
         <v>43</v>
       </c>
-      <c r="D5" t="s">
-[...10 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E45" t="s">
         <v>44</v>
       </c>
-      <c r="J5" t="s">
-[...128 lines deleted...]
-      <c r="A9" t="s">
+      <c r="F45" t="s">
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>35</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45"/>
+      <c r="J45" t="s">
         <v>62</v>
       </c>
-      <c r="B9" t="s">
-[...1419 lines deleted...]
-      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>22</v>
+        <v>279</v>
       </c>
       <c r="N45" t="s">
-        <v>222</v>
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>280</v>
+      </c>
+      <c r="P45" t="s">
+        <v>281</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>