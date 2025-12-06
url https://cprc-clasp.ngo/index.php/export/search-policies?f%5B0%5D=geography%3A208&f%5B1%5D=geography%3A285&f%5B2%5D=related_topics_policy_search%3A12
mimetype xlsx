--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,284 +12,333 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -553,445 +602,494 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="213" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...25 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...204 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="N8" t="s">
-        <v>62</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>