--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,796 +12,1034 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="308">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
+    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
+  </si>
+  <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
+    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
+  </si>
+  <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
+    <t>Efficiency Policy for Deep Freezers</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>December 2024</t>
+  </si>
+  <si>
+    <t>IS 7872 (all amendments)</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Ceiling Fans</t>
+  </si>
+  <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
+  </si>
+  <si>
+    <t>IS 374:2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
+  </si>
+  <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
+    <t>IS 1476 (Part-I): 2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
+  </si>
+  <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
+    <t>IS 17550</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
+    <t>IS 1391 (part II)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
+    <t>IS 1391 (part I), IS 1391 (part II)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
+  </si>
+  <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>June 2024</t>
+  </si>
+  <si>
+    <t>IS 16102 (part 2)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
+  </si>
+  <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
+    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
+  </si>
+  <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
+    <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...217 lines deleted...]
-  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
-    <t>Nigerian MEPS and Energy Label Guide</t>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1065,2327 +1303,2442 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N51"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>68</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>71</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
         <v>2024</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>83</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...90 lines deleted...]
-      <c r="K4" t="s">
+      <c r="F12" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>85</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
         <v>35</v>
       </c>
-      <c r="L4" t="s">
-[...385 lines deleted...]
-      </c>
       <c r="K13" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>76</v>
+        <v>105</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="N13" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>82</v>
+        <v>108</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>83</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E14" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>85</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2009</v>
       </c>
-      <c r="H14">
+      <c r="I14">
+        <v>2023</v>
+      </c>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>88</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" t="s">
+        <v>77</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>85</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2006</v>
+      </c>
+      <c r="I15">
         <v>2024</v>
       </c>
-      <c r="I14" t="s">
-[...2 lines deleted...]
-      <c r="J14" t="s">
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>88</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>83</v>
+      </c>
+      <c r="D16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>85</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2022</v>
+      </c>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>88</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>83</v>
+      </c>
+      <c r="D17" t="s">
+        <v>47</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2007</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>86</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>88</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>85</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18">
+        <v>2023</v>
+      </c>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>88</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>85</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2022</v>
+      </c>
+      <c r="J19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>88</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>83</v>
+      </c>
+      <c r="D20" t="s">
+        <v>144</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>85</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>145</v>
+      </c>
+      <c r="M20" t="s">
+        <v>88</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>150</v>
+      </c>
+      <c r="D21" t="s">
+        <v>151</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2019</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>67</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>152</v>
+      </c>
+      <c r="M21" t="s">
+        <v>153</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>76</v>
+      </c>
+      <c r="D22" t="s">
+        <v>158</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...2 lines deleted...]
-      <c r="L14" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22">
+        <v>2018</v>
+      </c>
+      <c r="J22" t="s">
+        <v>159</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>160</v>
+      </c>
+      <c r="M22" t="s">
+        <v>78</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>161</v>
+      </c>
+      <c r="P22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C23" t="s">
         <v>76</v>
       </c>
-      <c r="M14" t="s">
-[...2 lines deleted...]
-      <c r="N14" t="s">
+      <c r="D23" t="s">
+        <v>165</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>166</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>167</v>
+      </c>
+      <c r="M23" t="s">
+        <v>78</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" t="s">
+        <v>144</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
+        <v>2018</v>
+      </c>
+      <c r="J24" t="s">
+        <v>67</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>78</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>172</v>
+      </c>
+      <c r="P24" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" t="s">
+        <v>175</v>
+      </c>
+      <c r="C25" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25" t="s">
+        <v>47</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>67</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>78</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>180</v>
+      </c>
+      <c r="D26" t="s">
+        <v>181</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>85</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J15" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2005</v>
+      </c>
+      <c r="I26">
+        <v>2008</v>
+      </c>
+      <c r="J26" t="s">
+        <v>182</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>183</v>
+      </c>
+      <c r="M26" t="s">
+        <v>184</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>185</v>
+      </c>
+      <c r="P26" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>187</v>
+      </c>
+      <c r="B27" t="s">
+        <v>188</v>
+      </c>
+      <c r="C27" t="s">
+        <v>189</v>
+      </c>
+      <c r="D27" t="s">
+        <v>190</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...31 lines deleted...]
-      <c r="G16">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2004</v>
+      </c>
+      <c r="I27">
+        <v>2010</v>
+      </c>
+      <c r="J27" t="s">
+        <v>35</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>191</v>
+      </c>
+      <c r="M27" t="s">
+        <v>192</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>195</v>
+      </c>
+      <c r="C28" t="s">
+        <v>189</v>
+      </c>
+      <c r="D28" t="s">
+        <v>196</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>85</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2004</v>
+      </c>
+      <c r="I28">
+        <v>2010</v>
+      </c>
+      <c r="J28" t="s">
+        <v>197</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>191</v>
+      </c>
+      <c r="M28" t="s">
+        <v>192</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>189</v>
+      </c>
+      <c r="D29" t="s">
+        <v>47</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2009</v>
       </c>
-      <c r="H16">
-[...5 lines deleted...]
-      <c r="J16" t="s">
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>35</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>192</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>200</v>
+      </c>
+      <c r="B30" t="s">
+        <v>204</v>
+      </c>
+      <c r="C30" t="s">
+        <v>189</v>
+      </c>
+      <c r="D30" t="s">
+        <v>47</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...598 lines deleted...]
-        <v>2004</v>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
-      <c r="I30" t="s">
-        <v>149</v>
+      <c r="I30">
+        <v>2012</v>
       </c>
       <c r="J30" t="s">
+        <v>35</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>205</v>
+      </c>
+      <c r="M30" t="s">
+        <v>192</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>206</v>
+      </c>
+      <c r="P30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>207</v>
+      </c>
+      <c r="B31" t="s">
+        <v>208</v>
+      </c>
+      <c r="C31" t="s">
+        <v>209</v>
+      </c>
+      <c r="D31" t="s">
+        <v>158</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K30" t="s">
-[...32 lines deleted...]
-        <v>2004</v>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2010</v>
       </c>
-      <c r="I31" t="s">
-        <v>28</v>
+      <c r="I31">
+        <v>2010</v>
       </c>
       <c r="J31" t="s">
+        <v>182</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>210</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>211</v>
+      </c>
+      <c r="P31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>213</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>215</v>
+      </c>
+      <c r="D32" t="s">
+        <v>65</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>66</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32">
+        <v>2022</v>
+      </c>
+      <c r="J32" t="s">
+        <v>216</v>
+      </c>
+      <c r="K32" t="s">
+        <v>68</v>
+      </c>
+      <c r="L32" t="s">
+        <v>69</v>
+      </c>
+      <c r="M32" t="s">
+        <v>217</v>
+      </c>
+      <c r="N32" t="s">
+        <v>71</v>
+      </c>
+      <c r="O32" t="s">
+        <v>218</v>
+      </c>
+      <c r="P32" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>220</v>
+      </c>
+      <c r="B33" t="s">
+        <v>221</v>
+      </c>
+      <c r="C33" t="s">
+        <v>150</v>
+      </c>
+      <c r="D33" t="s">
+        <v>47</v>
+      </c>
+      <c r="E33" t="s">
+        <v>222</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K31" t="s">
-[...8 lines deleted...]
-      <c r="N31" t="s">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>67</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>223</v>
+      </c>
+      <c r="M33" t="s">
         <v>153</v>
       </c>
-    </row>
-[...81 lines deleted...]
-      </c>
       <c r="N33" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>224</v>
+      </c>
+      <c r="P33" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>158</v>
+        <v>226</v>
       </c>
       <c r="B34" t="s">
-        <v>159</v>
+        <v>227</v>
       </c>
       <c r="C34" t="s">
-        <v>53</v>
+        <v>228</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
+        <v>222</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2010</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>2017</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>229</v>
       </c>
       <c r="N34" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>230</v>
+      </c>
+      <c r="P34" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>162</v>
+        <v>232</v>
       </c>
       <c r="B35" t="s">
-        <v>163</v>
+        <v>233</v>
       </c>
       <c r="C35" t="s">
-        <v>57</v>
+        <v>234</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="E35" t="s">
-        <v>58</v>
+        <v>222</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>66</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35">
+        <v>2022</v>
+      </c>
+      <c r="J35" t="s">
+        <v>216</v>
+      </c>
+      <c r="K35" t="s">
+        <v>68</v>
+      </c>
+      <c r="L35" t="s">
+        <v>69</v>
+      </c>
+      <c r="M35" t="s">
+        <v>235</v>
+      </c>
+      <c r="N35" t="s">
+        <v>71</v>
+      </c>
+      <c r="O35" t="s">
+        <v>236</v>
+      </c>
+      <c r="P35" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>238</v>
+      </c>
+      <c r="B36" t="s">
+        <v>239</v>
+      </c>
+      <c r="C36" t="s">
+        <v>234</v>
+      </c>
+      <c r="D36" t="s">
+        <v>65</v>
+      </c>
+      <c r="E36" t="s">
+        <v>222</v>
+      </c>
+      <c r="F36" t="s">
+        <v>66</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2018</v>
+      </c>
+      <c r="I36">
+        <v>2022</v>
+      </c>
+      <c r="J36" t="s">
+        <v>216</v>
+      </c>
+      <c r="K36" t="s">
+        <v>240</v>
+      </c>
+      <c r="L36" t="s">
+        <v>69</v>
+      </c>
+      <c r="M36" t="s">
+        <v>235</v>
+      </c>
+      <c r="N36" t="s">
+        <v>71</v>
+      </c>
+      <c r="O36" t="s">
+        <v>241</v>
+      </c>
+      <c r="P36" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>242</v>
+      </c>
+      <c r="B37" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" t="s">
+        <v>83</v>
+      </c>
+      <c r="D37" t="s">
+        <v>244</v>
+      </c>
+      <c r="E37" t="s">
+        <v>222</v>
+      </c>
+      <c r="F37" t="s">
+        <v>85</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
         <v>2019</v>
       </c>
-      <c r="H35">
-[...11 lines deleted...]
-      <c r="L35" t="s">
+      <c r="J37" t="s">
+        <v>35</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>245</v>
+      </c>
+      <c r="M37" t="s">
+        <v>88</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>246</v>
+      </c>
+      <c r="P37" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>248</v>
+      </c>
+      <c r="B38" t="s">
+        <v>249</v>
+      </c>
+      <c r="C38" t="s">
+        <v>83</v>
+      </c>
+      <c r="D38" t="s">
         <v>165</v>
       </c>
-      <c r="M35" t="s">
+      <c r="E38" t="s">
+        <v>222</v>
+      </c>
+      <c r="F38" t="s">
+        <v>85</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2016</v>
+      </c>
+      <c r="J38" t="s">
+        <v>35</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>250</v>
+      </c>
+      <c r="M38" t="s">
+        <v>88</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>251</v>
+      </c>
+      <c r="P38" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>253</v>
+      </c>
+      <c r="B39" t="s">
+        <v>254</v>
+      </c>
+      <c r="C39" t="s">
+        <v>83</v>
+      </c>
+      <c r="D39" t="s">
+        <v>255</v>
+      </c>
+      <c r="E39" t="s">
+        <v>222</v>
+      </c>
+      <c r="F39" t="s">
+        <v>85</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39">
+        <v>2016</v>
+      </c>
+      <c r="J39" t="s">
+        <v>35</v>
+      </c>
+      <c r="K39" t="s">
+        <v>256</v>
+      </c>
+      <c r="L39" t="s">
+        <v>257</v>
+      </c>
+      <c r="M39" t="s">
+        <v>88</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>258</v>
+      </c>
+      <c r="P39" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>260</v>
+      </c>
+      <c r="B40" t="s">
+        <v>261</v>
+      </c>
+      <c r="C40" t="s">
+        <v>83</v>
+      </c>
+      <c r="D40" t="s">
+        <v>47</v>
+      </c>
+      <c r="E40" t="s">
+        <v>222</v>
+      </c>
+      <c r="F40" t="s">
+        <v>85</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2020</v>
+      </c>
+      <c r="I40">
+        <v>2023</v>
+      </c>
+      <c r="J40" t="s">
+        <v>86</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>262</v>
+      </c>
+      <c r="M40" t="s">
+        <v>88</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>263</v>
+      </c>
+      <c r="P40" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>265</v>
+      </c>
+      <c r="B41" t="s">
+        <v>266</v>
+      </c>
+      <c r="C41" t="s">
+        <v>83</v>
+      </c>
+      <c r="D41" t="s">
+        <v>267</v>
+      </c>
+      <c r="E41" t="s">
+        <v>222</v>
+      </c>
+      <c r="F41" t="s">
+        <v>85</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2008</v>
+      </c>
+      <c r="I41">
+        <v>2019</v>
+      </c>
+      <c r="J41" t="s">
+        <v>35</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>268</v>
+      </c>
+      <c r="M41" t="s">
+        <v>88</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>269</v>
+      </c>
+      <c r="P41" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>271</v>
+      </c>
+      <c r="B42" t="s">
         <v>63</v>
       </c>
-      <c r="N35" t="s">
-[...271 lines deleted...]
-      </c>
       <c r="C42" t="s">
-        <v>190</v>
+        <v>272</v>
       </c>
       <c r="D42" t="s">
-        <v>168</v>
+        <v>65</v>
       </c>
       <c r="E42" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>66</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2016</v>
       </c>
-      <c r="I42" t="s">
-        <v>28</v>
+      <c r="I42">
+        <v>2017</v>
       </c>
       <c r="J42" t="s">
-        <v>191</v>
+        <v>67</v>
       </c>
       <c r="K42" t="s">
-        <v>192</v>
+        <v>68</v>
       </c>
       <c r="L42" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>273</v>
       </c>
       <c r="N42" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>71</v>
+      </c>
+      <c r="O42" t="s">
+        <v>274</v>
+      </c>
+      <c r="P42" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>194</v>
+        <v>276</v>
       </c>
       <c r="B43" t="s">
-        <v>71</v>
+        <v>277</v>
       </c>
       <c r="C43" t="s">
-        <v>41</v>
+        <v>278</v>
       </c>
       <c r="D43" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="E43" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2020</v>
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>2010</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
       </c>
       <c r="J43" t="s">
+        <v>197</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>279</v>
+      </c>
+      <c r="M43" t="s">
+        <v>280</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>281</v>
+      </c>
+      <c r="P43" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>283</v>
+      </c>
+      <c r="B44" t="s">
+        <v>284</v>
+      </c>
+      <c r="C44" t="s">
+        <v>278</v>
+      </c>
+      <c r="D44" t="s">
+        <v>285</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>85</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
+        <v>197</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>286</v>
+      </c>
+      <c r="M44" t="s">
+        <v>280</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>287</v>
+      </c>
+      <c r="P44" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>289</v>
+      </c>
+      <c r="B45" t="s">
+        <v>290</v>
+      </c>
+      <c r="C45" t="s">
+        <v>278</v>
+      </c>
+      <c r="D45" t="s">
+        <v>144</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K43" t="s">
-[...13 lines deleted...]
-      <c r="A44" t="s">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2012</v>
+      </c>
+      <c r="I45">
+        <v>2014</v>
+      </c>
+      <c r="J45" t="s">
         <v>197</v>
       </c>
-      <c r="B44" t="s">
-[...70 lines deleted...]
-      <c r="K45"/>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
       <c r="L45" t="s">
-        <v>68</v>
+        <v>291</v>
       </c>
       <c r="M45" t="s">
-        <v>203</v>
+        <v>280</v>
       </c>
       <c r="N45" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>292</v>
+      </c>
+      <c r="P45" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>205</v>
+        <v>294</v>
       </c>
       <c r="B46" t="s">
-        <v>206</v>
+        <v>295</v>
       </c>
       <c r="C46" t="s">
-        <v>57</v>
+        <v>150</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>296</v>
       </c>
       <c r="E46" t="s">
-        <v>58</v>
+        <v>222</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>33</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
+        <v>2014</v>
+      </c>
+      <c r="I46">
         <v>2017</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>60</v>
+        <v>297</v>
       </c>
       <c r="K46" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
-        <v>63</v>
+        <v>153</v>
       </c>
       <c r="N46" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>298</v>
+      </c>
+      <c r="P46" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>209</v>
+        <v>300</v>
       </c>
       <c r="B47" t="s">
-        <v>210</v>
+        <v>301</v>
       </c>
       <c r="C47" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>302</v>
       </c>
       <c r="E47" t="s">
-        <v>18</v>
+        <v>222</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>52</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>2011</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
       </c>
       <c r="J47" t="s">
-        <v>21</v>
+        <v>297</v>
       </c>
       <c r="K47" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N47" t="s">
-        <v>213</v>
-[...171 lines deleted...]
-        <v>230</v>
+        <v>305</v>
+      </c>
+      <c r="O47" t="s">
+        <v>306</v>
+      </c>
+      <c r="P47" t="s">
+        <v>307</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>