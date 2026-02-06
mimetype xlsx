--- v0 (2025-12-04)
+++ v1 (2026-02-06)
@@ -12,51 +12,441 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>NT 81.70 NT 81.71</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
+    <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
+  </si>
+  <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
+    <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>IEC 60465/2003+cor1/2005
+,   
+                      IEC-60335-1/2001-Amd 1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
+    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
+  </si>
+  <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
+    <t>Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>IEC 62885-2/2016
+,   
+                    (EU) No 665/2013</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
+    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Fans</t>
+  </si>
+  <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +748,905 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2006</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>75</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>91</v>
+      </c>
+      <c r="G12" t="s">
+        <v>92</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>93</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>89</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>91</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>93</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>89</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>93</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>107</v>
+      </c>
+      <c r="M14" t="s">
+        <v>95</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>91</v>
+      </c>
+      <c r="G15" t="s">
+        <v>92</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>93</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>95</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>91</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>93</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>95</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>89</v>
+      </c>
+      <c r="D17" t="s">
+        <v>68</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>91</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>93</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>95</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>